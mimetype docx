--- v0 (2025-12-07)
+++ v1 (2026-01-25)
@@ -15,2365 +15,2365 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="81035577" w:name="document"/>
-    <w:bookmarkEnd w:id="81035577"/>
+    <w:bookmarkStart w:id="41912951" w:name="document"/>
+    <w:bookmarkEnd w:id="41912951"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1015675 | Alexandra Lenz-Cervinka
 | Muster | Checkliste</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidungsvergleich – Überblick</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehegattenunterhalt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beginn der Unterhaltszahlungen, Respiro</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Höhe, Wertsicherung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fälligkeit, Zahlungsmodalitäten (die Überweisung auf ein
 festgelegtes Konto wird empfohlen)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festhalten, ob Rückstand besteht + allenfalls
 Zahlungsvereinbarung über den Rückstand zum Zeitpunkt des
 Vergleichsabschlusses</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemessungsgrundlage</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Weitere Sorgepflichten des Unterhaltspflichtigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eigeneinkommen des Unterhaltsberechtigten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eventuelle Befristung des Ehegattenunterhalts</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Unterhaltsverzicht: entweder wechselseitig oder nur Verzicht
 des Unterhaltsverpflichteten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesetzliche Regelung, dass der Unterhalt bei Eingehen einer
 Lebensgemeinschaft ruht und bei Wiederverheiratung erlischt – kann
 abbedungen werden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Regelung für Höhe des Unterhaltes bei Pensionseintritt,
 Eintritt von Berufsunfähigkeit udgl</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Regelung der Vorgangsweise bei Änderung der
 Bemessungsgrundlage</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pensionsansprüche, vor allem bei Unterhaltsverzicht
 beachten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Witwenpensionsansprüche berücksichtigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erlöschen der Mitversicherung bei Krankenversicherung
 beachten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Berücksichtigung der Fristen für freiwillige
 Weiterversicherung, allenfalls Möglichkeit eines
 Herabsetzungsantrages überprüfen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemeinsame Kinder – Obsorge</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Obsorge beider Eltern soll nach Willen des Gesetzgebers
 grundsätzlich auch nach Auflösung der Ehe weiterbestehen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Obsorge bleibt hinsichtlich beider Elternteile aufrecht:
 Regelung, in wessen Haushalt das Kind/die Kinder hauptsächlich
 betreut werden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Keine echte „Doppelresidenz“ möglich, in der Praxis aber immer
 häufiger gelebt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Allgemeiner Grundsatz: Derjenige Elternteil, der die
 hauptsächliche Betreuung innehat, muss mit der gesamten Obsorge
 betraut sein</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Betrauung eines Elternteiles alleine mit der Obsorge</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beschränkung der Obsorge eines Elternteils</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Keine pflegschaftsgerichtliche Genehmigung mehr notwendig, aber
 mögliche Unwirksamkeitserklärung durch das Gericht bei
 Kindeswohlgefährdung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemeinsame Kinder – Kontaktrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Besonderes Naheverhältnis zum Elternteil soll gewahrt bzw
 hergestellt werden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktrecht soll auch Freizeit und Alltag umfassen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Elternteil, der mit dem Kind nicht im gemeinsamen Haushalt
 lebt, soll durch die Gestaltung der persönlichen Kontakte nicht in
 die Rolle eines gelegentlichen Besuchers gedrängt werden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alter, Bedürfnisse, Wünsche des Kindes und bisherige Intensität
 der Beziehung sind besonders zu berücksichtigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kein Mindestbesuchsrecht festgelegt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Oberster Grundsatz ist nach wie vor das Kindeswohl</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktrecht darf nicht der außergerichtlichen Regelung
 vorbehalten werden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mögliche Regelungsinhalte: regelmäßige Wochenenden, Tage unter
 der Woche, Ferienbesuchsrecht, Feiertagsbesuchsrecht, Regelung der
 Geburtstage, Muttertag, Vatertag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bereitschaft der Eltern, die Regelung allenfalls an veränderte
 Umstände anzupassen, ist von großer Wichtigkeit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hohes Maß an Flexibilität ist erforderlich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Modalitäten: Abhol- und Zurückbringzeiten genau festlegen,
 maximale Wartezeit auf Besuchsberechtigten, allenfalls Verfall des
 Besuchsrechts bei Nichtausübung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemeinsame Kinder – Kindesunterhalt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beginn der Zahlungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Höhe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fälligkeit, Zahlungsmodalitäten (es empfiehlt sich die
 Überweisung auf ein Konto)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rückstände + allenfalls Zahlungsvereinbarung über den
 Rückstand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemessungsgrundlage der Unterhaltsberechnung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Weitere Sorgepflichten des Unterhaltspflichtigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Familienbeihilfenbezug (allenfalls Änderung der
 Bezugsberechtigung; Anrechnung)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung, wie Unterhalt bemessen wurde (§ 231 ABGB)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung, wer Familienbonus beziehen soll</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Schad- und Klaglosvereinbarung zwischen den Elternteilen
 möglich, sofern die Vereinbarung darüber im Rahmen einer
 umfassenden Regelung der Folgen einer Trennung vor Gericht
 geschlossen wird. Dadurch wird berücksichtigt, dass Schad- und
 Klagloshaltungen meist mit einer weitreichenden Regelung der
 vermögensrechtlichen Folgen einer Trennung zusammenhängen und daher
 regelmäßig entsprechend abgegolten werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Regelung, wer allenfalls vorhandenen Bausparvertrag bedient
 (Anrechnung auf Unterhalt ja/nein)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sonderbedarf</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerichtliche Vereinbarung über die Höhe des Unterhaltes ist
 auch ohne gerichtliche Genehmigung wirksam und vollstreckbar und
 für den Unterhaltsverpflichteten verbindlich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Verzicht ist weiterhin nicht zulässig</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kind ist an die Vereinbarung nicht gebunden, kann jederzeit
 Erhöhung geltend machen, dies auch ohne Änderung der der
 Vereinbarung zugrunde liegenden Umstände</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eheliches Gebrauchsvermögen, eheliche Ersparnisse und
 Schulden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehewohnung/eheliches Haus im Eigentum: klären, wem die Wohnung
 bzw das Haus künftig alleine gehören soll. Miteigentum nach der
 Scheidung wenn möglich vermeiden (Konfliktpotenzial!)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Übertragung von Eigentum: Rangordnungsbeschluss
 erwirken</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zeitpunkt für Übergang der Kosten für Ehewohnung fixieren</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Betriebskostenrückstände, Betriebskostenguthaben udgl
 klären</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Regelung über Kosten, Gebühren, Steuern und Abgaben, die im
 Zusammenhang mit Liegenschaftsübertragung anfallen, treffen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Räumungsvereinbarung treffen, allenfalls Verzicht auf
 Räumungsaufschub</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitnahme Gegenstände klären</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehewohnung gemietet: Erklärung in den Scheidungsvergleich
 aufnehmen, dass der Ehegatte, der auszieht, fristgerecht sämtliche
 Erklärungen gegenüber dem Vermieter abgibt, die zur Übertragung der
 Mietrechte notwendig sind</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Regeln, wer eine hinterlegte Kaution erhält</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Liste über Gegenstände anfertigen, die der ausziehende Ehegatte
 mitnehmen darf. Die Gegenstände möglichst genau beschreiben, da
 allenfalls Exekution geführt werden muss</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Frist für Abholung der Gegenstände vereinbaren; allenfalls
 Recht auf Entsorgung der Gegenstände bei nicht fristgerechter
 Abholung bzw Übergang in das Eigentum des anderen; Kostenregelung
 für allenfalls notwendige Entsorgung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Regelung Pkw, allenfalls Eigentumsübertragung;
 Leasingfahrzeug</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Herausgabepflicht für die Fahrzeugpapiere terminlich
 fixieren</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Haushaltsversicherung, Gebäudeversicherung etc: Übertragung und
 allenfalls Zustimmungserklärung regeln</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufteilung Sparbücher</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lebensversicherungen: überprüfen, ob für den Übergang
 Erklärungen des ausscheidenden Ehepartners notwendig sind</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Schulden: Wer haftet? Kredite, Bankkonten, Leasingverträge
 etc</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Antrag Ausfallsbürgschaft (am besten gleich im
 Scheidungsvergleich beantragen)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausgleichzahlung: Höhe, Fälligkeit, Zahlungsmodalitäten
 (Raten), Zinsen, Terminsverlust</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausgleichszahlung allenfalls an eine Bedingung knüpfen
 (fristgerechte Räumung etc), Pfandrecht zur Absicherung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abgeltung Miterwerb im Betrieb des anderen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kosten der einvernehmlichen Ehescheidung: Gerichtskosten,
 Anwaltskosten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 95 Abs 1a AußStrG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vor Abschluss oder Vorlage einer Regelung der Scheidungsfolgen
 bei Gericht haben die Parteien zu bescheinigen, dass sie sich über
 die spezifischen aus der Scheidung resultierenden Bedürfnisse ihrer
 minderjährigen Kinder bei einer geeigneten Person oder Einrichtung
 haben beraten lassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Geeignete Personen oder Einrichtungen können sowohl die
 etablierten Familienberatungsstellen als auch freiberuflich tätige
 Psychologen und Pädagogen sein.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine Einzelberatung der Eltern ist nicht erforderlich. Da eine
 allgemeine Information über die mit einer Ehescheidung verbundenen
 Folgen für minderjährige Kinder im Vordergrund steht, ist es auch
 möglich, dass mehrere Elternpaare eine derartige Beratung gemeinsam
 in Anspruch nehmen und dadurch die Kosten aufgeteilt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Notwendige Dokumente (im Original vorzulegen)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Heiratsurkunde</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Staatsbürgerschaftsnachweise der Ehegatten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Meldebestätigungen der Ehegatten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lichtbildausweise der Ehegatten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Meldebestätigungen der Kinder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Geburtsurkunden der gemeinsamen Kinder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="174569108"/>
+          <w:numId w:val="179280808"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bestätigung gem § 95 Abs 1a AußStrG</w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:rsidR="00F961DC" w:rsidSect="001A2D5D">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
@@ -2693,51 +2693,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="174569108">
+  <w:abstractNum w:abstractNumId="179280808">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2800,51 +2800,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93734797">
+  <w:abstractNum w:abstractNumId="49217251">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2907,137 +2907,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61704723">
+  <w:abstractNum w:abstractNumId="47636295">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24795359">
+    <w:lvl w:ilvl="0" w:tplc="92370185">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24795359" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92370185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61704722">
+  <w:abstractNum w:abstractNumId="47636294">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96110393">
+    <w:lvl w:ilvl="0" w:tplc="33244358">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3789,61 +3789,61 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61704722">
-    <w:abstractNumId w:val="61704722"/>
+  <w:num w:numId="47636294">
+    <w:abstractNumId w:val="47636294"/>
   </w:num>
-  <w:num w:numId="61704723">
-    <w:abstractNumId w:val="61704723"/>
+  <w:num w:numId="47636295">
+    <w:abstractNumId w:val="47636295"/>
   </w:num>
-  <w:num w:numId="93734797">
-    <w:abstractNumId w:val="93734797"/>
+  <w:num w:numId="49217251">
+    <w:abstractNumId w:val="49217251"/>
   </w:num>
-  <w:num w:numId="174569108">
-    <w:abstractNumId w:val="174569108"/>
+  <w:num w:numId="179280808">
+    <w:abstractNumId w:val="179280808"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -4654,51 +4654,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId367141460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId446101250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId497544626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId901770066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>