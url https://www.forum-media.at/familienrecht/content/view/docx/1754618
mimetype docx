--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -15,84 +15,86 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="6657038" w:name="document"/>
-    <w:bookmarkEnd w:id="6657038"/>
+    <w:bookmarkStart w:id="11403876" w:name="document"/>
+    <w:bookmarkEnd w:id="11403876"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1025606 | Andrea Futterknecht |
 Muster | Korrespondenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufforderungsschreiben betreffend Detektivkosten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dr. Albert Abel</w:t>
       </w:r>
       <w:r>
@@ -133,50 +135,52 @@
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wien, am …</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einschreiben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Herrn</w:t>
       </w:r>
       <w:r>
@@ -831,137 +835,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54927033">
+  <w:abstractNum w:abstractNumId="51290955">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86248579">
+    <w:lvl w:ilvl="0" w:tplc="40249085">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86248579" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40249085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54927032">
+  <w:abstractNum w:abstractNumId="51290954">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54312946">
+    <w:lvl w:ilvl="0" w:tplc="38008653">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1713,55 +1717,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54927032">
-    <w:abstractNumId w:val="54927032"/>
+  <w:num w:numId="51290954">
+    <w:abstractNumId w:val="51290954"/>
   </w:num>
-  <w:num w:numId="54927033">
-    <w:abstractNumId w:val="54927033"/>
+  <w:num w:numId="51290955">
+    <w:abstractNumId w:val="51290955"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -2572,51 +2576,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId810102119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId600508241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId843076595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId903619210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>