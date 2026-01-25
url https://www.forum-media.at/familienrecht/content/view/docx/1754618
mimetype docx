--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="11403876" w:name="document"/>
-    <w:bookmarkEnd w:id="11403876"/>
+    <w:bookmarkStart w:id="74514009" w:name="document"/>
+    <w:bookmarkEnd w:id="74514009"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1025606 | Andrea Futterknecht |
 Muster | Korrespondenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -835,137 +835,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51290955">
+  <w:abstractNum w:abstractNumId="35294213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40249085">
+    <w:lvl w:ilvl="0" w:tplc="27928326">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40249085" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27928326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51290954">
+  <w:abstractNum w:abstractNumId="35294212">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38008653">
+    <w:lvl w:ilvl="0" w:tplc="55054985">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1717,55 +1717,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51290954">
-    <w:abstractNumId w:val="51290954"/>
+  <w:num w:numId="35294212">
+    <w:abstractNumId w:val="35294212"/>
   </w:num>
-  <w:num w:numId="51290955">
-    <w:abstractNumId w:val="51290955"/>
+  <w:num w:numId="35294213">
+    <w:abstractNumId w:val="35294213"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -2576,51 +2576,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId843076595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId903619210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId240902910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId662652792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>