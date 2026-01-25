--- v2 (2026-01-25)
+++ v3 (2026-01-25)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="74514009" w:name="document"/>
-    <w:bookmarkEnd w:id="74514009"/>
+    <w:bookmarkStart w:id="7188039" w:name="document"/>
+    <w:bookmarkEnd w:id="7188039"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1025606 | Andrea Futterknecht |
 Muster | Korrespondenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -835,137 +835,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35294213">
+  <w:abstractNum w:abstractNumId="52125974">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27928326">
+    <w:lvl w:ilvl="0" w:tplc="67041319">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27928326" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67041319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35294212">
+  <w:abstractNum w:abstractNumId="52125973">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55054985">
+    <w:lvl w:ilvl="0" w:tplc="65392194">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1717,55 +1717,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35294212">
-    <w:abstractNumId w:val="35294212"/>
+  <w:num w:numId="52125973">
+    <w:abstractNumId w:val="52125973"/>
   </w:num>
-  <w:num w:numId="35294213">
-    <w:abstractNumId w:val="35294213"/>
+  <w:num w:numId="52125974">
+    <w:abstractNumId w:val="52125974"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -2576,51 +2576,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId240902910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId662652792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId118151909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId146491519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>