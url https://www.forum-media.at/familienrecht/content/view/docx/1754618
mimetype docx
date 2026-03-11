--- v3 (2026-01-25)
+++ v4 (2026-03-11)
@@ -15,86 +15,84 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="7188039" w:name="document"/>
-    <w:bookmarkEnd w:id="7188039"/>
+    <w:bookmarkStart w:id="2506006" w:name="document"/>
+    <w:bookmarkEnd w:id="2506006"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1025606 | Andrea Futterknecht |
 Muster | Korrespondenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufforderungsschreiben betreffend Detektivkosten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dr. Albert Abel</w:t>
       </w:r>
       <w:r>
@@ -135,52 +133,50 @@
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wien, am …</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einschreiben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Herrn</w:t>
       </w:r>
       <w:r>
@@ -835,137 +831,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52125974">
+  <w:abstractNum w:abstractNumId="11485850">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67041319">
+    <w:lvl w:ilvl="0" w:tplc="41218963">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67041319" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41218963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52125973">
+  <w:abstractNum w:abstractNumId="11485849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65392194">
+    <w:lvl w:ilvl="0" w:tplc="22535610">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1717,55 +1713,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52125973">
-    <w:abstractNumId w:val="52125973"/>
+  <w:num w:numId="11485849">
+    <w:abstractNumId w:val="11485849"/>
   </w:num>
-  <w:num w:numId="52125974">
-    <w:abstractNumId w:val="52125974"/>
+  <w:num w:numId="11485850">
+    <w:abstractNumId w:val="11485850"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -2576,51 +2572,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId118151909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId146491519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId899677593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId819334794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>