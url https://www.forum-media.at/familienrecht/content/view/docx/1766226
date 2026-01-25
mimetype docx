--- v0 (2025-12-07)
+++ v1 (2026-01-25)
@@ -15,99 +15,99 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="27335449" w:name="document"/>
-    <w:bookmarkEnd w:id="27335449"/>
+    <w:bookmarkStart w:id="32989930" w:name="document"/>
+    <w:bookmarkEnd w:id="32989930"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1033069 | Alexandra Lenz-Cervinka
 | Muster | Checkliste</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Besitzstörung unter Ehegatten, eingetragenen Partnern und
 Lebensgefährten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Besitzstörungsklagen sind auch zwischen Mitbesitzern und somit
 auch zwischen Ehegatten, eingetragenen Partnern und Lebensgefährten
 zulässig. Bei Mitbesitzern liegt eine Besitzstörung dann vor, wenn
 einer der Mitbesitzer dem anderen eigenmächtig die Sache entzieht
 und ihn dadurch von der Benutzung überhaupt ausschließt oder die
 bisherige Gebrauchsordnung erheblich stört (LGZ Wien EF 51.383,
 63.010, 117.164 uva). Dies zeigt sich in der Regel daran, dass sich
 ein Mitbesitzer wie ein Alleinbesitzer verhält und die bisherigen
@@ -156,490 +156,490 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Besitzstörung unter Ehegatten liegt vor, wenn die
 Gebrauchsordnung wesentlich gestört oder einer der Ehegatten vom
 anderen von der Benutzung einer Sache ausgeschlossen wird (EFSlg
 29.312; EFSlg 66.182, EFSlg 68.932, EFSlg 75.253 ua). Nimmt bspw
 ein Ehegatte das gemeinsame Sparbuch eigenmächtig aus dem Banksafe,
 wird die zwischen den Ehegatten bestehende Gebrauchsordnung im
 Hinblick auf das Vorhandensein dieses Sparbuchs im gemeinsamen Safe
 wesentlich gestört und der andere Ehegatte vom Zugriff auf das
 gemeinsame Sparbuch ausgeschlossen, sodass eine Störung seines
 Mitbesitzes am Sparbuch vorliegt (LGZ Wien EF 93.270). Die Beiträge
 der Ehegatten zum Zustandekommen des Sparguthabens und die Frage
 seiner Zugehörigkeit zum Aufteilungsvermögen iSd § 81 EheG
 sind hingegen im Besitzstörungsverfahren unerheblich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehewohnung und Einrichtung:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Den beiden Ehegatten steht nicht nur an der Ehewohnung
 Mitbesitz zu (EFSlg 48.480, EFSlg 75.242 ua), sondern auch an den
 in der ehelichen Wohnung befindlichen Hausrats- und
 Einrichtungsgegenständen, wobei der Frage, ob diese Gegenstände vor
 oder während der Ehe angeschafft wurden bzw in wessen Eigentum sie
 stehen, keine Bedeutung zukommt (MietSlg 27.035, EFSlg 40.964,
 EFSlg 45.927, EFSlg 66.180 ua), was grundsätzlich auch selbst
 dadurch keine Änderung erfahren würde, wenn man von einer Aufhebung
 der häuslichen Gemeinschaft zwischen den Ehegatten ausginge (EFSlg
 56.874, EFSlg 63.020, EFSlg 75.258 ua).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitbesitz der Ehegatten besteht auch an in der Ehewohnung
 befindlichen elektronischen Geräten (vgl EFSlg 45.928).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Ansicht, dass keine Besitzstörung vorliege, wenn in einem
 Haushalt zwei oder mehrere gleichartige Geräte für die Ehegatten
 vorhanden sein, trifft nicht zu, weil ein Ehegatte an allen
 Gegenständen seinen Besitz ausüben kann (LGZ Wien EF 71.992).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Besitzstörungen liegen auch dann vor, wenn ein Ehegatte bisher
 gemeinsam benutzte Gegenstände aus der Wohnung im Keller versteckt
 (LGZ Wien EF 54.104) oder sie in einem dem anderen Ehegatten zwar
 zugänglichen Schlafzimmerkasten verwahrt, ihn aber darüber nicht in
 Kenntnis setzt, sodass dieser davon ausgehen musste, dass der
 Ehegatte diese Sachen bei seinem Auszug aus der Wohnung mitgenommen
 hat (LGZ Wien EF 33.673).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Mitnahme von ausschließlich durch gemeinsame Kinder
 benutzten Gegenständen ist nicht als Besitzstörung zu werten.
 Werden Sachen, die in der Ehewohnung bisher nur von den Kindern der
 Ehegatten benützt wurden, von dem einen Ehegatten aus der Wohnung
 gebracht, so liegt keine Entziehung eines Mitbesitzes des anderen
 Ehegatten vor, weil durch die Verbringung dieser Sachen keine
 beeinträchtigende Störung der Gebrauchsordnung gegeben ist (LGZ
 Wien EF 68.933).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Durch Entfernung von Gegenständen aus der Ehewohnung kann ein
 Nachteil entstehen, da diese zuvor zur jederzeitigen Nutzung in der
 Ehewohnung zur Verfügung standen. Ein Nachteil iSd § 339 ABGB
 kann jedenfalls schon im Durchkreuzen des subjektiven Beliebens
 liegen (vgl MietSlg 47.010, ZVR 1997, 200).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nachdem Besitz bzw Mitbesitz an beweglichen Sachen durch die
 Benützung bzw Mitbenützung erworben wird, hat ein Ehegatte an in
 der Wohnung befindlichen Gegenständen, die er noch nie benützt hat,
 weder Besitz noch Mitbesitz. Durch die Wegnahme dieser Sachen durch
 den anderen Ehegatten kann daher eine bestehende Gebrauchsordnung
 zwischen den Ehegatten nicht gestört und eine Besitzstörungsklage
 nicht gerechtfertigt werden (LGZ Wien EF 78.339).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Anbringen eines neuen Schlosses an der Wohnungstür (oder
 auch nur am Kellerabteil der Wohnung: LG Salzburg EF 93.271) durch
 einen Mitbesitzer, der dem anderen den Schlüssel dazu vorenthält,
 stellt eine Entziehungshandlung iS des § 339 ABGB dar, die nur
 dann nicht als eigenmächtig zu beurteilen ist, wenn ihr der andere
 Mitbesitzer zugestimmt bzw seinen Rechtsbesitz bis zum Zeitpunkt
 des Schlusses der mündlichen Verhandlung erster Instanz über die
 Besitzstörungsklage freiwillig aufgegeben hat (zum Beispiel LGZ
 Wien EF 31.431, 117.165).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auch das nur fallweise Verschlossenhalten der Ehewohnung in der
 Absicht, dem Ehegatten den Besitz daran nach Gutdünken, wenn auch
 nur von Zeit zu Zeit, zu entziehen, erfüllt den Tatbestand der
 Besitzstörung. War die Absicht des einen Ehegatten (etwa durch
 Versperren der Eingangstür von innen und Steckenlassen des
 Schlüssels) darauf ausgerichtet, dem anderen den Besitz an der
 Wohnung zumindest zeitweise zu entziehen, wurde es diesem dadurch
 unmöglich gemacht, die Wohnung, wann immer er wollte, zu betreten,
 sodass dadurch in seinen (Mit)Besitz eingegriffen wurde (LGZ Wien
 EF 33.672 = Miet 31.018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wegweisung eines Ehegatten aus der Wohnung mit einer
 einstweiligen Verfügung gem § 382b Abs 1 EO als
 Instrument der einstweiligen Konfliktregelung berechtigt den
 verbliebenen Ehegatten nicht zum Austausch der Türschlösser. Da
 eine Besitzaufgabe im Zweifel nicht zu vermuten ist und das
 Verlassen der Wohnung unter diesen Umständen nicht freiwillig
 erfolgte, kann aus dem Auszug nicht die Schaffung einer neuen
 Gebrauchsordnung abgeleitet werden. Der Mitbesitz erlischt somit
 nicht durch Wegweisung. Daher liegt eine Besitzstörung vor, wenn
 der in der Ehewohnung verbliebene Ehegatte in einem solchen Fall
 die Türschlösser austauschen ließ und dem Weggewiesenen keinen
 Schlüssel aushändigte (LGZ Wien EF 33.675).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pkw: Die Wegnahme eines Pkw stellt eine Entziehung des
 typischen Gebrauches dar und begründet hierdurch jedenfalls einen
 im Durchkreuzen des subjektiven Beliebens des bisherigen Besitzers
 gelegenen Nachteil, weil dieser jederzeit mit dem Fahrzeug fahren
 hätte können (vgl EFSlg 84.280).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wegnahme des Fahrzeuges durch den Ehegatten, eingetragenen
 Partner oder Lebensgefährten stellt eine Entziehung des typischen
 Gebrauchs und damit einen Nachteil dar, wie er eine Voraussetzung
 für die Qualifizierung als Besitzstörungshandlung bildet. Der
 Umstand, dass der Kläger seiner Verpflichtung zur Zahlung der vom
 Konto des anderen abgebuchten Versicherungsprämien im
 Innenverhältnis nicht nachkommt, rechtfertigt nicht die Wegnahme
 des Fahrzeuges (LGZ Wien EF 94.289). Durch solches Verhalten hat
 der Beklagte den Rechtsbesitz des Klägers am Pkw eigenmächtig
 gestört.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefonanschluss: Die Benützungsmöglichkeit eines Telefons in
 der gemeinsamen Wohnung stellt die Ausübung eines besitzfähigen
 Rechts durch beide Mitbesitzer dar, wobei Eingriffe in die
 bestehende Gebrauchsordnung Besitzstörungshandlungen sind. Wer
 gegenüber der Fernmeldebehörde Vertragspartner ist und somit als
 Fernsprechteilnehmer aufscheint, ist für eine Besitzstörung
 unerheblich. Der Einwand, wonach der Kläger die Kosten des
 Telefonanschlusses getragen hätte, ist im Besitzstörungsverfahren
@@ -701,330 +701,330 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Ehegatte, der das Telefon der Ehewohnung abmeldet, kann dem
 Begehren des anderen, festzustellen, dass dieser ihn im Besitz des
 Telefons gestört habe, und auszusprechen, dass er verpflichtet sei,
 sich künftig derartiger Störungen zu enthalten und den vorigen
 Zustand durch entsprechende Erklärung gegenüber der zuständigen
 Stelle wieder herzustellen, nicht mit Erfolg entgegnen, die
 Wiederherstellung sei nicht möglich, weil als
 Wiederherstellungsmaßnahme nur ein neuer Antrag auf Anschluss eines
 Telefonapparats gestellt werden könne. Im Besitzstörungsverfahren
 hat der Kläger nicht nur ein Interesse an der Wiederherstellung,
 sondern auch an der Feststellung der Störung und dem an den
 Beklagten gerichteten Verbot einer künftigen Störung (LGZ Wien EF
 36.080).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Zahlungspflicht für die Telefonkosten ist im
 Besitzstörungsverfahren bedeutungslos; dem Beklagten ist daher der
 Einwand stark ansteigender Telefonkosten regelmäßig verwehrt, wenn
 er auch die Möglichkeit hat, mittels Klage (oder bei besonders
 dringlichen Fällen mittels EV) vorzugehen (LGZ Wien EF 56.873,
 107.997). Nur in Ausnahmefällen, in denen sogar eine EV zu spät
 käme, wird dem Ehegatten ein Selbsthilferecht eingeräumt. Eine
 solche Konstellation liegt etwa dann vor, wenn innerhalb kurzer
 Zeit (beispielsweise binnen 24 Stunden) infolge des Verhalten des
 Beklagten extrem hohe Telefongebühren anfallen und diese nicht
 einmal mit einer EV vor Eintritt des Schadens unterbunden werden
 können (LGZ Wien EF 63.018, 107.997); nicht hingegen dann, wenn der
 Beklagte entgegen der bisherigen Gebrauchsordnung einmal eine
 außergewöhnlich hohe Telefonrechnung verursacht hat (LGZ Wien EF
 48.499 [ca EUR 140,–]).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auszug aus der gemeinsamen Ehewohnung: Das Ausziehen eines
 Ehegatten aus der gemeinsamen Wohnung kann eine Besitzaufgabe
 bedeuten, dies ist jedoch im Einzelfall sorgfältig zu prüfen. Im
 Zweifel ist eine Besitzaufgabe nicht zu vermuten LGZ Wien EF
 123.569 uva), und zwar auch dann nicht, wenn ein Ehegatte
 freiwillig aus der Ehewohnung mit dem Willen auszieht, die
 Ehegemeinschaft endgültig aufzuheben (LGZ Wien 119.989). Vom
 Willen, das eheliche Zusammenleben zu beenden, ist somit nicht
 schon auf den Willen, auch den Besitz an der Ehewohnung aufzugeben,
 zu schließen. Der Mitbesitz an der Wohnung und an
 Hausratsgegenständen geht daher im Allgemeinen nicht verloren, wenn
 der Ehegatte die Wohnung infolge gewisser Umstände tatsächlich
 nicht mehr bewohnt, weil gem § 351 ABGB der bloße
 Nichtgebrauch eines Rechts noch nicht zum Besitzverlust führt (LGZ
 Wien EF 93.259).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine schlüssige Besitzaufgabe liegt nur dann vor, wenn aufgrund
 besonderer Umstände des Einzelfalls ein Verhalten vernünftigerweise
 keine andere Deutung zulässt (LGZ Wien EF 123.569 uva) und die
 Willensbildung des Ehegatten eindeutig im Sinne einer Aufgabe des
 Besitzes zu werten ist. Durch die urlaubsbedingte Abwesenheit ist
 ein Verzicht auf Besitzrechte an der Ehewohnung und den darin
 befindlichen Gegenständen selbstverständlich nicht gegeben (LGZ
 Wien EF 96.861).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Behalten des Wohnungsschlüssels spricht im Allgemeinen
 eindeutig gegen die Absicht der Besitzaufgabe (LGZ Wien EF 123.569
 uva). Dies gilt auch dann, wenn ein endgültiger Auszug erfolgt ist.
 Wenn ein Ehegatte die Wohnung noch von Zeit zu Zeit aufsucht, über
 den Wohnungsschlüssel verfügt und in der Wohnung auch noch Sachen
 hat, kann daher nicht von einer Aufgabe des Besitzes an der Wohnung
 gesprochen werden (LGZ Wien 93.261)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Besitzstörung durch Unterlassung: Eine Unterlassung stellt
 keine Besitzstörung iSd § 339 ABGB dar. Daher wird etwa durch
 das Unterbleiben der Zahlung der Kreditraten für die Anschaffung
 der Ehewohnung der Besitz an ihr nicht gestört (LGZ Wien EF
 87.133), weil dem Bankinstitut nicht die Möglichkeit offen steht,
 dem Besitzer im Fall eines Leistungsverzugs die Benutzung der
 Wohnung unmittelbar zu entziehen. Ein bisher bestehender
 Rechtsbesitz verschafft einem Ehegatten keinen Rechtsanspruch auf
 künftige Zahlungen. Überdies können Forderungen, die erst künftig
 fällig werden, schon begrifflich nicht einem Anspruch auf
 Wiederherstellung des früheren Zustands zugeordnet werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Unterlassen einer bisher regelmäßig erbrachten Leistung
 (bspw die Zahlung der Telefongebühren oder Energiekosten durch
 einen Ehegatten) kann nur dann ausnahmsweise eine Störung des
 Rechtsbesitzes darstellen, wenn der bisher Zahlende zugleich seine
 Verpflichtung überhaupt bestreitet (LGZ Wien EF 51.386,
 93.257).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein eigenmächtiger Eingriff in den Besitz einer Wohnung im
 Sinne dieser Rechtsprechung kann nicht nur durch Kündigung des
 Strom- und Gasbezugsvertrags, sondern ebenfalls durch die
 Unterlassung der Zahlung der Rechnungen erfolgen, welche dann eine
 Einstellung der Strom- und Gaslieferungen zur Folge hat (LGZ Wien
 EF 51.388, 71.986, 114.025). Auch ein solches Verhalten ist
 gem § 339 ABGB grundsätzlich verboten (LGZ Wien EF
 71.986, 111.023). Werden hingegen die Rechnungen nicht (mehr)
 bezahlt und kommt es dennoch nicht zum Eintritt einer Störung des
 Rechtsbesitzes in Form des Rechts auf Strom- und Gasbezugs, ist die
 Besitzstörungsklage nicht berechtigt (LGZ Wien EF 71.987, 114.025,
 117.166).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="949869193"/>
+          <w:numId w:val="283632715"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach diesen Leitsätzen der Rechtsprechung löst somit das bloße
 Unterlassen weiterer Zahlungen – im Gegensatz zur Einstellung der
 bisher erbrachten Leistungen mit gleichzeitiger Bestreitung der
 Zahlungsverpflichtung dem Grunde nach – keine im
 Besitzstörungsverfahren bekämpfbare Beeinträchtigung des letzten
 Besitzstandes aus. In der Praxis wird diese Differenzierung aber
 nur selten klar vorzunehmen sein und regelmäßig vom
 Aussageverhalten des Beklagten und von den Umständen des
@@ -1352,51 +1352,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="949869193">
+  <w:abstractNum w:abstractNumId="283632715">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -1461,51 +1461,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="218365699">
+  <w:abstractNum w:abstractNumId="150292977">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -1570,137 +1570,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24895139">
+  <w:abstractNum w:abstractNumId="66160959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24971206">
+    <w:lvl w:ilvl="0" w:tplc="63091732">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24971206" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63091732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24895138">
+  <w:abstractNum w:abstractNumId="66160958">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62510022">
+    <w:lvl w:ilvl="0" w:tplc="74256499">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2452,61 +2452,61 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24895138">
-    <w:abstractNumId w:val="24895138"/>
+  <w:num w:numId="66160958">
+    <w:abstractNumId w:val="66160958"/>
   </w:num>
-  <w:num w:numId="24895139">
-    <w:abstractNumId w:val="24895139"/>
+  <w:num w:numId="66160959">
+    <w:abstractNumId w:val="66160959"/>
   </w:num>
-  <w:num w:numId="218365699">
-    <w:abstractNumId w:val="218365699"/>
+  <w:num w:numId="150292977">
+    <w:abstractNumId w:val="150292977"/>
   </w:num>
-  <w:num w:numId="949869193">
-    <w:abstractNumId w:val="949869193"/>
+  <w:num w:numId="283632715">
+    <w:abstractNumId w:val="283632715"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -3317,51 +3317,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId644700734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId944916860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId203015058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId971734820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>