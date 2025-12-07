--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -15,84 +15,86 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="54792256" w:name="document"/>
-    <w:bookmarkEnd w:id="54792256"/>
+    <w:bookmarkStart w:id="50491740" w:name="document"/>
+    <w:bookmarkEnd w:id="50491740"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1033077 | Alexandra Lenz-Cervinka
 | Muster | Schriftsatzmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Vorbereitender Schriftsatz im Besitzstörungsverfahren
 (Entfernung von Fahrnissen aus der Ehewohnung)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">An das</w:t>
       </w:r>
@@ -697,116 +699,122 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Besitzstörung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">I. Vollmachtsbekanntgabe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">II. Vorbereitender Schriftsatz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1-fach</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Gleichschrift gem § 112 ZPO dem KV direkt zugemittelt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">I.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In umseits näher bezeichneter Rechtssache gibt die Beklagte
 bekannt, dass sie mit ihrer rechtsfreundlichen Vertretung Herrn Dr.
 Bertram Huber, Rechtsanwalt in 1010 Wien, Karlsplatz 7, beauftragt
@@ -823,89 +831,93 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es wird um Kenntnisnahme sowie Zustellung sämtlicher
 Schriftstücke und Ladungen an den nunmehr ausgewiesenen Vertreter
 ersucht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">II.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zur Vorbereitung der für den … anberaumten Verhandlung sowie in
 Erwiderung der Besitzstörungsklage vom … erstattet die Beklagte
 nachstehendes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Vorbringen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das gesamte Vorbringen des Klägers in seiner Besitzstörungsklage
 vom … wird zur Gänze bestritten, sofern nicht ausdrücklich eine
 Außerstreitstellung erfolgt.</w:t>
@@ -1936,50 +1948,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Beweis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
@@ -2019,50 +2033,52 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Weitere Beweise vorbehalten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">III.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zusammenfassend ist festzuhalten, dass die gegenständliche
 Besitzstörungsklage darüber hinaus schikanös ist und ihren Grund
 offenbar darin hat, dass der Kläger mit diesem Verfahren Druck auf
@@ -2479,137 +2495,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84381795">
+  <w:abstractNum w:abstractNumId="74478261">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65816532">
+    <w:lvl w:ilvl="0" w:tplc="72452224">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65816532" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72452224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84381794">
+  <w:abstractNum w:abstractNumId="74478260">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41238351">
+    <w:lvl w:ilvl="0" w:tplc="78237692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3361,55 +3377,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84381794">
-    <w:abstractNumId w:val="84381794"/>
+  <w:num w:numId="74478260">
+    <w:abstractNumId w:val="74478260"/>
   </w:num>
-  <w:num w:numId="84381795">
-    <w:abstractNumId w:val="84381795"/>
+  <w:num w:numId="74478261">
+    <w:abstractNumId w:val="74478261"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -4220,51 +4236,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId307193481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId998216311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId878743275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId999543482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>