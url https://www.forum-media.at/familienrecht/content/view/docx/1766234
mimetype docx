--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="50491740" w:name="document"/>
-    <w:bookmarkEnd w:id="50491740"/>
+    <w:bookmarkStart w:id="70717647" w:name="document"/>
+    <w:bookmarkEnd w:id="70717647"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1033077 | Alexandra Lenz-Cervinka
 | Muster | Schriftsatzmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -2495,137 +2495,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74478261">
+  <w:abstractNum w:abstractNumId="62855061">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72452224">
+    <w:lvl w:ilvl="0" w:tplc="11891936">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72452224" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11891936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74478260">
+  <w:abstractNum w:abstractNumId="62855060">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78237692">
+    <w:lvl w:ilvl="0" w:tplc="16892385">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3377,55 +3377,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74478260">
-    <w:abstractNumId w:val="74478260"/>
+  <w:num w:numId="62855060">
+    <w:abstractNumId w:val="62855060"/>
   </w:num>
-  <w:num w:numId="74478261">
-    <w:abstractNumId w:val="74478261"/>
+  <w:num w:numId="62855061">
+    <w:abstractNumId w:val="62855061"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -4236,51 +4236,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId878743275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId999543482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId102783519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId113235194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>