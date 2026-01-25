--- v2 (2026-01-25)
+++ v3 (2026-01-25)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="70717647" w:name="document"/>
-    <w:bookmarkEnd w:id="70717647"/>
+    <w:bookmarkStart w:id="53463570" w:name="document"/>
+    <w:bookmarkEnd w:id="53463570"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1033077 | Alexandra Lenz-Cervinka
 | Muster | Schriftsatzmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -2495,137 +2495,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62855061">
+  <w:abstractNum w:abstractNumId="43463978">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11891936">
+    <w:lvl w:ilvl="0" w:tplc="52300585">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11891936" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52300585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62855060">
+  <w:abstractNum w:abstractNumId="43463977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16892385">
+    <w:lvl w:ilvl="0" w:tplc="48948288">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3377,55 +3377,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62855060">
-    <w:abstractNumId w:val="62855060"/>
+  <w:num w:numId="43463977">
+    <w:abstractNumId w:val="43463977"/>
   </w:num>
-  <w:num w:numId="62855061">
-    <w:abstractNumId w:val="62855061"/>
+  <w:num w:numId="43463978">
+    <w:abstractNumId w:val="43463978"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -4236,51 +4236,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId102783519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId113235194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId696335090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId777329298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>