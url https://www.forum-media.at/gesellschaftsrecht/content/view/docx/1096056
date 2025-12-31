--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="98247798" w:name="document"/>
-    <w:bookmarkEnd w:id="98247798"/>
+    <w:bookmarkStart w:id="9349136" w:name="document"/>
+    <w:bookmarkEnd w:id="9349136"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 603377 | Andrea Futterknecht -
 Albert Scherzer | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -1283,137 +1283,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64470458">
+  <w:abstractNum w:abstractNumId="61552243">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45666004">
+    <w:lvl w:ilvl="0" w:tplc="82143061">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45666004" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82143061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64470457">
+  <w:abstractNum w:abstractNumId="61552242">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58199360">
+    <w:lvl w:ilvl="0" w:tplc="74405697">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2165,55 +2165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64470457">
-    <w:abstractNumId w:val="64470457"/>
+  <w:num w:numId="61552242">
+    <w:abstractNumId w:val="61552242"/>
   </w:num>
-  <w:num w:numId="64470458">
-    <w:abstractNumId w:val="64470458"/>
+  <w:num w:numId="61552243">
+    <w:abstractNumId w:val="61552243"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -3024,51 +3024,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId611309513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId535661824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId915479692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId689235555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>