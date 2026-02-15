--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -15,126 +15,122 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="9349136" w:name="document"/>
-    <w:bookmarkEnd w:id="9349136"/>
+    <w:bookmarkStart w:id="24375937" w:name="document"/>
+    <w:bookmarkEnd w:id="24375937"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 603377 | Andrea Futterknecht -
 Albert Scherzer | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Errichtungserklärung einer GmbH mit Mindesterfordernissen gem
 GesRÄG 2023</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erklärung über die Errichtung der Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 Firma und Sitz</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -299,52 +295,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Sitz der Gesellschaft ist Salzburg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Gegenstand des
 Unternehmens</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gegenstand des Unternehmens ist</w:t>
       </w:r>
@@ -664,52 +658,50 @@
               </w:rPr>
               <w:t xml:space="preserve">Die Tätigkeit der Gesellschaft erstreckt sich auf das In- und
 Ausland. Die Gesellschaft ist zu allen Handlungen berechtigt, die
 geeignet erscheinen, den Gesellschaftszweck unmittelbar oder
 mittelbar zu fördern. Die Gesellschaft ist berechtigt, im In- und
 Ausland Tochtergesellschaften und Zweigniederlassungen zu
 errichten. Die Gesellschaft ist nicht zur Vornahme von Geschäften
 im Sinne des Bankwesengesetzes berechtigt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Stammkapital und
 Stammeinlagen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -856,73 +848,69 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Das Stammkapital ist zur Hälfte bar einbezahlt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsrechts-Änderungsgesetz 2023 (GesRÄG 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Im Falle der vereinfachten Gründung einer GmbH durch den
 Alleingesellschafter ist einiges zu beachten. Es muss sich um eine
 Standard-GmbH mit Mustersatzung mit einer natürlichen Person als
@@ -1283,137 +1271,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61552243">
+  <w:abstractNum w:abstractNumId="24310538">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82143061">
+    <w:lvl w:ilvl="0" w:tplc="70610054">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82143061" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70610054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61552242">
+  <w:abstractNum w:abstractNumId="24310537">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74405697">
+    <w:lvl w:ilvl="0" w:tplc="54917722">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2165,55 +2153,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61552242">
-    <w:abstractNumId w:val="61552242"/>
+  <w:num w:numId="24310537">
+    <w:abstractNumId w:val="24310537"/>
   </w:num>
-  <w:num w:numId="61552243">
-    <w:abstractNumId w:val="61552243"/>
+  <w:num w:numId="24310538">
+    <w:abstractNumId w:val="24310538"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -3024,51 +3012,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId915479692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId689235555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId332444630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId494241031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>