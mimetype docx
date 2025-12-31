--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="32711212" w:name="document"/>
-    <w:bookmarkEnd w:id="32711212"/>
+    <w:bookmarkStart w:id="33597549" w:name="document"/>
+    <w:bookmarkEnd w:id="33597549"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 666781 | Andrea Futterknecht |
 Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -394,80 +394,80 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Gegenstand des Unternehmens ist:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="966141485"/>
+                <w:numId w:val="661744550"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Betrieb eines Versicherungsmaklerunternehmens</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="966141485"/>
+                <w:numId w:val="661744550"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Beteiligung an gleichartigen Unternehmen</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3487,66 +3487,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="80295722" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7654301081219" w:name="note1"/>
+            <w:bookmarkStart w:id="88409211" w:name="note1"/>
+            <w:bookmarkEnd w:id="88409211"/>
+            <w:bookmarkStart w:id="7244895375814" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7654301081219"/>
+            <w:bookmarkEnd w:id="7244895375814"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3575,66 +3575,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="45204723" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="9447813861607" w:name="note2"/>
+            <w:bookmarkStart w:id="83006371" w:name="note2"/>
+            <w:bookmarkEnd w:id="83006371"/>
+            <w:bookmarkStart w:id="6748225461026" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9447813861607"/>
+            <w:bookmarkEnd w:id="6748225461026"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -3651,133 +3651,133 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Es gibt verschiedene Firmenarten:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="580577936"/>
+                <w:numId w:val="586152464"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Namensfirma + Rechtsformzusatz (e.U., OG, KG, GmbH, AG): zB
 „Maxi Musterfrau e.U.“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="580577936"/>
+                <w:numId w:val="586152464"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sachfirma + Rechtsformzusatz: zB „ABC Transportbeton OG“
 (individualisierender Zusatz wie zB „ABC“ in der Regel
 notwendig)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="580577936"/>
+                <w:numId w:val="586152464"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fantasiebezeichnung als Firma + Rechtsformzusatz: zB
 „samulordum KG“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="580577936"/>
+                <w:numId w:val="586152464"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mischfirma + Rechtsformzusatz: zB „Musterfrau Transportbeton
 GmbH“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
@@ -3829,51 +3829,51 @@
 Bedeutung in dem geografischen Gebiet (nachweisbar durch
 Beschäftigtenanzahl, Umsatzzahlen, Marktanteile etc) voraus. Hier
 empfiehlt sich gegebenenfalls die Vorlage einer Stellungnahme der
 örtlich zuständigen Wirtschaftskammer.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zum Firmenrecht nach dem UGB: siehe </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173369051aa27d214" w:history="1">
+            <w:hyperlink r:id="rId63826955ae37cf560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
@@ -3881,66 +3881,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="48692665" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="1554013336115" w:name="note3"/>
+            <w:bookmarkStart w:id="53327373" w:name="note3"/>
+            <w:bookmarkEnd w:id="53327373"/>
+            <w:bookmarkStart w:id="8869485648628" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1554013336115"/>
+            <w:bookmarkEnd w:id="8869485648628"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3998,66 +3998,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="23513144" w:name="note4"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5644129847411" w:name="note4"/>
+            <w:bookmarkStart w:id="30663449" w:name="note4"/>
+            <w:bookmarkEnd w:id="30663449"/>
+            <w:bookmarkStart w:id="8083990314024" w:name="note4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5644129847411"/>
+            <w:bookmarkEnd w:id="8083990314024"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4134,66 +4134,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="59563915" w:name="note5"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5646246122695" w:name="note5"/>
+            <w:bookmarkStart w:id="88644705" w:name="note5"/>
+            <w:bookmarkEnd w:id="88644705"/>
+            <w:bookmarkStart w:id="501180709491" w:name="note5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5646246122695"/>
+            <w:bookmarkEnd w:id="501180709491"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4250,66 +4250,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="30554330" w:name="note6"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8803712511306" w:name="note6"/>
+            <w:bookmarkStart w:id="98684235" w:name="note6"/>
+            <w:bookmarkEnd w:id="98684235"/>
+            <w:bookmarkStart w:id="5451345208809" w:name="note6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8803712511306"/>
+            <w:bookmarkEnd w:id="5451345208809"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4383,66 +4383,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="67898037" w:name="note7"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="6225183463145" w:name="note7"/>
+            <w:bookmarkStart w:id="72483678" w:name="note7"/>
+            <w:bookmarkEnd w:id="72483678"/>
+            <w:bookmarkStart w:id="7942185284088" w:name="note7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[7]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6225183463145"/>
+            <w:bookmarkEnd w:id="7942185284088"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4501,66 +4501,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="11896171" w:name="note8"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="1333466870816" w:name="note8"/>
+            <w:bookmarkStart w:id="76335156" w:name="note8"/>
+            <w:bookmarkEnd w:id="76335156"/>
+            <w:bookmarkStart w:id="9073904950359" w:name="note8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[8]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1333466870816"/>
+            <w:bookmarkEnd w:id="9073904950359"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4580,77 +4580,77 @@
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grundsätzlich kommen Gesellschafterbeschlüsse mit einfacher
 Stimmenmehrheit zustande; lediglich für einzelne
 Beschlussgegenstände sieht das Gesetz ein höheres Quorum vor, so
 für</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="757533952"/>
+                <w:numId w:val="664887561"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gesellschaftsvertragsänderungen: 3/4-Mehrheit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="757533952"/>
+                <w:numId w:val="664887561"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Änderungen des Unternehmensgegenstandes: Einstimmigkeit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
@@ -4688,66 +4688,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="56539063" w:name="note9"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="3129874366828" w:name="note9"/>
+            <w:bookmarkStart w:id="16912672" w:name="note9"/>
+            <w:bookmarkEnd w:id="16912672"/>
+            <w:bookmarkStart w:id="8566365563673" w:name="note9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[9]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3129874366828"/>
+            <w:bookmarkEnd w:id="8566365563673"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4787,104 +4787,104 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dieser Punkt enthält überdies eine Vinkulierungsklausel, wobei
 für die Zustimmung zur Übertragung abstrakt folgende Alternativen
 in Betracht kommen:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="845424091"/>
+                <w:numId w:val="813915534"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung durch die Gesellschaft (= Geschäftsführung)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="845424091"/>
+                <w:numId w:val="813915534"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung der Gesellschafter (dh aller Gesellschafter, jedoch
 formfrei)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="845424091"/>
+                <w:numId w:val="813915534"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung der Generalversammlung (Mehrheitsbeschluss der
 Gesellschafter, im Zweifel einfache Mehrheit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -4902,66 +4902,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="79143306" w:name="note10"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="1825775289451" w:name="note10"/>
+            <w:bookmarkStart w:id="23742222" w:name="note10"/>
+            <w:bookmarkEnd w:id="23742222"/>
+            <w:bookmarkStart w:id="1620060357163" w:name="note10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[10]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1825775289451"/>
+            <w:bookmarkEnd w:id="1620060357163"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5029,51 +5029,51 @@
               </w:rPr>
               <w:t xml:space="preserve">, GmbH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kap 3
 [Stand 01.06.2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId482369051aa27dbdd" w:history="1">
+            <w:hyperlink r:id="rId33106955ae37cff33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">rdb.at</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">]).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -5398,51 +5398,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="845424091">
+  <w:abstractNum w:abstractNumId="813915534">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5507,51 +5507,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="757533952">
+  <w:abstractNum w:abstractNumId="664887561">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5616,51 +5616,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="580577936">
+  <w:abstractNum w:abstractNumId="586152464">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5725,51 +5725,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="966141485">
+  <w:abstractNum w:abstractNumId="661744550">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5834,51 +5834,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="533630194">
+  <w:abstractNum w:abstractNumId="247030034">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5943,137 +5943,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12093088">
+  <w:abstractNum w:abstractNumId="58448887">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60097920">
+    <w:lvl w:ilvl="0" w:tplc="48675160">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60097920" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48675160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12093087">
+  <w:abstractNum w:abstractNumId="58448886">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66307506">
+    <w:lvl w:ilvl="0" w:tplc="78356096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6825,70 +6825,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12093087">
-    <w:abstractNumId w:val="12093087"/>
+  <w:num w:numId="58448886">
+    <w:abstractNumId w:val="58448886"/>
   </w:num>
-  <w:num w:numId="12093088">
-    <w:abstractNumId w:val="12093088"/>
+  <w:num w:numId="58448887">
+    <w:abstractNumId w:val="58448887"/>
   </w:num>
-  <w:num w:numId="533630194">
-    <w:abstractNumId w:val="533630194"/>
+  <w:num w:numId="247030034">
+    <w:abstractNumId w:val="247030034"/>
   </w:num>
-  <w:num w:numId="966141485">
-    <w:abstractNumId w:val="966141485"/>
+  <w:num w:numId="661744550">
+    <w:abstractNumId w:val="661744550"/>
   </w:num>
-  <w:num w:numId="580577936">
-    <w:abstractNumId w:val="580577936"/>
+  <w:num w:numId="586152464">
+    <w:abstractNumId w:val="586152464"/>
   </w:num>
-  <w:num w:numId="757533952">
-    <w:abstractNumId w:val="757533952"/>
+  <w:num w:numId="664887561">
+    <w:abstractNumId w:val="664887561"/>
   </w:num>
-  <w:num w:numId="845424091">
-    <w:abstractNumId w:val="845424091"/>
+  <w:num w:numId="813915534">
+    <w:abstractNumId w:val="813915534"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -7699,51 +7699,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId860889279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId955024002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173369051aa27d214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf" TargetMode="External"/><Relationship Id="rId482369051aa27dbdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdb.manz.at/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId341605720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId977678609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId63826955ae37cf560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf" TargetMode="External"/><Relationship Id="rId33106955ae37cff33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdb.manz.at/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>