--- v1 (2025-12-31)
+++ v2 (2026-01-01)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="33597549" w:name="document"/>
-    <w:bookmarkEnd w:id="33597549"/>
+    <w:bookmarkStart w:id="63176066" w:name="document"/>
+    <w:bookmarkEnd w:id="63176066"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 666781 | Andrea Futterknecht |
 Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -394,80 +394,80 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Gegenstand des Unternehmens ist:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="661744550"/>
+                <w:numId w:val="621151213"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Betrieb eines Versicherungsmaklerunternehmens</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="661744550"/>
+                <w:numId w:val="621151213"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Beteiligung an gleichartigen Unternehmen</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3487,66 +3487,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="88409211" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7244895375814" w:name="note1"/>
+            <w:bookmarkStart w:id="65086951" w:name="note1"/>
+            <w:bookmarkEnd w:id="65086951"/>
+            <w:bookmarkStart w:id="5817560499043" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7244895375814"/>
+            <w:bookmarkEnd w:id="5817560499043"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3575,66 +3575,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="83006371" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="6748225461026" w:name="note2"/>
+            <w:bookmarkStart w:id="86060970" w:name="note2"/>
+            <w:bookmarkEnd w:id="86060970"/>
+            <w:bookmarkStart w:id="6891159003427" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6748225461026"/>
+            <w:bookmarkEnd w:id="6891159003427"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -3651,133 +3651,133 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Es gibt verschiedene Firmenarten:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="586152464"/>
+                <w:numId w:val="364670076"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Namensfirma + Rechtsformzusatz (e.U., OG, KG, GmbH, AG): zB
 „Maxi Musterfrau e.U.“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="586152464"/>
+                <w:numId w:val="364670076"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sachfirma + Rechtsformzusatz: zB „ABC Transportbeton OG“
 (individualisierender Zusatz wie zB „ABC“ in der Regel
 notwendig)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="586152464"/>
+                <w:numId w:val="364670076"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fantasiebezeichnung als Firma + Rechtsformzusatz: zB
 „samulordum KG“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="586152464"/>
+                <w:numId w:val="364670076"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mischfirma + Rechtsformzusatz: zB „Musterfrau Transportbeton
 GmbH“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
@@ -3829,51 +3829,51 @@
 Bedeutung in dem geografischen Gebiet (nachweisbar durch
 Beschäftigtenanzahl, Umsatzzahlen, Marktanteile etc) voraus. Hier
 empfiehlt sich gegebenenfalls die Vorlage einer Stellungnahme der
 örtlich zuständigen Wirtschaftskammer.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zum Firmenrecht nach dem UGB: siehe </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63826955ae37cf560" w:history="1">
+            <w:hyperlink r:id="rId65876955d49b4fadd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
@@ -3881,66 +3881,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="53327373" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8869485648628" w:name="note3"/>
+            <w:bookmarkStart w:id="29515173" w:name="note3"/>
+            <w:bookmarkEnd w:id="29515173"/>
+            <w:bookmarkStart w:id="6082266625074" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8869485648628"/>
+            <w:bookmarkEnd w:id="6082266625074"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3998,66 +3998,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="30663449" w:name="note4"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8083990314024" w:name="note4"/>
+            <w:bookmarkStart w:id="42412792" w:name="note4"/>
+            <w:bookmarkEnd w:id="42412792"/>
+            <w:bookmarkStart w:id="916605851569" w:name="note4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8083990314024"/>
+            <w:bookmarkEnd w:id="916605851569"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4134,66 +4134,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="88644705" w:name="note5"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="501180709491" w:name="note5"/>
+            <w:bookmarkStart w:id="11499429" w:name="note5"/>
+            <w:bookmarkEnd w:id="11499429"/>
+            <w:bookmarkStart w:id="8403520510186" w:name="note5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="501180709491"/>
+            <w:bookmarkEnd w:id="8403520510186"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4250,66 +4250,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="98684235" w:name="note6"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5451345208809" w:name="note6"/>
+            <w:bookmarkStart w:id="96459771" w:name="note6"/>
+            <w:bookmarkEnd w:id="96459771"/>
+            <w:bookmarkStart w:id="4183879357140" w:name="note6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5451345208809"/>
+            <w:bookmarkEnd w:id="4183879357140"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4383,66 +4383,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="72483678" w:name="note7"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7942185284088" w:name="note7"/>
+            <w:bookmarkStart w:id="55035605" w:name="note7"/>
+            <w:bookmarkEnd w:id="55035605"/>
+            <w:bookmarkStart w:id="7004488241339" w:name="note7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[7]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7942185284088"/>
+            <w:bookmarkEnd w:id="7004488241339"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4501,66 +4501,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="76335156" w:name="note8"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="9073904950359" w:name="note8"/>
+            <w:bookmarkStart w:id="9889244" w:name="note8"/>
+            <w:bookmarkEnd w:id="9889244"/>
+            <w:bookmarkStart w:id="2851301274400" w:name="note8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[8]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9073904950359"/>
+            <w:bookmarkEnd w:id="2851301274400"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4580,77 +4580,77 @@
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grundsätzlich kommen Gesellschafterbeschlüsse mit einfacher
 Stimmenmehrheit zustande; lediglich für einzelne
 Beschlussgegenstände sieht das Gesetz ein höheres Quorum vor, so
 für</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="664887561"/>
+                <w:numId w:val="895200062"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gesellschaftsvertragsänderungen: 3/4-Mehrheit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="664887561"/>
+                <w:numId w:val="895200062"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Änderungen des Unternehmensgegenstandes: Einstimmigkeit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
@@ -4688,66 +4688,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="16912672" w:name="note9"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8566365563673" w:name="note9"/>
+            <w:bookmarkStart w:id="70352542" w:name="note9"/>
+            <w:bookmarkEnd w:id="70352542"/>
+            <w:bookmarkStart w:id="9374948885896" w:name="note9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[9]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8566365563673"/>
+            <w:bookmarkEnd w:id="9374948885896"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4787,104 +4787,104 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dieser Punkt enthält überdies eine Vinkulierungsklausel, wobei
 für die Zustimmung zur Übertragung abstrakt folgende Alternativen
 in Betracht kommen:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="813915534"/>
+                <w:numId w:val="921232599"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung durch die Gesellschaft (= Geschäftsführung)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="813915534"/>
+                <w:numId w:val="921232599"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung der Gesellschafter (dh aller Gesellschafter, jedoch
 formfrei)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="813915534"/>
+                <w:numId w:val="921232599"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung der Generalversammlung (Mehrheitsbeschluss der
 Gesellschafter, im Zweifel einfache Mehrheit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -4902,66 +4902,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="23742222" w:name="note10"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="1620060357163" w:name="note10"/>
+            <w:bookmarkStart w:id="22982951" w:name="note10"/>
+            <w:bookmarkEnd w:id="22982951"/>
+            <w:bookmarkStart w:id="8276978109562" w:name="note10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[10]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1620060357163"/>
+            <w:bookmarkEnd w:id="8276978109562"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5029,51 +5029,51 @@
               </w:rPr>
               <w:t xml:space="preserve">, GmbH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kap 3
 [Stand 01.06.2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33106955ae37cff33" w:history="1">
+            <w:hyperlink r:id="rId50956955d49b5049b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">rdb.at</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">]).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -5398,51 +5398,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="813915534">
+  <w:abstractNum w:abstractNumId="921232599">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5507,51 +5507,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="664887561">
+  <w:abstractNum w:abstractNumId="895200062">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5616,51 +5616,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="586152464">
+  <w:abstractNum w:abstractNumId="364670076">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5725,51 +5725,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="661744550">
+  <w:abstractNum w:abstractNumId="621151213">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5834,51 +5834,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="247030034">
+  <w:abstractNum w:abstractNumId="472226365">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5943,137 +5943,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58448887">
+  <w:abstractNum w:abstractNumId="77250166">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48675160">
+    <w:lvl w:ilvl="0" w:tplc="13708867">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48675160" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13708867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58448886">
+  <w:abstractNum w:abstractNumId="77250165">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78356096">
+    <w:lvl w:ilvl="0" w:tplc="69427747">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6825,70 +6825,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58448886">
-    <w:abstractNumId w:val="58448886"/>
+  <w:num w:numId="77250165">
+    <w:abstractNumId w:val="77250165"/>
   </w:num>
-  <w:num w:numId="58448887">
-    <w:abstractNumId w:val="58448887"/>
+  <w:num w:numId="77250166">
+    <w:abstractNumId w:val="77250166"/>
   </w:num>
-  <w:num w:numId="247030034">
-    <w:abstractNumId w:val="247030034"/>
+  <w:num w:numId="472226365">
+    <w:abstractNumId w:val="472226365"/>
   </w:num>
-  <w:num w:numId="661744550">
-    <w:abstractNumId w:val="661744550"/>
+  <w:num w:numId="621151213">
+    <w:abstractNumId w:val="621151213"/>
   </w:num>
-  <w:num w:numId="586152464">
-    <w:abstractNumId w:val="586152464"/>
+  <w:num w:numId="364670076">
+    <w:abstractNumId w:val="364670076"/>
   </w:num>
-  <w:num w:numId="664887561">
-    <w:abstractNumId w:val="664887561"/>
+  <w:num w:numId="895200062">
+    <w:abstractNumId w:val="895200062"/>
   </w:num>
-  <w:num w:numId="813915534">
-    <w:abstractNumId w:val="813915534"/>
+  <w:num w:numId="921232599">
+    <w:abstractNumId w:val="921232599"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -7699,51 +7699,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId341605720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId977678609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId63826955ae37cf560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf" TargetMode="External"/><Relationship Id="rId33106955ae37cff33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdb.manz.at/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId996973445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId380390135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId65876955d49b4fadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf" TargetMode="External"/><Relationship Id="rId50956955d49b5049b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdb.manz.at/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>