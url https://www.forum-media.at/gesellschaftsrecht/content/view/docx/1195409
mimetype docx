--- v2 (2026-01-01)
+++ v3 (2026-02-15)
@@ -15,129 +15,123 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="63176066" w:name="document"/>
-    <w:bookmarkEnd w:id="63176066"/>
+    <w:bookmarkStart w:id="93292710" w:name="document"/>
+    <w:bookmarkEnd w:id="93292710"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 666781 | Andrea Futterknecht |
 Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsvertrag GmbH (ausführlich) gem GesRÄG 2023,
 Kapital EUR 10.000,– (Volleinzahlung)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsvertrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Firma und Sitz</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -292,52 +286,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Sitz der Gesellschaft ist Wiener Neustadt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Gegenstand des Unternehmens</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -394,80 +386,80 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Gegenstand des Unternehmens ist:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="621151213"/>
+                <w:numId w:val="882156008"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Betrieb eines Versicherungsmaklerunternehmens</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="621151213"/>
+                <w:numId w:val="882156008"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Beteiligung an gleichartigen Unternehmen</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -543,91 +535,87 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Tätigkeit der Gesellschaft erstreckt sich auf das In- und
 Ausland. Die Gesellschaft ist zu allen Handlungen berechtigt, die
 geeignet erscheinen, den Gesellschaftszweck unmittelbar oder
 mittelbar zu fördern. Die Gesellschaft ist berechtigt, im In- und
 Ausland Tochtergesellschaften und Zweigniederlassungen zu
 errichten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Dauer der Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschaft wird auf unbestimmte Zeit errichtet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Geschäftsjahr</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -772,52 +760,50 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Das erste Geschäftsjahr beginnt mit der Eintragung der
 Gesellschaft in das Firmenbuch und endet mit dem darauf folgenden
 31. (einunddreißigsten) Dezember.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Stammkapital und
 Stammeinlagen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -965,52 +951,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Das Stammkapital ist zur Gänze bar einbezahlt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Organe der Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Organe der Gesellschaft sind:</w:t>
       </w:r>
     </w:p>
@@ -1171,52 +1155,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Generalversammlung.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Geschäftsführung und
 Vertretung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -1524,52 +1506,50 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Generalversammlung kann eine Geschäftsordnung für die
 Geschäftsführung erlassen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Generalversammlung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2104,52 +2084,50 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Beschlüsse werden, soweit der Gesellschaftsvertrag oder das
 Gesetz nichts anderes bestimmen, mit einfacher Mehrheit der
 abgegebenen Stimmen gefasst.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Jahresabschluss</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2300,52 +2278,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Generalversammlung beschließt über die Prüfung und
 Genehmigung (Feststellung) des Jahresabschlusses, über die
 Verwendung des Reingewinns und die Entlastung der
 Geschäftsführer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Teilung und Übertragung von
 Geschäftsanteilen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -3071,52 +3047,50 @@
               </w:rPr>
               <w:t xml:space="preserve">Der Abtretungspreis für die Aufgriffsrechte ist von den
 Beteiligten einvernehmlich festzusetzen. Ist eine Einigung über den
 Abtretungspreis innerhalb einer Frist von einem Monat ab dem
 Zeitpunkt, ab dem feststeht, dass der aufzugreifende
 Geschäftsanteil zur Hälfte aufgegriffen wird, nicht erzielt, ist
 der Abtretungspreis nach dem Fachgutachten KFS-BW1 zu
 ermitteln.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Auflösung und Liquidation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3265,288 +3239,276 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Liquidatoren der Gesellschaft sind der oder die Geschäftsführer,
 sofern nicht durch Generalversammlungsbeschluss andere Liquidatoren
 bestellt werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Bekanntmachungen der
 Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bekanntmachungen der Gesellschaft an die Gesellschafter
 erfolgen, soweit sich aus Gesetz oder Vertrag nichts anderes
 ergibt, durch eingeschriebenen Brief oder per Telefax an die der
 Gesellschaft zuletzt bekannt gegebenen Anschriften der
 Gesellschafter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Gründungskosten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle mit der Errichtung und Registrierung der Gesellschaft
 verbundenen Kosten, Gebühren und Abgaben werden bis zu einem
 Höchstbetrag von EUR 5.000,– (fünftausend Euro) von der
 Gesellschaft getragen und sind mit der tatsächlichen Höhe in den
 ersten Jahresabschluss einzustellen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14. Allgemeine Bestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Insofern durch diesen Gesellschaftsvertrag oder dessen gültige
 Abänderungen oder durch Generalversammlungsbeschlüsse nichts
 anderes bestimmt ist, gelten die Bestimmungen des Gesetzes über die
 Gesellschaften mit beschränkter Haftung und die sonstigen
 einschlägigen gesetzlichen Vorschriften.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Bevollmächtigung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Frau Dr. Frieda Fuchs, Rechtsanwältin in 1010 Wien, Advokatenweg
 1, wird von der Gesellschafterin ermächtigt, in ihrem Namen die zur
 Eintragung der Gesellschaft in das Firmenbuch erforderlichen
 Schritte zu unternehmen, allfällige erforderliche Änderungen dieser
 Erklärung über die Errichtung der Gesellschaft, wie insbesondere
 des Firmenwortlautes oder des Unternehmensgegenstandes,
 vorzunehmen, entsprechende Urkunden zu errichten, zu unterfertigen
 und im Firmenbuch eintragen zu lassen sowie allfällige Erklärungen,
 die von Gericht oder von sonstigen Behörden gefordert werden,
 abzugeben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
         <w:gridCol w:w="4670"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="65086951" w:name="note1"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="40261773" w:name="note1"/>
+            <w:bookmarkEnd w:id="40261773"/>
+            <w:bookmarkStart w:id="2624020427873" w:name="note1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5817560499043"/>
+            <w:bookmarkEnd w:id="2624020427873"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3575,209 +3537,205 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="86060970" w:name="note2"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="99146629" w:name="note2"/>
+            <w:bookmarkEnd w:id="99146629"/>
+            <w:bookmarkStart w:id="3731118859641" w:name="note2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6891159003427"/>
+            <w:bookmarkEnd w:id="3731118859641"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Zur Firma</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Es gibt verschiedene Firmenarten:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="364670076"/>
+                <w:numId w:val="864873806"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Namensfirma + Rechtsformzusatz (e.U., OG, KG, GmbH, AG): zB
 „Maxi Musterfrau e.U.“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="364670076"/>
+                <w:numId w:val="864873806"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sachfirma + Rechtsformzusatz: zB „ABC Transportbeton OG“
 (individualisierender Zusatz wie zB „ABC“ in der Regel
 notwendig)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="364670076"/>
+                <w:numId w:val="864873806"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fantasiebezeichnung als Firma + Rechtsformzusatz: zB
 „samulordum KG“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="364670076"/>
+                <w:numId w:val="864873806"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mischfirma + Rechtsformzusatz: zB „Musterfrau Transportbeton
 GmbH“</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
@@ -3829,51 +3787,51 @@
 Bedeutung in dem geografischen Gebiet (nachweisbar durch
 Beschäftigtenanzahl, Umsatzzahlen, Marktanteile etc) voraus. Hier
 empfiehlt sich gegebenenfalls die Vorlage einer Stellungnahme der
 örtlich zuständigen Wirtschaftskammer.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zum Firmenrecht nach dem UGB: siehe </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65876955d49b4fadd" w:history="1">
+            <w:hyperlink r:id="rId362369919640f3bae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
@@ -3881,66 +3839,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="29515173" w:name="note3"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="16120511" w:name="note3"/>
+            <w:bookmarkEnd w:id="16120511"/>
+            <w:bookmarkStart w:id="5600288531749" w:name="note3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6082266625074"/>
+            <w:bookmarkEnd w:id="5600288531749"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3998,94 +3954,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="42412792" w:name="note4"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="81334112" w:name="note4"/>
+            <w:bookmarkEnd w:id="81334112"/>
+            <w:bookmarkStart w:id="4727159097933" w:name="note4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="916605851569"/>
+            <w:bookmarkEnd w:id="4727159097933"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Unternehmensgegenstand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4134,94 +4086,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="11499429" w:name="note5"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="46349673" w:name="note5"/>
+            <w:bookmarkEnd w:id="46349673"/>
+            <w:bookmarkStart w:id="8855479740475" w:name="note5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8403520510186"/>
+            <w:bookmarkEnd w:id="8855479740475"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Stammkapital und Stammeinlagen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4250,94 +4198,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="96459771" w:name="note6"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="46769173" w:name="note6"/>
+            <w:bookmarkEnd w:id="46769173"/>
+            <w:bookmarkStart w:id="3876390064426" w:name="note6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4183879357140"/>
+            <w:bookmarkEnd w:id="3876390064426"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dauer, Geschäftsjahr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4383,94 +4327,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="55035605" w:name="note7"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="27710618" w:name="note7"/>
+            <w:bookmarkEnd w:id="27710618"/>
+            <w:bookmarkStart w:id="9445344725273" w:name="note7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[7]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7004488241339"/>
+            <w:bookmarkEnd w:id="9445344725273"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Geschäftsführung und Vertretung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4501,156 +4441,152 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="9889244" w:name="note8"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="85920868" w:name="note8"/>
+            <w:bookmarkEnd w:id="85920868"/>
+            <w:bookmarkStart w:id="7299396278942" w:name="note8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[8]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2851301274400"/>
+            <w:bookmarkEnd w:id="7299396278942"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Generalversammlung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grundsätzlich kommen Gesellschafterbeschlüsse mit einfacher
 Stimmenmehrheit zustande; lediglich für einzelne
 Beschlussgegenstände sieht das Gesetz ein höheres Quorum vor, so
 für</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="895200062"/>
+                <w:numId w:val="388916969"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gesellschaftsvertragsänderungen: 3/4-Mehrheit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="895200062"/>
+                <w:numId w:val="388916969"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Änderungen des Unternehmensgegenstandes: Einstimmigkeit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
@@ -4688,94 +4624,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="70352542" w:name="note9"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="2396816" w:name="note9"/>
+            <w:bookmarkEnd w:id="2396816"/>
+            <w:bookmarkStart w:id="7069998384310" w:name="note9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[9]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9374948885896"/>
+            <w:bookmarkEnd w:id="7069998384310"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Geschäftsanteile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4787,104 +4719,104 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dieser Punkt enthält überdies eine Vinkulierungsklausel, wobei
 für die Zustimmung zur Übertragung abstrakt folgende Alternativen
 in Betracht kommen:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921232599"/>
+                <w:numId w:val="73073137"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung durch die Gesellschaft (= Geschäftsführung)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921232599"/>
+                <w:numId w:val="73073137"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung der Gesellschafter (dh aller Gesellschafter, jedoch
 formfrei)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921232599"/>
+                <w:numId w:val="73073137"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zustimmung der Generalversammlung (Mehrheitsbeschluss der
 Gesellschafter, im Zweifel einfache Mehrheit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -4902,94 +4834,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="22982951" w:name="note10"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="95411959" w:name="note10"/>
+            <w:bookmarkEnd w:id="95411959"/>
+            <w:bookmarkStart w:id="7168532128313" w:name="note10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[10]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8276978109562"/>
+            <w:bookmarkEnd w:id="7168532128313"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Gründungskosten</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5029,51 +4957,51 @@
               </w:rPr>
               <w:t xml:space="preserve">, GmbH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kap 3
 [Stand 01.06.2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50956955d49b5049b" w:history="1">
+            <w:hyperlink r:id="rId41086991964100268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">rdb.at</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">]).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -5398,51 +5326,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="921232599">
+  <w:abstractNum w:abstractNumId="73073137">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5507,51 +5435,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="895200062">
+  <w:abstractNum w:abstractNumId="388916969">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5616,51 +5544,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="364670076">
+  <w:abstractNum w:abstractNumId="864873806">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5725,51 +5653,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="621151213">
+  <w:abstractNum w:abstractNumId="882156008">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5834,51 +5762,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="472226365">
+  <w:abstractNum w:abstractNumId="982858866">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5943,137 +5871,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77250166">
+  <w:abstractNum w:abstractNumId="33610667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13708867">
+    <w:lvl w:ilvl="0" w:tplc="85063278">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13708867" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85063278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77250165">
+  <w:abstractNum w:abstractNumId="33610666">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69427747">
+    <w:lvl w:ilvl="0" w:tplc="52058120">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6825,70 +6753,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77250165">
-    <w:abstractNumId w:val="77250165"/>
+  <w:num w:numId="33610666">
+    <w:abstractNumId w:val="33610666"/>
   </w:num>
-  <w:num w:numId="77250166">
-    <w:abstractNumId w:val="77250166"/>
+  <w:num w:numId="33610667">
+    <w:abstractNumId w:val="33610667"/>
   </w:num>
-  <w:num w:numId="472226365">
-    <w:abstractNumId w:val="472226365"/>
+  <w:num w:numId="982858866">
+    <w:abstractNumId w:val="982858866"/>
   </w:num>
-  <w:num w:numId="621151213">
-    <w:abstractNumId w:val="621151213"/>
+  <w:num w:numId="882156008">
+    <w:abstractNumId w:val="882156008"/>
   </w:num>
-  <w:num w:numId="364670076">
-    <w:abstractNumId w:val="364670076"/>
+  <w:num w:numId="864873806">
+    <w:abstractNumId w:val="864873806"/>
   </w:num>
-  <w:num w:numId="895200062">
-    <w:abstractNumId w:val="895200062"/>
+  <w:num w:numId="388916969">
+    <w:abstractNumId w:val="388916969"/>
   </w:num>
-  <w:num w:numId="921232599">
-    <w:abstractNumId w:val="921232599"/>
+  <w:num w:numId="73073137">
+    <w:abstractNumId w:val="73073137"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -7699,51 +7627,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId996973445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId380390135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId65876955d49b4fadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf" TargetMode="External"/><Relationship Id="rId50956955d49b5049b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdb.manz.at/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId860998736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId842133839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId362369919640f3bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wko.at/oe/unternehmensrecht/firmenrecht-broschuere.pdf" TargetMode="External"/><Relationship Id="rId41086991964100268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdb.manz.at/" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>