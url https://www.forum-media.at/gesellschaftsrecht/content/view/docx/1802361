--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="1160898" w:name="document"/>
-    <w:bookmarkEnd w:id="1160898"/>
+    <w:bookmarkStart w:id="82452455" w:name="document"/>
+    <w:bookmarkEnd w:id="82452455"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1056064 | Wolfgang Steinberger |
 Muster | Erklärung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -190,670 +190,670 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Funktionsdauer, Wahl und
 Abberufung der Beiratsmitglieder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330241296"/>
+          <w:numId w:val="952716015"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beiratsmitglieder werden von der Generalversammlung für die
 Dauer von vier Jahren gewählt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330241296"/>
+          <w:numId w:val="952716015"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wiederwahl von Beiratsmitgliedern ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330241296"/>
+          <w:numId w:val="952716015"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidet ein Beiratsmitglied vor Ablauf seiner Funktionsperiode
 aus, so bedarf es der Ersatzwahl erst in der nächsten ordentlichen
 Generalversammlung. Eine Ersatzwahl durch eine außerordentliche
 Generalversammlung ist jedoch unverzüglich vorzunehmen, wenn die
 Anzahl der Beiratsmitglieder unter drei sinkt. Ein solcher
 Beschluss kann jedoch auch im Umlaufverfahren gefasst werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330241296"/>
+          <w:numId w:val="952716015"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedes Mitglied des Beirates kann seine Funktion unter
 Einhaltung einer vierwöchigen Frist ohne Angaben von Gründen durch
 schriftliche an den Geschäftsführer zu richtende Erklärung
 niederlegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330241296"/>
+          <w:numId w:val="952716015"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wahl zum Beiratsmitglied kann vor Ablauf der
 Funktionsperiode von der Generalversammlung widerrufen werden. Der
 Beschluss bedarf einer Mehrheit von 3/4 der abgegebenen
 Stimmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Kompetenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat übt seine Tätigkeit aufgrund des
 Gesellschaftsvertrages sowie dieser Geschäftsordnung aus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Neben den im Gesellschaftsvertrag genannten Handlungen und
 Geschäften dürfen insbesondere folgende Handlungen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">nur mit Zustimmung des Beirates vorgenommen werden:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb, Veräußerung und Belastung von Liegenschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme und Aufgabe von Geschäftszweigen und
 Produktionsarten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung allgemeiner Grundsätze der Geschäftspolitik</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung des Jahresbudgets sowohl des Einzelbudgets für die
 Gesellschaft selbst, das konsolidierte Konzernbudget für eine
 allfällige (beherrschte) Gruppe der Gesellschaft, wobei das
 Jahresbudget bis spätestens 28.02. eines jeden Jahres für dieses
 Geschäftsjahr dem Beirat zur Genehmigung vorzulegen ist. Geschäfte,
 die im Rahmen des bewilligten Jahresbudgets vorgesehen sind,
 bedürfen keiner weiteren Genehmigung mehr nach dieser
 Vertragsbestimmung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Investition (darunter sind Gegenstände des Sachanlagevermögens,
 wie zB Gebäude, technische Anlagen, Maschinen, Betriebs- und
 Geschäftsausstattungen und dergleichen zu verstehen), deren
 Anschaffungskosten im Einzelfall netto EUR 1,000.000,– (eine
 Million Euro) oder insgesamt in einem Geschäftsjahr netto
 EUR 2,000.000,– (zwei Millionen Euro) übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme von Anleihen, Darlehen und Krediten, Eingehen von
 Wechsel- und Bürgschaftsverpflichtungen, Garantien,
 Sicherungsübereignungen, Pfandbestellungen, Schuldübernahmen und
 Übernahme sonstiger Haftungen soweit die Verbindlichkeiten im
 Einzelfall EUR 50.000,– (fünfzigtausend Euro) oder insgesamt
 in einem Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewährung von Darlehen und Krediten, soweit sie im Einzelfall
 EUR 50.000,– (fünfzigtausend Euro) oder insgesamt in einem
 Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb und Veräußerung von Beteiligungen sowie Erwerb,
 Veräußerung, Stilllegung und Ausgliederung von Unternehmen,
 Betrieben und Teilbetrieben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="401505479"/>
+          <w:numId w:val="485395954"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die in den oben angeführten Punkten a bis h Zustimmungsrechte
 gelten auch für solche Maßnahmen in Konzerngesellschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Zusammensetzung des
 Beirates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="276848772"/>
+          <w:numId w:val="422041896"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wählt unverzüglich nach der Bestellung seiner
 Mitglieder durch die Generalversammlung einen Vorsitzenden sowie
 einen Stellvertreter des Vorsitzenden. Die Wahl erfolgt für die
 gesamte Funktionsperiode als Beiratsmitglied, sofern der Beirat bei
 der Wahl des Vorsitzenden oder des Stellvertreters des Vorsitzenden
 keine andere Funktionsperiode festlegt. Die Wiederwahl zum
 Vorsitzenden oder zum Stellvertreter des Vorsitzenden ist
 zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="276848772"/>
+          <w:numId w:val="422041896"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist das Amt des Vorsitzenden des Beirates oder das Amt seines
 Stellvertreters vakant, so ist eine Ersatzwahl in der nächsten
 Sitzung des Beirates vorzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Sitzungen des Beirates,
 Einberufung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="460594814"/>
+          <w:numId w:val="27688554"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Sitzungen des Beirates finden mindestens viermal jährlich
 (mindestens einmal in jedem Kalenderquartal) und im Bedarfsfalle,
 wenn es die Interessen der Gesellschaft erfordern, statt. Die
 Geschäftsführer nehmen an den Sitzungen des Beirates und von
 Beirats-Ausschüssen teil, soferne der Vorsitzende des Beirates im
 Einzelfall nichts anderes bestimmt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="460594814"/>
+          <w:numId w:val="27688554"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wird vom Vorsitzenden, im Falle seiner Verhinderung
 von seinem Stellvertreter, einberufen. Eine Sitzung ist jedenfalls
 einzuberufen, wenn dies der Vorsitzende (sein Stellvertreter) für
 notwendig hält oder die Geschäftsführung, Ausschüsse des Beirates
 oder ein Mitglied des Beirates dies unter Angabe von Gründen
 verlangen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="460594814"/>
+          <w:numId w:val="27688554"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einberufungsfrist beträgt für alle Sitzungen des Beirates
 14 Tage. In dringenden Fällen kann die Frist vom Vorsitzenden des
 Beirates oder dem hilfsweise einberufenden Vorstand bzw
 Beiratsmitglied verkürzt werden. Die Einberufung erfolgt
 schriftlich (Brief, Fax oder E-Mail) unter Bekanntgabe der
 Tagesordnung. Die Einladung ist an die jeweils zuletzt bekannt
 gegebene Adresse, Faxnummer oder E-Mail-Adresse des einzuladenden
 Beiratsmitgliedes zu senden.</w:t>
@@ -862,301 +862,301 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Beschlussfassung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="895316950"/>
+          <w:numId w:val="349609506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat ist beschlussfähig, wenn mindestens zwei Mitglieder,
 darunter der Vorsitzende oder sein Stellvertreter, anwesend sind.
 Der Vorsitzende, in dessen Verhinderung sein Stellvertreter, leitet
 die Sitzung und bestimmt die Art der Abstimmung.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="895316950"/>
+          <w:numId w:val="349609506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates werden, soweit durch Vertrag keine
 andere Mehrheit zwingend vorgeschrieben ist, mit einfacher Mehrheit
 der abgegebenen Stimmen gefasst; im Falle der Stimmengleichheit
 entscheidet die Stimme des Vorsitzenden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="895316950"/>
+          <w:numId w:val="349609506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zu den Sitzungen des Beirates können nach Ermessen des
 Vorsitzenden des Beirates Arbeitnehmer der Gesellschaft,
 Sachverständige und Auskunftspersonen zur Beratung über einzelne
 Gegenstände zugezogen werden. Diese Personen haben kein Stimmrecht.
 Der Vorsitzende des Beirates kann Arbeitnehmer oder Berater der
 Gesellschaft auch nur zu Teilen der Beiratssitzung zulassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="895316950"/>
+          <w:numId w:val="349609506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Beiratsmitglied kann ein anderes Beiratsmitglied
 schriftlich mit seiner Vertretung bei einer einzelnen Sitzung
 betrauen. Das vertretene Beiratsmitglied ist bei der Feststellung
 der Beschlussfähigkeit einer Sitzung nicht mitzuzählen. Das Recht
 den Vorsitz zu führen kann nicht übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="895316950"/>
+          <w:numId w:val="349609506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates können auf schriftlichem Wege
 (Brief, Telefax) gefasst werden, wenn kein Mitglied des Beirates
 diesem Verfahren widerspricht. Eine Vertretung des
 Beiratsmitgliedes ist bei der Beschlussfassung in schriftlichem
 Wege nicht zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="895316950"/>
+          <w:numId w:val="349609506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über die Verhandlungen und Beschlüsse des Beirates ist eine
 Niederschrift anzufertigen, die vom Leiter der Sitzung zu
 unterzeichnen ist. Auf Verlangen eines Beiratsmitgliedes ist seine
 vom Beschluss abweichende Meinung in die Niederschrift aufzunehmen.
 Auf Verlangen des Vorsitzenden hat das Beiratsmitglied seine
 abweichende Auffassung selbst im Anschluss an die Niederschrift
 festzulegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="895316950"/>
+          <w:numId w:val="349609506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die schriftliche, fernmündliche oder eine vergleichbare Form
 der Stimmabgabe einzelner Beiratsmitglieder ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Ausschüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="215184492"/>
+          <w:numId w:val="282292459"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann aus seiner Mitte Ausschüsse bilden. Ihre
 Aufgaben und Befugnisse sowie ihre allfällige Geschäftsordnung
 werden vom Beirat festgelegt; den Ausschüssen kann auch die
 Befugnis zu Entscheidungen übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="215184492"/>
+          <w:numId w:val="282292459"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist ein Ausschuss gebildet, so besteht dieser aus mindestens
 drei Mitgliedern, zu denen der Vorsitzende des Beirates oder ein
 Stellvertreter gehören muss.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -1248,108 +1248,108 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Berichtspflicht,
 Auskunftsrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="114241062"/>
+          <w:numId w:val="285821507"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Vorstand hat dem Beirat regelmäßig über wichtige Umstände,
 welche die Gesellschaft betreffen, zu berichten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="114241062"/>
+          <w:numId w:val="285821507"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann darüber hinaus von den Geschäftsführern
 jederzeit einen Bericht über die Angelegenheiten der Gesellschaft
 verlangen. Auch ein einzelnes Beiratsmitglied kann einen Bericht,
 jedoch nur an den Beirat als solchen verlangen. Lehnen die
 Geschäftsführer die Berichterstattung ab, so kann der Bericht nur
 dann verlangt werden, wenn ein anderes Mitglied des Beirates das
 Verlangen unterstützt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="114241062"/>
+          <w:numId w:val="285821507"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann die Bücher und Schriften der Gesellschaft und
 die Vermögensgegenstände, namentlich die Gesellschaftskasse und die
 Bestände an Wertpapieren und Waren einsehen und prüfen; er kann
 damit auch eines seiner Mitglieder oder für bestimmte Aufgaben
 besondere Sachverständige beauftragen.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1398,105 +1398,105 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="595950644"/>
+          <w:numId w:val="81619484"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung ist von allen Beiratsmitgliedern zu
 unterfertigen und zur Kenntnis zu nehmen. Bei Neuwahlen ist sie von
 den neu gewählten, erstmalig in den Beirat einziehenden
 Mitgliedern, ebenfalls zu unterfertigen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="595950644"/>
+          <w:numId w:val="81619484"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Änderung dieser Geschäftsordnung bedarf eines Beschlusses
 des Beirates mit Zweidrittelmehrheit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="595950644"/>
+          <w:numId w:val="81619484"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung tritt mit dem Tag der Beschlussfassung
 durch den Beirat in Kraft. Sie gilt auf unbestimmte Zeit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1835,51 +1835,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="595950644">
+  <w:abstractNum w:abstractNumId="81619484">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -1928,51 +1928,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="114241062">
+  <w:abstractNum w:abstractNumId="285821507">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2021,51 +2021,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="215184492">
+  <w:abstractNum w:abstractNumId="282292459">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2114,51 +2114,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="895316950">
+  <w:abstractNum w:abstractNumId="349609506">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2207,51 +2207,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="460594814">
+  <w:abstractNum w:abstractNumId="27688554">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2300,51 +2300,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="276848772">
+  <w:abstractNum w:abstractNumId="422041896">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2393,51 +2393,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="401505479">
+  <w:abstractNum w:abstractNumId="485395954">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2486,51 +2486,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="330241296">
+  <w:abstractNum w:abstractNumId="952716015">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2579,723 +2579,723 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403008">
+  <w:abstractNum w:abstractNumId="41092340">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92147390">
+    <w:lvl w:ilvl="0" w:tplc="21262774">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92147390" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21262774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403007">
+  <w:abstractNum w:abstractNumId="41092339">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88743516">
+    <w:lvl w:ilvl="0" w:tplc="52765779">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88743516" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52765779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403006">
+  <w:abstractNum w:abstractNumId="41092338">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69022331">
+    <w:lvl w:ilvl="0" w:tplc="33217915">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69022331" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33217915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403005">
+  <w:abstractNum w:abstractNumId="41092337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39736180">
+    <w:lvl w:ilvl="0" w:tplc="51750805">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39736180" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51750805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403004">
+  <w:abstractNum w:abstractNumId="41092336">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81995796">
+    <w:lvl w:ilvl="0" w:tplc="25716555">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81995796" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25716555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403003">
+  <w:abstractNum w:abstractNumId="41092335">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69798996">
+    <w:lvl w:ilvl="0" w:tplc="23473571">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69798996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23473571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403002">
+  <w:abstractNum w:abstractNumId="41092334">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42085615">
+    <w:lvl w:ilvl="0" w:tplc="90627641">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42085615" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90627641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403001">
+  <w:abstractNum w:abstractNumId="41092333">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14970655">
+    <w:lvl w:ilvl="0" w:tplc="62792839">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14970655" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62792839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="170705486">
+  <w:abstractNum w:abstractNumId="434062483">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3344,51 +3344,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="167216693">
+  <w:abstractNum w:abstractNumId="627234857">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3437,137 +3437,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10403000">
+  <w:abstractNum w:abstractNumId="41092332">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23511072">
+    <w:lvl w:ilvl="0" w:tplc="68741792">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23511072" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68741792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10402999">
+  <w:abstractNum w:abstractNumId="41092331">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62451494">
+    <w:lvl w:ilvl="0" w:tplc="29671244">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4319,109 +4319,109 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10402999">
-    <w:abstractNumId w:val="10402999"/>
+  <w:num w:numId="41092331">
+    <w:abstractNumId w:val="41092331"/>
   </w:num>
-  <w:num w:numId="10403000">
-    <w:abstractNumId w:val="10403000"/>
+  <w:num w:numId="41092332">
+    <w:abstractNumId w:val="41092332"/>
   </w:num>
-  <w:num w:numId="167216693">
-    <w:abstractNumId w:val="167216693"/>
+  <w:num w:numId="627234857">
+    <w:abstractNumId w:val="627234857"/>
   </w:num>
-  <w:num w:numId="170705486">
-    <w:abstractNumId w:val="170705486"/>
+  <w:num w:numId="434062483">
+    <w:abstractNumId w:val="434062483"/>
   </w:num>
-  <w:num w:numId="10403001">
-    <w:abstractNumId w:val="10403001"/>
+  <w:num w:numId="41092333">
+    <w:abstractNumId w:val="41092333"/>
   </w:num>
-  <w:num w:numId="10403002">
-    <w:abstractNumId w:val="10403002"/>
+  <w:num w:numId="41092334">
+    <w:abstractNumId w:val="41092334"/>
   </w:num>
-  <w:num w:numId="10403003">
-    <w:abstractNumId w:val="10403003"/>
+  <w:num w:numId="41092335">
+    <w:abstractNumId w:val="41092335"/>
   </w:num>
-  <w:num w:numId="10403004">
-    <w:abstractNumId w:val="10403004"/>
+  <w:num w:numId="41092336">
+    <w:abstractNumId w:val="41092336"/>
   </w:num>
-  <w:num w:numId="10403005">
-    <w:abstractNumId w:val="10403005"/>
+  <w:num w:numId="41092337">
+    <w:abstractNumId w:val="41092337"/>
   </w:num>
-  <w:num w:numId="10403006">
-    <w:abstractNumId w:val="10403006"/>
+  <w:num w:numId="41092338">
+    <w:abstractNumId w:val="41092338"/>
   </w:num>
-  <w:num w:numId="10403007">
-    <w:abstractNumId w:val="10403007"/>
+  <w:num w:numId="41092339">
+    <w:abstractNumId w:val="41092339"/>
   </w:num>
-  <w:num w:numId="10403008">
-    <w:abstractNumId w:val="10403008"/>
+  <w:num w:numId="41092340">
+    <w:abstractNumId w:val="41092340"/>
   </w:num>
-  <w:num w:numId="330241296">
-    <w:abstractNumId w:val="330241296"/>
+  <w:num w:numId="952716015">
+    <w:abstractNumId w:val="952716015"/>
   </w:num>
-  <w:num w:numId="401505479">
-    <w:abstractNumId w:val="401505479"/>
+  <w:num w:numId="485395954">
+    <w:abstractNumId w:val="485395954"/>
   </w:num>
-  <w:num w:numId="276848772">
-    <w:abstractNumId w:val="276848772"/>
+  <w:num w:numId="422041896">
+    <w:abstractNumId w:val="422041896"/>
   </w:num>
-  <w:num w:numId="460594814">
-    <w:abstractNumId w:val="460594814"/>
+  <w:num w:numId="27688554">
+    <w:abstractNumId w:val="27688554"/>
   </w:num>
-  <w:num w:numId="895316950">
-    <w:abstractNumId w:val="895316950"/>
+  <w:num w:numId="349609506">
+    <w:abstractNumId w:val="349609506"/>
   </w:num>
-  <w:num w:numId="215184492">
-    <w:abstractNumId w:val="215184492"/>
+  <w:num w:numId="282292459">
+    <w:abstractNumId w:val="282292459"/>
   </w:num>
-  <w:num w:numId="114241062">
-    <w:abstractNumId w:val="114241062"/>
+  <w:num w:numId="285821507">
+    <w:abstractNumId w:val="285821507"/>
   </w:num>
-  <w:num w:numId="595950644">
-    <w:abstractNumId w:val="595950644"/>
+  <w:num w:numId="81619484">
+    <w:abstractNumId w:val="81619484"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5232,51 +5232,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId607085704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId614492857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId222054269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId621391806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>