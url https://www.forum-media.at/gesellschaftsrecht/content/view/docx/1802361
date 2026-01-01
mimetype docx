--- v1 (2025-12-31)
+++ v2 (2026-01-01)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="82452455" w:name="document"/>
-    <w:bookmarkEnd w:id="82452455"/>
+    <w:bookmarkStart w:id="77509707" w:name="document"/>
+    <w:bookmarkEnd w:id="77509707"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1056064 | Wolfgang Steinberger |
 Muster | Erklärung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -190,670 +190,670 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Funktionsdauer, Wahl und
 Abberufung der Beiratsmitglieder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952716015"/>
+          <w:numId w:val="642929387"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beiratsmitglieder werden von der Generalversammlung für die
 Dauer von vier Jahren gewählt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952716015"/>
+          <w:numId w:val="642929387"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wiederwahl von Beiratsmitgliedern ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952716015"/>
+          <w:numId w:val="642929387"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidet ein Beiratsmitglied vor Ablauf seiner Funktionsperiode
 aus, so bedarf es der Ersatzwahl erst in der nächsten ordentlichen
 Generalversammlung. Eine Ersatzwahl durch eine außerordentliche
 Generalversammlung ist jedoch unverzüglich vorzunehmen, wenn die
 Anzahl der Beiratsmitglieder unter drei sinkt. Ein solcher
 Beschluss kann jedoch auch im Umlaufverfahren gefasst werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952716015"/>
+          <w:numId w:val="642929387"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedes Mitglied des Beirates kann seine Funktion unter
 Einhaltung einer vierwöchigen Frist ohne Angaben von Gründen durch
 schriftliche an den Geschäftsführer zu richtende Erklärung
 niederlegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="952716015"/>
+          <w:numId w:val="642929387"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wahl zum Beiratsmitglied kann vor Ablauf der
 Funktionsperiode von der Generalversammlung widerrufen werden. Der
 Beschluss bedarf einer Mehrheit von 3/4 der abgegebenen
 Stimmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Kompetenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat übt seine Tätigkeit aufgrund des
 Gesellschaftsvertrages sowie dieser Geschäftsordnung aus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Neben den im Gesellschaftsvertrag genannten Handlungen und
 Geschäften dürfen insbesondere folgende Handlungen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">nur mit Zustimmung des Beirates vorgenommen werden:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb, Veräußerung und Belastung von Liegenschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme und Aufgabe von Geschäftszweigen und
 Produktionsarten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung allgemeiner Grundsätze der Geschäftspolitik</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung des Jahresbudgets sowohl des Einzelbudgets für die
 Gesellschaft selbst, das konsolidierte Konzernbudget für eine
 allfällige (beherrschte) Gruppe der Gesellschaft, wobei das
 Jahresbudget bis spätestens 28.02. eines jeden Jahres für dieses
 Geschäftsjahr dem Beirat zur Genehmigung vorzulegen ist. Geschäfte,
 die im Rahmen des bewilligten Jahresbudgets vorgesehen sind,
 bedürfen keiner weiteren Genehmigung mehr nach dieser
 Vertragsbestimmung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Investition (darunter sind Gegenstände des Sachanlagevermögens,
 wie zB Gebäude, technische Anlagen, Maschinen, Betriebs- und
 Geschäftsausstattungen und dergleichen zu verstehen), deren
 Anschaffungskosten im Einzelfall netto EUR 1,000.000,– (eine
 Million Euro) oder insgesamt in einem Geschäftsjahr netto
 EUR 2,000.000,– (zwei Millionen Euro) übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme von Anleihen, Darlehen und Krediten, Eingehen von
 Wechsel- und Bürgschaftsverpflichtungen, Garantien,
 Sicherungsübereignungen, Pfandbestellungen, Schuldübernahmen und
 Übernahme sonstiger Haftungen soweit die Verbindlichkeiten im
 Einzelfall EUR 50.000,– (fünfzigtausend Euro) oder insgesamt
 in einem Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewährung von Darlehen und Krediten, soweit sie im Einzelfall
 EUR 50.000,– (fünfzigtausend Euro) oder insgesamt in einem
 Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb und Veräußerung von Beteiligungen sowie Erwerb,
 Veräußerung, Stilllegung und Ausgliederung von Unternehmen,
 Betrieben und Teilbetrieben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="485395954"/>
+          <w:numId w:val="400956119"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die in den oben angeführten Punkten a bis h Zustimmungsrechte
 gelten auch für solche Maßnahmen in Konzerngesellschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Zusammensetzung des
 Beirates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="422041896"/>
+          <w:numId w:val="25576055"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wählt unverzüglich nach der Bestellung seiner
 Mitglieder durch die Generalversammlung einen Vorsitzenden sowie
 einen Stellvertreter des Vorsitzenden. Die Wahl erfolgt für die
 gesamte Funktionsperiode als Beiratsmitglied, sofern der Beirat bei
 der Wahl des Vorsitzenden oder des Stellvertreters des Vorsitzenden
 keine andere Funktionsperiode festlegt. Die Wiederwahl zum
 Vorsitzenden oder zum Stellvertreter des Vorsitzenden ist
 zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="422041896"/>
+          <w:numId w:val="25576055"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist das Amt des Vorsitzenden des Beirates oder das Amt seines
 Stellvertreters vakant, so ist eine Ersatzwahl in der nächsten
 Sitzung des Beirates vorzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Sitzungen des Beirates,
 Einberufung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27688554"/>
+          <w:numId w:val="549254140"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Sitzungen des Beirates finden mindestens viermal jährlich
 (mindestens einmal in jedem Kalenderquartal) und im Bedarfsfalle,
 wenn es die Interessen der Gesellschaft erfordern, statt. Die
 Geschäftsführer nehmen an den Sitzungen des Beirates und von
 Beirats-Ausschüssen teil, soferne der Vorsitzende des Beirates im
 Einzelfall nichts anderes bestimmt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27688554"/>
+          <w:numId w:val="549254140"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wird vom Vorsitzenden, im Falle seiner Verhinderung
 von seinem Stellvertreter, einberufen. Eine Sitzung ist jedenfalls
 einzuberufen, wenn dies der Vorsitzende (sein Stellvertreter) für
 notwendig hält oder die Geschäftsführung, Ausschüsse des Beirates
 oder ein Mitglied des Beirates dies unter Angabe von Gründen
 verlangen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27688554"/>
+          <w:numId w:val="549254140"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einberufungsfrist beträgt für alle Sitzungen des Beirates
 14 Tage. In dringenden Fällen kann die Frist vom Vorsitzenden des
 Beirates oder dem hilfsweise einberufenden Vorstand bzw
 Beiratsmitglied verkürzt werden. Die Einberufung erfolgt
 schriftlich (Brief, Fax oder E-Mail) unter Bekanntgabe der
 Tagesordnung. Die Einladung ist an die jeweils zuletzt bekannt
 gegebene Adresse, Faxnummer oder E-Mail-Adresse des einzuladenden
 Beiratsmitgliedes zu senden.</w:t>
@@ -862,301 +862,301 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Beschlussfassung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="349609506"/>
+          <w:numId w:val="557537592"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat ist beschlussfähig, wenn mindestens zwei Mitglieder,
 darunter der Vorsitzende oder sein Stellvertreter, anwesend sind.
 Der Vorsitzende, in dessen Verhinderung sein Stellvertreter, leitet
 die Sitzung und bestimmt die Art der Abstimmung.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="349609506"/>
+          <w:numId w:val="557537592"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates werden, soweit durch Vertrag keine
 andere Mehrheit zwingend vorgeschrieben ist, mit einfacher Mehrheit
 der abgegebenen Stimmen gefasst; im Falle der Stimmengleichheit
 entscheidet die Stimme des Vorsitzenden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="349609506"/>
+          <w:numId w:val="557537592"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zu den Sitzungen des Beirates können nach Ermessen des
 Vorsitzenden des Beirates Arbeitnehmer der Gesellschaft,
 Sachverständige und Auskunftspersonen zur Beratung über einzelne
 Gegenstände zugezogen werden. Diese Personen haben kein Stimmrecht.
 Der Vorsitzende des Beirates kann Arbeitnehmer oder Berater der
 Gesellschaft auch nur zu Teilen der Beiratssitzung zulassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="349609506"/>
+          <w:numId w:val="557537592"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Beiratsmitglied kann ein anderes Beiratsmitglied
 schriftlich mit seiner Vertretung bei einer einzelnen Sitzung
 betrauen. Das vertretene Beiratsmitglied ist bei der Feststellung
 der Beschlussfähigkeit einer Sitzung nicht mitzuzählen. Das Recht
 den Vorsitz zu führen kann nicht übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="349609506"/>
+          <w:numId w:val="557537592"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates können auf schriftlichem Wege
 (Brief, Telefax) gefasst werden, wenn kein Mitglied des Beirates
 diesem Verfahren widerspricht. Eine Vertretung des
 Beiratsmitgliedes ist bei der Beschlussfassung in schriftlichem
 Wege nicht zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="349609506"/>
+          <w:numId w:val="557537592"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über die Verhandlungen und Beschlüsse des Beirates ist eine
 Niederschrift anzufertigen, die vom Leiter der Sitzung zu
 unterzeichnen ist. Auf Verlangen eines Beiratsmitgliedes ist seine
 vom Beschluss abweichende Meinung in die Niederschrift aufzunehmen.
 Auf Verlangen des Vorsitzenden hat das Beiratsmitglied seine
 abweichende Auffassung selbst im Anschluss an die Niederschrift
 festzulegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="349609506"/>
+          <w:numId w:val="557537592"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die schriftliche, fernmündliche oder eine vergleichbare Form
 der Stimmabgabe einzelner Beiratsmitglieder ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Ausschüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="282292459"/>
+          <w:numId w:val="209081608"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann aus seiner Mitte Ausschüsse bilden. Ihre
 Aufgaben und Befugnisse sowie ihre allfällige Geschäftsordnung
 werden vom Beirat festgelegt; den Ausschüssen kann auch die
 Befugnis zu Entscheidungen übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="282292459"/>
+          <w:numId w:val="209081608"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist ein Ausschuss gebildet, so besteht dieser aus mindestens
 drei Mitgliedern, zu denen der Vorsitzende des Beirates oder ein
 Stellvertreter gehören muss.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -1248,108 +1248,108 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Berichtspflicht,
 Auskunftsrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="285821507"/>
+          <w:numId w:val="811670986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Vorstand hat dem Beirat regelmäßig über wichtige Umstände,
 welche die Gesellschaft betreffen, zu berichten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="285821507"/>
+          <w:numId w:val="811670986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann darüber hinaus von den Geschäftsführern
 jederzeit einen Bericht über die Angelegenheiten der Gesellschaft
 verlangen. Auch ein einzelnes Beiratsmitglied kann einen Bericht,
 jedoch nur an den Beirat als solchen verlangen. Lehnen die
 Geschäftsführer die Berichterstattung ab, so kann der Bericht nur
 dann verlangt werden, wenn ein anderes Mitglied des Beirates das
 Verlangen unterstützt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="285821507"/>
+          <w:numId w:val="811670986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann die Bücher und Schriften der Gesellschaft und
 die Vermögensgegenstände, namentlich die Gesellschaftskasse und die
 Bestände an Wertpapieren und Waren einsehen und prüfen; er kann
 damit auch eines seiner Mitglieder oder für bestimmte Aufgaben
 besondere Sachverständige beauftragen.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1398,105 +1398,105 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="81619484"/>
+          <w:numId w:val="361363286"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung ist von allen Beiratsmitgliedern zu
 unterfertigen und zur Kenntnis zu nehmen. Bei Neuwahlen ist sie von
 den neu gewählten, erstmalig in den Beirat einziehenden
 Mitgliedern, ebenfalls zu unterfertigen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="81619484"/>
+          <w:numId w:val="361363286"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Änderung dieser Geschäftsordnung bedarf eines Beschlusses
 des Beirates mit Zweidrittelmehrheit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="81619484"/>
+          <w:numId w:val="361363286"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung tritt mit dem Tag der Beschlussfassung
 durch den Beirat in Kraft. Sie gilt auf unbestimmte Zeit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1835,51 +1835,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81619484">
+  <w:abstractNum w:abstractNumId="361363286">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -1928,51 +1928,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="285821507">
+  <w:abstractNum w:abstractNumId="811670986">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2021,51 +2021,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="282292459">
+  <w:abstractNum w:abstractNumId="209081608">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2114,51 +2114,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="349609506">
+  <w:abstractNum w:abstractNumId="557537592">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2207,51 +2207,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27688554">
+  <w:abstractNum w:abstractNumId="549254140">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2300,51 +2300,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="422041896">
+  <w:abstractNum w:abstractNumId="25576055">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2393,51 +2393,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="485395954">
+  <w:abstractNum w:abstractNumId="400956119">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2486,51 +2486,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="952716015">
+  <w:abstractNum w:abstractNumId="642929387">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2579,723 +2579,723 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092340">
+  <w:abstractNum w:abstractNumId="29057742">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21262774">
+    <w:lvl w:ilvl="0" w:tplc="54300906">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21262774" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54300906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092339">
+  <w:abstractNum w:abstractNumId="29057741">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52765779">
+    <w:lvl w:ilvl="0" w:tplc="58202279">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52765779" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58202279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092338">
+  <w:abstractNum w:abstractNumId="29057740">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33217915">
+    <w:lvl w:ilvl="0" w:tplc="14661178">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33217915" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14661178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092337">
+  <w:abstractNum w:abstractNumId="29057739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51750805">
+    <w:lvl w:ilvl="0" w:tplc="19792746">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51750805" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19792746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092336">
+  <w:abstractNum w:abstractNumId="29057738">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25716555">
+    <w:lvl w:ilvl="0" w:tplc="52902850">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25716555" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52902850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092335">
+  <w:abstractNum w:abstractNumId="29057737">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23473571">
+    <w:lvl w:ilvl="0" w:tplc="57747070">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23473571" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57747070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092334">
+  <w:abstractNum w:abstractNumId="29057736">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90627641">
+    <w:lvl w:ilvl="0" w:tplc="71062350">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90627641" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71062350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092333">
+  <w:abstractNum w:abstractNumId="29057735">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62792839">
+    <w:lvl w:ilvl="0" w:tplc="62575163">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62792839" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62575163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="434062483">
+  <w:abstractNum w:abstractNumId="687105409">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3344,51 +3344,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="627234857">
+  <w:abstractNum w:abstractNumId="177554212">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3437,137 +3437,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092332">
+  <w:abstractNum w:abstractNumId="29057734">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68741792">
+    <w:lvl w:ilvl="0" w:tplc="78588603">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68741792" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78588603" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41092331">
+  <w:abstractNum w:abstractNumId="29057733">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29671244">
+    <w:lvl w:ilvl="0" w:tplc="68366935">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4319,109 +4319,109 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41092331">
-    <w:abstractNumId w:val="41092331"/>
+  <w:num w:numId="29057733">
+    <w:abstractNumId w:val="29057733"/>
   </w:num>
-  <w:num w:numId="41092332">
-    <w:abstractNumId w:val="41092332"/>
+  <w:num w:numId="29057734">
+    <w:abstractNumId w:val="29057734"/>
   </w:num>
-  <w:num w:numId="627234857">
-    <w:abstractNumId w:val="627234857"/>
+  <w:num w:numId="177554212">
+    <w:abstractNumId w:val="177554212"/>
   </w:num>
-  <w:num w:numId="434062483">
-    <w:abstractNumId w:val="434062483"/>
+  <w:num w:numId="687105409">
+    <w:abstractNumId w:val="687105409"/>
   </w:num>
-  <w:num w:numId="41092333">
-    <w:abstractNumId w:val="41092333"/>
+  <w:num w:numId="29057735">
+    <w:abstractNumId w:val="29057735"/>
   </w:num>
-  <w:num w:numId="41092334">
-    <w:abstractNumId w:val="41092334"/>
+  <w:num w:numId="29057736">
+    <w:abstractNumId w:val="29057736"/>
   </w:num>
-  <w:num w:numId="41092335">
-    <w:abstractNumId w:val="41092335"/>
+  <w:num w:numId="29057737">
+    <w:abstractNumId w:val="29057737"/>
   </w:num>
-  <w:num w:numId="41092336">
-    <w:abstractNumId w:val="41092336"/>
+  <w:num w:numId="29057738">
+    <w:abstractNumId w:val="29057738"/>
   </w:num>
-  <w:num w:numId="41092337">
-    <w:abstractNumId w:val="41092337"/>
+  <w:num w:numId="29057739">
+    <w:abstractNumId w:val="29057739"/>
   </w:num>
-  <w:num w:numId="41092338">
-    <w:abstractNumId w:val="41092338"/>
+  <w:num w:numId="29057740">
+    <w:abstractNumId w:val="29057740"/>
   </w:num>
-  <w:num w:numId="41092339">
-    <w:abstractNumId w:val="41092339"/>
+  <w:num w:numId="29057741">
+    <w:abstractNumId w:val="29057741"/>
   </w:num>
-  <w:num w:numId="41092340">
-    <w:abstractNumId w:val="41092340"/>
+  <w:num w:numId="29057742">
+    <w:abstractNumId w:val="29057742"/>
   </w:num>
-  <w:num w:numId="952716015">
-    <w:abstractNumId w:val="952716015"/>
+  <w:num w:numId="642929387">
+    <w:abstractNumId w:val="642929387"/>
   </w:num>
-  <w:num w:numId="485395954">
-    <w:abstractNumId w:val="485395954"/>
+  <w:num w:numId="400956119">
+    <w:abstractNumId w:val="400956119"/>
   </w:num>
-  <w:num w:numId="422041896">
-    <w:abstractNumId w:val="422041896"/>
+  <w:num w:numId="25576055">
+    <w:abstractNumId w:val="25576055"/>
   </w:num>
-  <w:num w:numId="27688554">
-    <w:abstractNumId w:val="27688554"/>
+  <w:num w:numId="549254140">
+    <w:abstractNumId w:val="549254140"/>
   </w:num>
-  <w:num w:numId="349609506">
-    <w:abstractNumId w:val="349609506"/>
+  <w:num w:numId="557537592">
+    <w:abstractNumId w:val="557537592"/>
   </w:num>
-  <w:num w:numId="282292459">
-    <w:abstractNumId w:val="282292459"/>
+  <w:num w:numId="209081608">
+    <w:abstractNumId w:val="209081608"/>
   </w:num>
-  <w:num w:numId="285821507">
-    <w:abstractNumId w:val="285821507"/>
+  <w:num w:numId="811670986">
+    <w:abstractNumId w:val="811670986"/>
   </w:num>
-  <w:num w:numId="81619484">
-    <w:abstractNumId w:val="81619484"/>
+  <w:num w:numId="361363286">
+    <w:abstractNumId w:val="361363286"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5232,51 +5232,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId222054269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId621391806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId712194554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId405237759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>