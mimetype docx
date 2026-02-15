--- v2 (2026-01-01)
+++ v3 (2026-02-15)
@@ -15,108 +15,104 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="77509707" w:name="document"/>
-    <w:bookmarkEnd w:id="77509707"/>
+    <w:bookmarkStart w:id="90121735" w:name="document"/>
+    <w:bookmarkEnd w:id="90121735"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1056064 | Wolfgang Steinberger |
 Muster | Erklärung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Geschäftsordnung des Beirates einer GmbH
 (aufsichtsratsähnlich)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Geschäftsordung für den Beirat der
 AB Gesellschaft mbH</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemäß Artikel … des Gesellschaftsvertrages der AB Gesellschaft
 mbH ist ein Beirat als weiteres Organ vorgesehen. Dieser hat vor
@@ -135,1368 +131,1344 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat hat sich durch einstimmigen Beschluss vom … folgende
 Geschäftsordnung gegeben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 Zusammensetzung des
 Beirates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat besteht aus drei von der Generalversammlung gewählten
 Mitgliedern.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Funktionsdauer, Wahl und
 Abberufung der Beiratsmitglieder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="642929387"/>
+          <w:numId w:val="163053147"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beiratsmitglieder werden von der Generalversammlung für die
 Dauer von vier Jahren gewählt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="642929387"/>
+          <w:numId w:val="163053147"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wiederwahl von Beiratsmitgliedern ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="642929387"/>
+          <w:numId w:val="163053147"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidet ein Beiratsmitglied vor Ablauf seiner Funktionsperiode
 aus, so bedarf es der Ersatzwahl erst in der nächsten ordentlichen
 Generalversammlung. Eine Ersatzwahl durch eine außerordentliche
 Generalversammlung ist jedoch unverzüglich vorzunehmen, wenn die
 Anzahl der Beiratsmitglieder unter drei sinkt. Ein solcher
 Beschluss kann jedoch auch im Umlaufverfahren gefasst werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="642929387"/>
+          <w:numId w:val="163053147"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedes Mitglied des Beirates kann seine Funktion unter
 Einhaltung einer vierwöchigen Frist ohne Angaben von Gründen durch
 schriftliche an den Geschäftsführer zu richtende Erklärung
 niederlegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="642929387"/>
+          <w:numId w:val="163053147"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wahl zum Beiratsmitglied kann vor Ablauf der
 Funktionsperiode von der Generalversammlung widerrufen werden. Der
 Beschluss bedarf einer Mehrheit von 3/4 der abgegebenen
 Stimmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Kompetenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat übt seine Tätigkeit aufgrund des
 Gesellschaftsvertrages sowie dieser Geschäftsordnung aus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Neben den im Gesellschaftsvertrag genannten Handlungen und
 Geschäften dürfen insbesondere folgende Handlungen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">nur mit Zustimmung des Beirates vorgenommen werden:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb, Veräußerung und Belastung von Liegenschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme und Aufgabe von Geschäftszweigen und
 Produktionsarten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung allgemeiner Grundsätze der Geschäftspolitik</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung des Jahresbudgets sowohl des Einzelbudgets für die
 Gesellschaft selbst, das konsolidierte Konzernbudget für eine
 allfällige (beherrschte) Gruppe der Gesellschaft, wobei das
 Jahresbudget bis spätestens 28.02. eines jeden Jahres für dieses
 Geschäftsjahr dem Beirat zur Genehmigung vorzulegen ist. Geschäfte,
 die im Rahmen des bewilligten Jahresbudgets vorgesehen sind,
 bedürfen keiner weiteren Genehmigung mehr nach dieser
 Vertragsbestimmung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Investition (darunter sind Gegenstände des Sachanlagevermögens,
 wie zB Gebäude, technische Anlagen, Maschinen, Betriebs- und
 Geschäftsausstattungen und dergleichen zu verstehen), deren
 Anschaffungskosten im Einzelfall netto EUR 1,000.000,– (eine
 Million Euro) oder insgesamt in einem Geschäftsjahr netto
 EUR 2,000.000,– (zwei Millionen Euro) übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme von Anleihen, Darlehen und Krediten, Eingehen von
 Wechsel- und Bürgschaftsverpflichtungen, Garantien,
 Sicherungsübereignungen, Pfandbestellungen, Schuldübernahmen und
 Übernahme sonstiger Haftungen soweit die Verbindlichkeiten im
 Einzelfall EUR 50.000,– (fünfzigtausend Euro) oder insgesamt
 in einem Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewährung von Darlehen und Krediten, soweit sie im Einzelfall
 EUR 50.000,– (fünfzigtausend Euro) oder insgesamt in einem
 Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb und Veräußerung von Beteiligungen sowie Erwerb,
 Veräußerung, Stilllegung und Ausgliederung von Unternehmen,
 Betrieben und Teilbetrieben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="400956119"/>
+          <w:numId w:val="827238559"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die in den oben angeführten Punkten a bis h Zustimmungsrechte
 gelten auch für solche Maßnahmen in Konzerngesellschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Zusammensetzung des
 Beirates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25576055"/>
+          <w:numId w:val="313745453"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wählt unverzüglich nach der Bestellung seiner
 Mitglieder durch die Generalversammlung einen Vorsitzenden sowie
 einen Stellvertreter des Vorsitzenden. Die Wahl erfolgt für die
 gesamte Funktionsperiode als Beiratsmitglied, sofern der Beirat bei
 der Wahl des Vorsitzenden oder des Stellvertreters des Vorsitzenden
 keine andere Funktionsperiode festlegt. Die Wiederwahl zum
 Vorsitzenden oder zum Stellvertreter des Vorsitzenden ist
 zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25576055"/>
+          <w:numId w:val="313745453"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist das Amt des Vorsitzenden des Beirates oder das Amt seines
 Stellvertreters vakant, so ist eine Ersatzwahl in der nächsten
 Sitzung des Beirates vorzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Sitzungen des Beirates,
 Einberufung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="549254140"/>
+          <w:numId w:val="235339345"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Sitzungen des Beirates finden mindestens viermal jährlich
 (mindestens einmal in jedem Kalenderquartal) und im Bedarfsfalle,
 wenn es die Interessen der Gesellschaft erfordern, statt. Die
 Geschäftsführer nehmen an den Sitzungen des Beirates und von
 Beirats-Ausschüssen teil, soferne der Vorsitzende des Beirates im
 Einzelfall nichts anderes bestimmt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="549254140"/>
+          <w:numId w:val="235339345"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wird vom Vorsitzenden, im Falle seiner Verhinderung
 von seinem Stellvertreter, einberufen. Eine Sitzung ist jedenfalls
 einzuberufen, wenn dies der Vorsitzende (sein Stellvertreter) für
 notwendig hält oder die Geschäftsführung, Ausschüsse des Beirates
 oder ein Mitglied des Beirates dies unter Angabe von Gründen
 verlangen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="549254140"/>
+          <w:numId w:val="235339345"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einberufungsfrist beträgt für alle Sitzungen des Beirates
 14 Tage. In dringenden Fällen kann die Frist vom Vorsitzenden des
 Beirates oder dem hilfsweise einberufenden Vorstand bzw
 Beiratsmitglied verkürzt werden. Die Einberufung erfolgt
 schriftlich (Brief, Fax oder E-Mail) unter Bekanntgabe der
 Tagesordnung. Die Einladung ist an die jeweils zuletzt bekannt
 gegebene Adresse, Faxnummer oder E-Mail-Adresse des einzuladenden
 Beiratsmitgliedes zu senden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Beschlussfassung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557537592"/>
+          <w:numId w:val="594072539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat ist beschlussfähig, wenn mindestens zwei Mitglieder,
 darunter der Vorsitzende oder sein Stellvertreter, anwesend sind.
 Der Vorsitzende, in dessen Verhinderung sein Stellvertreter, leitet
 die Sitzung und bestimmt die Art der Abstimmung.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557537592"/>
+          <w:numId w:val="594072539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates werden, soweit durch Vertrag keine
 andere Mehrheit zwingend vorgeschrieben ist, mit einfacher Mehrheit
 der abgegebenen Stimmen gefasst; im Falle der Stimmengleichheit
 entscheidet die Stimme des Vorsitzenden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557537592"/>
+          <w:numId w:val="594072539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zu den Sitzungen des Beirates können nach Ermessen des
 Vorsitzenden des Beirates Arbeitnehmer der Gesellschaft,
 Sachverständige und Auskunftspersonen zur Beratung über einzelne
 Gegenstände zugezogen werden. Diese Personen haben kein Stimmrecht.
 Der Vorsitzende des Beirates kann Arbeitnehmer oder Berater der
 Gesellschaft auch nur zu Teilen der Beiratssitzung zulassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557537592"/>
+          <w:numId w:val="594072539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Beiratsmitglied kann ein anderes Beiratsmitglied
 schriftlich mit seiner Vertretung bei einer einzelnen Sitzung
 betrauen. Das vertretene Beiratsmitglied ist bei der Feststellung
 der Beschlussfähigkeit einer Sitzung nicht mitzuzählen. Das Recht
 den Vorsitz zu führen kann nicht übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557537592"/>
+          <w:numId w:val="594072539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates können auf schriftlichem Wege
 (Brief, Telefax) gefasst werden, wenn kein Mitglied des Beirates
 diesem Verfahren widerspricht. Eine Vertretung des
 Beiratsmitgliedes ist bei der Beschlussfassung in schriftlichem
 Wege nicht zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557537592"/>
+          <w:numId w:val="594072539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über die Verhandlungen und Beschlüsse des Beirates ist eine
 Niederschrift anzufertigen, die vom Leiter der Sitzung zu
 unterzeichnen ist. Auf Verlangen eines Beiratsmitgliedes ist seine
 vom Beschluss abweichende Meinung in die Niederschrift aufzunehmen.
 Auf Verlangen des Vorsitzenden hat das Beiratsmitglied seine
 abweichende Auffassung selbst im Anschluss an die Niederschrift
 festzulegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557537592"/>
+          <w:numId w:val="594072539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die schriftliche, fernmündliche oder eine vergleichbare Form
 der Stimmabgabe einzelner Beiratsmitglieder ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Ausschüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="209081608"/>
+          <w:numId w:val="737262870"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann aus seiner Mitte Ausschüsse bilden. Ihre
 Aufgaben und Befugnisse sowie ihre allfällige Geschäftsordnung
 werden vom Beirat festgelegt; den Ausschüssen kann auch die
 Befugnis zu Entscheidungen übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="209081608"/>
+          <w:numId w:val="737262870"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist ein Ausschuss gebildet, so besteht dieser aus mindestens
 drei Mitgliedern, zu denen der Vorsitzende des Beirates oder ein
 Stellvertreter gehören muss.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 8 Erklärungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erklärungen des Beirates oder seiner Ausschüsse sind vom
 Vorsitzenden des Beirates, im Falle seiner Verhinderung von seinem
 Stellvertreter abzugeben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 9 Vergütungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Mitglieder des Beirates, sowie der Ausschüsse erhalten für
 jede Sitzung eine Pauschale von EUR … Der Vorsitzende erhält
 zusätzlich einen Betrag von EUR …, der Stellvertreter des
 Vorsitzenden EUR … Allen Beiratsmitgliedern sind gegen
 Nachweis ihre Barauslagen zu ersetzen. Die Generalversammlung kann
 außerdem beschließen, dem Beirat eine darüber hinausgehende
 Vergütung zu gewähren, wenn dessen Tätigkeit besonders zeitintensiv
 gewesen ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Berichtspflicht,
 Auskunftsrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="811670986"/>
+          <w:numId w:val="374555813"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Vorstand hat dem Beirat regelmäßig über wichtige Umstände,
 welche die Gesellschaft betreffen, zu berichten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="811670986"/>
+          <w:numId w:val="374555813"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann darüber hinaus von den Geschäftsführern
 jederzeit einen Bericht über die Angelegenheiten der Gesellschaft
 verlangen. Auch ein einzelnes Beiratsmitglied kann einen Bericht,
 jedoch nur an den Beirat als solchen verlangen. Lehnen die
 Geschäftsführer die Berichterstattung ab, so kann der Bericht nur
 dann verlangt werden, wenn ein anderes Mitglied des Beirates das
 Verlangen unterstützt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="811670986"/>
+          <w:numId w:val="374555813"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann die Bücher und Schriften der Gesellschaft und
 die Vermögensgegenstände, namentlich die Gesellschaftskasse und die
 Bestände an Wertpapieren und Waren einsehen und prüfen; er kann
 damit auch eines seiner Mitglieder oder für bestimmte Aufgaben
 besondere Sachverständige beauftragen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 11 Geheimhaltung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedes Beiratsmitglied hat alle ihm bei der Wahrnehmung seiner
 Tätigkeit zukommenden Informationen als Geschäfts-
 und Betriebsgeheimnis zu wahren; die
 Geheimhaltungsverpflichtung bleibt auch nach dem Ausscheiden aus
 dem Beirat bestehen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="361363286"/>
+          <w:numId w:val="236028112"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung ist von allen Beiratsmitgliedern zu
 unterfertigen und zur Kenntnis zu nehmen. Bei Neuwahlen ist sie von
 den neu gewählten, erstmalig in den Beirat einziehenden
 Mitgliedern, ebenfalls zu unterfertigen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="361363286"/>
+          <w:numId w:val="236028112"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Änderung dieser Geschäftsordnung bedarf eines Beschlusses
 des Beirates mit Zweidrittelmehrheit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="361363286"/>
+          <w:numId w:val="236028112"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung tritt mit dem Tag der Beschlussfassung
 durch den Beirat in Kraft. Sie gilt auf unbestimmte Zeit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1835,51 +1807,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="361363286">
+  <w:abstractNum w:abstractNumId="236028112">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -1928,51 +1900,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="811670986">
+  <w:abstractNum w:abstractNumId="374555813">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2021,51 +1993,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="209081608">
+  <w:abstractNum w:abstractNumId="737262870">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2114,51 +2086,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="557537592">
+  <w:abstractNum w:abstractNumId="594072539">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2207,51 +2179,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="549254140">
+  <w:abstractNum w:abstractNumId="235339345">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2300,51 +2272,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25576055">
+  <w:abstractNum w:abstractNumId="313745453">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2393,51 +2365,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="400956119">
+  <w:abstractNum w:abstractNumId="827238559">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2486,51 +2458,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="642929387">
+  <w:abstractNum w:abstractNumId="163053147">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2579,723 +2551,723 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057742">
+  <w:abstractNum w:abstractNumId="60849247">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54300906">
+    <w:lvl w:ilvl="0" w:tplc="23949037">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54300906" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23949037" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057741">
+  <w:abstractNum w:abstractNumId="60849246">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58202279">
+    <w:lvl w:ilvl="0" w:tplc="85860227">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58202279" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85860227" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057740">
+  <w:abstractNum w:abstractNumId="60849245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14661178">
+    <w:lvl w:ilvl="0" w:tplc="63014168">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14661178" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63014168" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057739">
+  <w:abstractNum w:abstractNumId="60849244">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19792746">
+    <w:lvl w:ilvl="0" w:tplc="63259493">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19792746" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63259493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057738">
+  <w:abstractNum w:abstractNumId="60849243">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52902850">
+    <w:lvl w:ilvl="0" w:tplc="20969573">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52902850" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20969573" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057737">
+  <w:abstractNum w:abstractNumId="60849242">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57747070">
+    <w:lvl w:ilvl="0" w:tplc="42203173">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57747070" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42203173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057736">
+  <w:abstractNum w:abstractNumId="60849241">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71062350">
+    <w:lvl w:ilvl="0" w:tplc="29350474">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71062350" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29350474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057735">
+  <w:abstractNum w:abstractNumId="60849240">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62575163">
+    <w:lvl w:ilvl="0" w:tplc="54277492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62575163" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54277492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="687105409">
+  <w:abstractNum w:abstractNumId="584114244">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3344,51 +3316,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="177554212">
+  <w:abstractNum w:abstractNumId="734373917">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3437,137 +3409,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057734">
+  <w:abstractNum w:abstractNumId="60849239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78588603">
+    <w:lvl w:ilvl="0" w:tplc="64073202">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78588603" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64073202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29057733">
+  <w:abstractNum w:abstractNumId="60849238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68366935">
+    <w:lvl w:ilvl="0" w:tplc="53333513">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4319,109 +4291,109 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29057733">
-    <w:abstractNumId w:val="29057733"/>
+  <w:num w:numId="60849238">
+    <w:abstractNumId w:val="60849238"/>
   </w:num>
-  <w:num w:numId="29057734">
-    <w:abstractNumId w:val="29057734"/>
+  <w:num w:numId="60849239">
+    <w:abstractNumId w:val="60849239"/>
   </w:num>
-  <w:num w:numId="177554212">
-    <w:abstractNumId w:val="177554212"/>
+  <w:num w:numId="734373917">
+    <w:abstractNumId w:val="734373917"/>
   </w:num>
-  <w:num w:numId="687105409">
-    <w:abstractNumId w:val="687105409"/>
+  <w:num w:numId="584114244">
+    <w:abstractNumId w:val="584114244"/>
   </w:num>
-  <w:num w:numId="29057735">
-    <w:abstractNumId w:val="29057735"/>
+  <w:num w:numId="60849240">
+    <w:abstractNumId w:val="60849240"/>
   </w:num>
-  <w:num w:numId="29057736">
-    <w:abstractNumId w:val="29057736"/>
+  <w:num w:numId="60849241">
+    <w:abstractNumId w:val="60849241"/>
   </w:num>
-  <w:num w:numId="29057737">
-    <w:abstractNumId w:val="29057737"/>
+  <w:num w:numId="60849242">
+    <w:abstractNumId w:val="60849242"/>
   </w:num>
-  <w:num w:numId="29057738">
-    <w:abstractNumId w:val="29057738"/>
+  <w:num w:numId="60849243">
+    <w:abstractNumId w:val="60849243"/>
   </w:num>
-  <w:num w:numId="29057739">
-    <w:abstractNumId w:val="29057739"/>
+  <w:num w:numId="60849244">
+    <w:abstractNumId w:val="60849244"/>
   </w:num>
-  <w:num w:numId="29057740">
-    <w:abstractNumId w:val="29057740"/>
+  <w:num w:numId="60849245">
+    <w:abstractNumId w:val="60849245"/>
   </w:num>
-  <w:num w:numId="29057741">
-    <w:abstractNumId w:val="29057741"/>
+  <w:num w:numId="60849246">
+    <w:abstractNumId w:val="60849246"/>
   </w:num>
-  <w:num w:numId="29057742">
-    <w:abstractNumId w:val="29057742"/>
+  <w:num w:numId="60849247">
+    <w:abstractNumId w:val="60849247"/>
   </w:num>
-  <w:num w:numId="642929387">
-    <w:abstractNumId w:val="642929387"/>
+  <w:num w:numId="163053147">
+    <w:abstractNumId w:val="163053147"/>
   </w:num>
-  <w:num w:numId="400956119">
-    <w:abstractNumId w:val="400956119"/>
+  <w:num w:numId="827238559">
+    <w:abstractNumId w:val="827238559"/>
   </w:num>
-  <w:num w:numId="25576055">
-    <w:abstractNumId w:val="25576055"/>
+  <w:num w:numId="313745453">
+    <w:abstractNumId w:val="313745453"/>
   </w:num>
-  <w:num w:numId="549254140">
-    <w:abstractNumId w:val="549254140"/>
+  <w:num w:numId="235339345">
+    <w:abstractNumId w:val="235339345"/>
   </w:num>
-  <w:num w:numId="557537592">
-    <w:abstractNumId w:val="557537592"/>
+  <w:num w:numId="594072539">
+    <w:abstractNumId w:val="594072539"/>
   </w:num>
-  <w:num w:numId="209081608">
-    <w:abstractNumId w:val="209081608"/>
+  <w:num w:numId="737262870">
+    <w:abstractNumId w:val="737262870"/>
   </w:num>
-  <w:num w:numId="811670986">
-    <w:abstractNumId w:val="811670986"/>
+  <w:num w:numId="374555813">
+    <w:abstractNumId w:val="374555813"/>
   </w:num>
-  <w:num w:numId="361363286">
-    <w:abstractNumId w:val="361363286"/>
+  <w:num w:numId="236028112">
+    <w:abstractNumId w:val="236028112"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5232,51 +5204,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId712194554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId405237759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId303528287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId558940249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>