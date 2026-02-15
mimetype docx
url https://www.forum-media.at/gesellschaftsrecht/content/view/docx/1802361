--- v3 (2026-02-15)
+++ v4 (2026-02-15)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="90121735" w:name="document"/>
-    <w:bookmarkEnd w:id="90121735"/>
+    <w:bookmarkStart w:id="5064126" w:name="document"/>
+    <w:bookmarkEnd w:id="5064126"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1056064 | Wolfgang Steinberger |
 Muster | Erklärung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -182,963 +182,963 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Funktionsdauer, Wahl und
 Abberufung der Beiratsmitglieder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="163053147"/>
+          <w:numId w:val="790423707"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beiratsmitglieder werden von der Generalversammlung für die
 Dauer von vier Jahren gewählt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="163053147"/>
+          <w:numId w:val="790423707"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wiederwahl von Beiratsmitgliedern ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="163053147"/>
+          <w:numId w:val="790423707"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidet ein Beiratsmitglied vor Ablauf seiner Funktionsperiode
 aus, so bedarf es der Ersatzwahl erst in der nächsten ordentlichen
 Generalversammlung. Eine Ersatzwahl durch eine außerordentliche
 Generalversammlung ist jedoch unverzüglich vorzunehmen, wenn die
 Anzahl der Beiratsmitglieder unter drei sinkt. Ein solcher
 Beschluss kann jedoch auch im Umlaufverfahren gefasst werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="163053147"/>
+          <w:numId w:val="790423707"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedes Mitglied des Beirates kann seine Funktion unter
 Einhaltung einer vierwöchigen Frist ohne Angaben von Gründen durch
 schriftliche an den Geschäftsführer zu richtende Erklärung
 niederlegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="163053147"/>
+          <w:numId w:val="790423707"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wahl zum Beiratsmitglied kann vor Ablauf der
 Funktionsperiode von der Generalversammlung widerrufen werden. Der
 Beschluss bedarf einer Mehrheit von 3/4 der abgegebenen
 Stimmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Kompetenz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat übt seine Tätigkeit aufgrund des
 Gesellschaftsvertrages sowie dieser Geschäftsordnung aus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Neben den im Gesellschaftsvertrag genannten Handlungen und
 Geschäften dürfen insbesondere folgende Handlungen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">nur mit Zustimmung des Beirates vorgenommen werden:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb, Veräußerung und Belastung von Liegenschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme und Aufgabe von Geschäftszweigen und
 Produktionsarten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung allgemeiner Grundsätze der Geschäftspolitik</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Festlegung des Jahresbudgets sowohl des Einzelbudgets für die
 Gesellschaft selbst, das konsolidierte Konzernbudget für eine
 allfällige (beherrschte) Gruppe der Gesellschaft, wobei das
 Jahresbudget bis spätestens 28.02. eines jeden Jahres für dieses
 Geschäftsjahr dem Beirat zur Genehmigung vorzulegen ist. Geschäfte,
 die im Rahmen des bewilligten Jahresbudgets vorgesehen sind,
 bedürfen keiner weiteren Genehmigung mehr nach dieser
 Vertragsbestimmung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Investition (darunter sind Gegenstände des Sachanlagevermögens,
 wie zB Gebäude, technische Anlagen, Maschinen, Betriebs- und
 Geschäftsausstattungen und dergleichen zu verstehen), deren
 Anschaffungskosten im Einzelfall netto EUR 1,000.000,– (eine
 Million Euro) oder insgesamt in einem Geschäftsjahr netto
 EUR 2,000.000,– (zwei Millionen Euro) übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufnahme von Anleihen, Darlehen und Krediten, Eingehen von
 Wechsel- und Bürgschaftsverpflichtungen, Garantien,
 Sicherungsübereignungen, Pfandbestellungen, Schuldübernahmen und
 Übernahme sonstiger Haftungen soweit die Verbindlichkeiten im
 Einzelfall EUR 50.000,– (fünfzigtausend Euro) oder insgesamt
 in einem Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewährung von Darlehen und Krediten, soweit sie im Einzelfall
 EUR 50.000,– (fünfzigtausend Euro) oder insgesamt in einem
 Geschäftsjahr EUR 100.000,– (einhunderttausend Euro)
 übersteigen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb und Veräußerung von Beteiligungen sowie Erwerb,
 Veräußerung, Stilllegung und Ausgliederung von Unternehmen,
 Betrieben und Teilbetrieben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="827238559"/>
+          <w:numId w:val="741442774"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die in den oben angeführten Punkten a bis h Zustimmungsrechte
 gelten auch für solche Maßnahmen in Konzerngesellschaften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Zusammensetzung des
 Beirates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="313745453"/>
+          <w:numId w:val="44802964"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wählt unverzüglich nach der Bestellung seiner
 Mitglieder durch die Generalversammlung einen Vorsitzenden sowie
 einen Stellvertreter des Vorsitzenden. Die Wahl erfolgt für die
 gesamte Funktionsperiode als Beiratsmitglied, sofern der Beirat bei
 der Wahl des Vorsitzenden oder des Stellvertreters des Vorsitzenden
 keine andere Funktionsperiode festlegt. Die Wiederwahl zum
 Vorsitzenden oder zum Stellvertreter des Vorsitzenden ist
 zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="313745453"/>
+          <w:numId w:val="44802964"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist das Amt des Vorsitzenden des Beirates oder das Amt seines
 Stellvertreters vakant, so ist eine Ersatzwahl in der nächsten
 Sitzung des Beirates vorzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Sitzungen des Beirates,
 Einberufung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="235339345"/>
+          <w:numId w:val="666264563"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Sitzungen des Beirates finden mindestens viermal jährlich
 (mindestens einmal in jedem Kalenderquartal) und im Bedarfsfalle,
 wenn es die Interessen der Gesellschaft erfordern, statt. Die
 Geschäftsführer nehmen an den Sitzungen des Beirates und von
 Beirats-Ausschüssen teil, soferne der Vorsitzende des Beirates im
 Einzelfall nichts anderes bestimmt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="235339345"/>
+          <w:numId w:val="666264563"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat wird vom Vorsitzenden, im Falle seiner Verhinderung
 von seinem Stellvertreter, einberufen. Eine Sitzung ist jedenfalls
 einzuberufen, wenn dies der Vorsitzende (sein Stellvertreter) für
 notwendig hält oder die Geschäftsführung, Ausschüsse des Beirates
 oder ein Mitglied des Beirates dies unter Angabe von Gründen
 verlangen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="235339345"/>
+          <w:numId w:val="666264563"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einberufungsfrist beträgt für alle Sitzungen des Beirates
 14 Tage. In dringenden Fällen kann die Frist vom Vorsitzenden des
 Beirates oder dem hilfsweise einberufenden Vorstand bzw
 Beiratsmitglied verkürzt werden. Die Einberufung erfolgt
 schriftlich (Brief, Fax oder E-Mail) unter Bekanntgabe der
 Tagesordnung. Die Einladung ist an die jeweils zuletzt bekannt
 gegebene Adresse, Faxnummer oder E-Mail-Adresse des einzuladenden
 Beiratsmitgliedes zu senden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Beschlussfassung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="594072539"/>
+          <w:numId w:val="61030981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat ist beschlussfähig, wenn mindestens zwei Mitglieder,
 darunter der Vorsitzende oder sein Stellvertreter, anwesend sind.
 Der Vorsitzende, in dessen Verhinderung sein Stellvertreter, leitet
 die Sitzung und bestimmt die Art der Abstimmung.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="594072539"/>
+          <w:numId w:val="61030981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates werden, soweit durch Vertrag keine
 andere Mehrheit zwingend vorgeschrieben ist, mit einfacher Mehrheit
 der abgegebenen Stimmen gefasst; im Falle der Stimmengleichheit
 entscheidet die Stimme des Vorsitzenden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="594072539"/>
+          <w:numId w:val="61030981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zu den Sitzungen des Beirates können nach Ermessen des
 Vorsitzenden des Beirates Arbeitnehmer der Gesellschaft,
 Sachverständige und Auskunftspersonen zur Beratung über einzelne
 Gegenstände zugezogen werden. Diese Personen haben kein Stimmrecht.
 Der Vorsitzende des Beirates kann Arbeitnehmer oder Berater der
 Gesellschaft auch nur zu Teilen der Beiratssitzung zulassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="594072539"/>
+          <w:numId w:val="61030981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Beiratsmitglied kann ein anderes Beiratsmitglied
 schriftlich mit seiner Vertretung bei einer einzelnen Sitzung
 betrauen. Das vertretene Beiratsmitglied ist bei der Feststellung
 der Beschlussfähigkeit einer Sitzung nicht mitzuzählen. Das Recht
 den Vorsitz zu führen kann nicht übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="594072539"/>
+          <w:numId w:val="61030981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beschlüsse des Beirates können auf schriftlichem Wege
 (Brief, Telefax) gefasst werden, wenn kein Mitglied des Beirates
 diesem Verfahren widerspricht. Eine Vertretung des
 Beiratsmitgliedes ist bei der Beschlussfassung in schriftlichem
 Wege nicht zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="594072539"/>
+          <w:numId w:val="61030981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über die Verhandlungen und Beschlüsse des Beirates ist eine
 Niederschrift anzufertigen, die vom Leiter der Sitzung zu
 unterzeichnen ist. Auf Verlangen eines Beiratsmitgliedes ist seine
 vom Beschluss abweichende Meinung in die Niederschrift aufzunehmen.
 Auf Verlangen des Vorsitzenden hat das Beiratsmitglied seine
 abweichende Auffassung selbst im Anschluss an die Niederschrift
 festzulegen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="594072539"/>
+          <w:numId w:val="61030981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die schriftliche, fernmündliche oder eine vergleichbare Form
 der Stimmabgabe einzelner Beiratsmitglieder ist zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Ausschüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="737262870"/>
+          <w:numId w:val="860366406"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann aus seiner Mitte Ausschüsse bilden. Ihre
 Aufgaben und Befugnisse sowie ihre allfällige Geschäftsordnung
 werden vom Beirat festgelegt; den Ausschüssen kann auch die
 Befugnis zu Entscheidungen übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="737262870"/>
+          <w:numId w:val="860366406"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist ein Ausschuss gebildet, so besteht dieser aus mindestens
 drei Mitgliedern, zu denen der Vorsitzende des Beirates oder ein
 Stellvertreter gehören muss.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -1224,108 +1224,108 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Berichtspflicht,
 Auskunftsrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="374555813"/>
+          <w:numId w:val="313727327"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Vorstand hat dem Beirat regelmäßig über wichtige Umstände,
 welche die Gesellschaft betreffen, zu berichten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="374555813"/>
+          <w:numId w:val="313727327"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann darüber hinaus von den Geschäftsführern
 jederzeit einen Bericht über die Angelegenheiten der Gesellschaft
 verlangen. Auch ein einzelnes Beiratsmitglied kann einen Bericht,
 jedoch nur an den Beirat als solchen verlangen. Lehnen die
 Geschäftsführer die Berichterstattung ab, so kann der Bericht nur
 dann verlangt werden, wenn ein anderes Mitglied des Beirates das
 Verlangen unterstützt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="374555813"/>
+          <w:numId w:val="313727327"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Beirat kann die Bücher und Schriften der Gesellschaft und
 die Vermögensgegenstände, namentlich die Gesellschaftskasse und die
 Bestände an Wertpapieren und Waren einsehen und prüfen; er kann
 damit auch eines seiner Mitglieder oder für bestimmte Aufgaben
 besondere Sachverständige beauftragen.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1370,105 +1370,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="236028112"/>
+          <w:numId w:val="87634762"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung ist von allen Beiratsmitgliedern zu
 unterfertigen und zur Kenntnis zu nehmen. Bei Neuwahlen ist sie von
 den neu gewählten, erstmalig in den Beirat einziehenden
 Mitgliedern, ebenfalls zu unterfertigen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="236028112"/>
+          <w:numId w:val="87634762"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Änderung dieser Geschäftsordnung bedarf eines Beschlusses
 des Beirates mit Zweidrittelmehrheit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="236028112"/>
+          <w:numId w:val="87634762"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diese Geschäftsordnung tritt mit dem Tag der Beschlussfassung
 durch den Beirat in Kraft. Sie gilt auf unbestimmte Zeit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1807,51 +1807,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="236028112">
+  <w:abstractNum w:abstractNumId="87634762">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -1900,51 +1900,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="374555813">
+  <w:abstractNum w:abstractNumId="313727327">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -1993,51 +1993,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="737262870">
+  <w:abstractNum w:abstractNumId="860366406">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2086,51 +2086,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="594072539">
+  <w:abstractNum w:abstractNumId="61030981">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2179,51 +2179,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="235339345">
+  <w:abstractNum w:abstractNumId="666264563">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2272,51 +2272,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="313745453">
+  <w:abstractNum w:abstractNumId="44802964">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2365,51 +2365,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="827238559">
+  <w:abstractNum w:abstractNumId="741442774">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2458,51 +2458,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="163053147">
+  <w:abstractNum w:abstractNumId="790423707">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2551,723 +2551,723 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849247">
+  <w:abstractNum w:abstractNumId="27114503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23949037">
+    <w:lvl w:ilvl="0" w:tplc="25631695">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23949037" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25631695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849246">
+  <w:abstractNum w:abstractNumId="27114502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85860227">
+    <w:lvl w:ilvl="0" w:tplc="57198210">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85860227" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57198210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849245">
+  <w:abstractNum w:abstractNumId="27114501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63014168">
+    <w:lvl w:ilvl="0" w:tplc="82047965">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63014168" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82047965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849244">
+  <w:abstractNum w:abstractNumId="27114500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63259493">
+    <w:lvl w:ilvl="0" w:tplc="22248795">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63259493" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22248795" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849243">
+  <w:abstractNum w:abstractNumId="27114499">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20969573">
+    <w:lvl w:ilvl="0" w:tplc="86877204">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20969573" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86877204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849242">
+  <w:abstractNum w:abstractNumId="27114498">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42203173">
+    <w:lvl w:ilvl="0" w:tplc="63921087">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42203173" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63921087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849241">
+  <w:abstractNum w:abstractNumId="27114497">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29350474">
+    <w:lvl w:ilvl="0" w:tplc="44598052">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29350474" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44598052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849240">
+  <w:abstractNum w:abstractNumId="27114496">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54277492">
+    <w:lvl w:ilvl="0" w:tplc="80995978">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54277492" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80995978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="584114244">
+  <w:abstractNum w:abstractNumId="72142700">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3316,51 +3316,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="734373917">
+  <w:abstractNum w:abstractNumId="71977043">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3409,137 +3409,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849239">
+  <w:abstractNum w:abstractNumId="27114495">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64073202">
+    <w:lvl w:ilvl="0" w:tplc="69269734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64073202" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69269734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60849238">
+  <w:abstractNum w:abstractNumId="27114494">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53333513">
+    <w:lvl w:ilvl="0" w:tplc="81586753">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4291,109 +4291,109 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60849238">
-    <w:abstractNumId w:val="60849238"/>
+  <w:num w:numId="27114494">
+    <w:abstractNumId w:val="27114494"/>
   </w:num>
-  <w:num w:numId="60849239">
-    <w:abstractNumId w:val="60849239"/>
+  <w:num w:numId="27114495">
+    <w:abstractNumId w:val="27114495"/>
   </w:num>
-  <w:num w:numId="734373917">
-    <w:abstractNumId w:val="734373917"/>
+  <w:num w:numId="71977043">
+    <w:abstractNumId w:val="71977043"/>
   </w:num>
-  <w:num w:numId="584114244">
-    <w:abstractNumId w:val="584114244"/>
+  <w:num w:numId="72142700">
+    <w:abstractNumId w:val="72142700"/>
   </w:num>
-  <w:num w:numId="60849240">
-    <w:abstractNumId w:val="60849240"/>
+  <w:num w:numId="27114496">
+    <w:abstractNumId w:val="27114496"/>
   </w:num>
-  <w:num w:numId="60849241">
-    <w:abstractNumId w:val="60849241"/>
+  <w:num w:numId="27114497">
+    <w:abstractNumId w:val="27114497"/>
   </w:num>
-  <w:num w:numId="60849242">
-    <w:abstractNumId w:val="60849242"/>
+  <w:num w:numId="27114498">
+    <w:abstractNumId w:val="27114498"/>
   </w:num>
-  <w:num w:numId="60849243">
-    <w:abstractNumId w:val="60849243"/>
+  <w:num w:numId="27114499">
+    <w:abstractNumId w:val="27114499"/>
   </w:num>
-  <w:num w:numId="60849244">
-    <w:abstractNumId w:val="60849244"/>
+  <w:num w:numId="27114500">
+    <w:abstractNumId w:val="27114500"/>
   </w:num>
-  <w:num w:numId="60849245">
-    <w:abstractNumId w:val="60849245"/>
+  <w:num w:numId="27114501">
+    <w:abstractNumId w:val="27114501"/>
   </w:num>
-  <w:num w:numId="60849246">
-    <w:abstractNumId w:val="60849246"/>
+  <w:num w:numId="27114502">
+    <w:abstractNumId w:val="27114502"/>
   </w:num>
-  <w:num w:numId="60849247">
-    <w:abstractNumId w:val="60849247"/>
+  <w:num w:numId="27114503">
+    <w:abstractNumId w:val="27114503"/>
   </w:num>
-  <w:num w:numId="163053147">
-    <w:abstractNumId w:val="163053147"/>
+  <w:num w:numId="790423707">
+    <w:abstractNumId w:val="790423707"/>
   </w:num>
-  <w:num w:numId="827238559">
-    <w:abstractNumId w:val="827238559"/>
+  <w:num w:numId="741442774">
+    <w:abstractNumId w:val="741442774"/>
   </w:num>
-  <w:num w:numId="313745453">
-    <w:abstractNumId w:val="313745453"/>
+  <w:num w:numId="44802964">
+    <w:abstractNumId w:val="44802964"/>
   </w:num>
-  <w:num w:numId="235339345">
-    <w:abstractNumId w:val="235339345"/>
+  <w:num w:numId="666264563">
+    <w:abstractNumId w:val="666264563"/>
   </w:num>
-  <w:num w:numId="594072539">
-    <w:abstractNumId w:val="594072539"/>
+  <w:num w:numId="61030981">
+    <w:abstractNumId w:val="61030981"/>
   </w:num>
-  <w:num w:numId="737262870">
-    <w:abstractNumId w:val="737262870"/>
+  <w:num w:numId="860366406">
+    <w:abstractNumId w:val="860366406"/>
   </w:num>
-  <w:num w:numId="374555813">
-    <w:abstractNumId w:val="374555813"/>
+  <w:num w:numId="313727327">
+    <w:abstractNumId w:val="313727327"/>
   </w:num>
-  <w:num w:numId="236028112">
-    <w:abstractNumId w:val="236028112"/>
+  <w:num w:numId="87634762">
+    <w:abstractNumId w:val="87634762"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5204,51 +5204,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId303528287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId558940249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId152445101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId477979824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>