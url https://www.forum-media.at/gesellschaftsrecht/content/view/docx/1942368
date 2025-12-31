--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="91823896" w:name="document"/>
-    <w:bookmarkEnd w:id="91823896"/>
+    <w:bookmarkStart w:id="77835046" w:name="document"/>
+    <w:bookmarkEnd w:id="77835046"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1150058 | Andrea Futterknecht |
 Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -2584,66 +2584,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="36342197" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8565852758450" w:name="note1"/>
+            <w:bookmarkStart w:id="10462752" w:name="note1"/>
+            <w:bookmarkEnd w:id="10462752"/>
+            <w:bookmarkStart w:id="4551468169291" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8565852758450"/>
+            <w:bookmarkEnd w:id="4551468169291"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2672,66 +2672,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="10607608" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="6308097214460" w:name="note2"/>
+            <w:bookmarkStart w:id="26693025" w:name="note2"/>
+            <w:bookmarkEnd w:id="26693025"/>
+            <w:bookmarkStart w:id="1707937451867" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6308097214460"/>
+            <w:bookmarkEnd w:id="1707937451867"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2761,66 +2761,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="88839481" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2835702194019" w:name="note3"/>
+            <w:bookmarkStart w:id="21911973" w:name="note3"/>
+            <w:bookmarkEnd w:id="21911973"/>
+            <w:bookmarkStart w:id="7425537522370" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2835702194019"/>
+            <w:bookmarkEnd w:id="7425537522370"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2855,66 +2855,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="6919940" w:name="note4"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="4121653662782" w:name="note4"/>
+            <w:bookmarkStart w:id="24669130" w:name="note4"/>
+            <w:bookmarkEnd w:id="24669130"/>
+            <w:bookmarkStart w:id="2746157422286" w:name="note4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4121653662782"/>
+            <w:bookmarkEnd w:id="2746157422286"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2945,66 +2945,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="61073627" w:name="note5"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="9833670466473" w:name="note5"/>
+            <w:bookmarkStart w:id="20125906" w:name="note5"/>
+            <w:bookmarkEnd w:id="20125906"/>
+            <w:bookmarkStart w:id="4718182992778" w:name="note5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9833670466473"/>
+            <w:bookmarkEnd w:id="4718182992778"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3042,66 +3042,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="46876589" w:name="note6"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="963106327592" w:name="note6"/>
+            <w:bookmarkStart w:id="80647893" w:name="note6"/>
+            <w:bookmarkEnd w:id="80647893"/>
+            <w:bookmarkStart w:id="2526160639516" w:name="note6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="963106327592"/>
+            <w:bookmarkEnd w:id="2526160639516"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3553,137 +3553,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82554652">
+  <w:abstractNum w:abstractNumId="19978462">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67361779">
+    <w:lvl w:ilvl="0" w:tplc="41650020">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67361779" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41650020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82554651">
+  <w:abstractNum w:abstractNumId="19978461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67628861">
+    <w:lvl w:ilvl="0" w:tplc="19213101">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4435,55 +4435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82554651">
-    <w:abstractNumId w:val="82554651"/>
+  <w:num w:numId="19978461">
+    <w:abstractNumId w:val="19978461"/>
   </w:num>
-  <w:num w:numId="82554652">
-    <w:abstractNumId w:val="82554652"/>
+  <w:num w:numId="19978462">
+    <w:abstractNumId w:val="19978462"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5294,51 +5294,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId754060930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId330312824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId373298107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId480760491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>