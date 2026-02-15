--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -15,129 +15,123 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="77835046" w:name="document"/>
-    <w:bookmarkEnd w:id="77835046"/>
+    <w:bookmarkStart w:id="72224109" w:name="document"/>
+    <w:bookmarkEnd w:id="72224109"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1150058 | Andrea Futterknecht |
 Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsvertrag FlexKapG (mit Sonderregeln des
 FlexKapGG)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsvertrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 Firma und Sitz</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -302,52 +296,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Sitz der Gesellschaft ist Wien</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Gegenstand des
 Unternehmens</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -572,52 +564,50 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Gesellschaft ist außerdem berechtigt, Zweigniederlassungen
 und Tochtergesellschaften zu errichten, sowohl im In- als auch im
 Ausland.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Dauer der Gesellschaft und
 Geschäftsjahr</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -837,52 +827,50 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Das erste Jahr beginnt mit der Eintragung der Gesellschaft in
 das Firmenbuch und endet mit dem darauffolgenden 31. Dezember.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Stammkapital und
 Stammeinlagen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -1106,52 +1094,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Das Stammkapital ist zur Gänze bar einbezahlt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5
 Unternehmenswert-Beteiligte</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -1412,52 +1398,50 @@
 Preis und zu gleichen Konditionen anbieten. Ist der nunmehr
 vereinbarte Kaufpreis niedriger als der oder die Preise, die bei
 einem oder mehreren vorangegangenen Verkäufen durch
 Gründungsgesellschafterinnen an Dritte erzielt wurden, muss ein
 Preis angeboten werden, der dem nach den Verkaufsvolumina
 gewichteten Durchschnitt aus den höheren Preisen bei
 vorangegangenen Verkäufen und dem Preis beim nunmehrigen Verkauf
 entspricht.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Geschäftsführung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1679,52 +1663,50 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Generalversammlung kann eine Geschäftsordnung für die
 Geschäftsführung erlassen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Generalversammlung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1950,52 +1932,50 @@
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Wünscht ein Gesellschafter eine Handlung oder das Unterbleiben
 einer solchen und kommt hierüber ein Gesellschafterbeschluss nicht
 zustande, kann bei einer Pattstellung von jedem Gesellschafter die
 Entscheidung des Meinungsstreites durch einen Schiedsrichter
 verlangt werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 8 Jahresabschluss</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2146,52 +2126,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Generalversammlung beschließt über die Prüfung und
 Genehmigung (Feststellung) des Jahresabschlusses, über die
 Verwendung des Reingewinns und die Entlastung des
 Geschäftsführers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 9 Teilung von
 Geschäftsanteilen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -2260,52 +2238,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Geschäftsanteile sind nicht teilbar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Genehmigtes Kapital</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2453,197 +2429,189 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Ermächtigung erfasst auch die Ausgabe von Geschäftsanteilen
 gegen Sacheinlagen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 11 Bekanntmachungen der
 Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bekanntmachungen der Gesellschaft an die Gesellschafter
 erfolgen, soweit sich aus Gesetz oder Vertrag nichts anderes
 ergibt, durch eingeschriebenen Brief oder per Telefax an die der
 Gesellschaft zuletzt bekannt gegebenen Anschriften der
 Gesellschafter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Gründungskosten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle mit der Errichtung und Registrierung der Gesellschaft
 verbundenen Kosten, Gebühren und Abgaben werden bis zu einem
 Höchstbetrag von EUR 2.000,– (zweitausend Euro) von der
 Gesellschaft getragen und mit der tatsächlichen Höhe in den ersten
 Jahresabschluss eingestellt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
         <w:gridCol w:w="4670"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="10462752" w:name="note1"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="45258418" w:name="note1"/>
+            <w:bookmarkEnd w:id="45258418"/>
+            <w:bookmarkStart w:id="9637425912580" w:name="note1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4551468169291"/>
+            <w:bookmarkEnd w:id="9637425912580"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2672,66 +2640,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="26693025" w:name="note2"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="45443046" w:name="note2"/>
+            <w:bookmarkEnd w:id="45443046"/>
+            <w:bookmarkStart w:id="2849960932362" w:name="note2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1707937451867"/>
+            <w:bookmarkEnd w:id="2849960932362"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2761,66 +2727,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="21911973" w:name="note3"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="19310234" w:name="note3"/>
+            <w:bookmarkEnd w:id="19310234"/>
+            <w:bookmarkStart w:id="107145032241" w:name="note3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7425537522370"/>
+            <w:bookmarkEnd w:id="107145032241"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2855,66 +2819,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="24669130" w:name="note4"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="62318666" w:name="note4"/>
+            <w:bookmarkEnd w:id="62318666"/>
+            <w:bookmarkStart w:id="7142801072824" w:name="note4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2746157422286"/>
+            <w:bookmarkEnd w:id="7142801072824"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2945,66 +2907,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="20125906" w:name="note5"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="65714966" w:name="note5"/>
+            <w:bookmarkEnd w:id="65714966"/>
+            <w:bookmarkStart w:id="805467631336" w:name="note5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4718182992778"/>
+            <w:bookmarkEnd w:id="805467631336"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3042,66 +3002,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="80647893" w:name="note6"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="74302038" w:name="note6"/>
+            <w:bookmarkEnd w:id="74302038"/>
+            <w:bookmarkStart w:id="9991858737379" w:name="note6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2526160639516"/>
+            <w:bookmarkEnd w:id="9991858737379"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -3553,137 +3511,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19978462">
+  <w:abstractNum w:abstractNumId="72866799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41650020">
+    <w:lvl w:ilvl="0" w:tplc="49625131">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41650020" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49625131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19978461">
+  <w:abstractNum w:abstractNumId="72866798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19213101">
+    <w:lvl w:ilvl="0" w:tplc="96636704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4435,55 +4393,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19978461">
-    <w:abstractNumId w:val="19978461"/>
+  <w:num w:numId="72866798">
+    <w:abstractNumId w:val="72866798"/>
   </w:num>
-  <w:num w:numId="19978462">
-    <w:abstractNumId w:val="19978462"/>
+  <w:num w:numId="72866799">
+    <w:abstractNumId w:val="72866799"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5294,51 +5252,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId373298107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId480760491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId546734742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId686405370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>