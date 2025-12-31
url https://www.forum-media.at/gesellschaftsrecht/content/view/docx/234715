--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="89244641" w:name="document"/>
-    <w:bookmarkEnd w:id="89244641"/>
+    <w:bookmarkStart w:id="2255430" w:name="document"/>
+    <w:bookmarkEnd w:id="2255430"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 793224 | Walter Szöky - Angela
 Perschl | Muster | Firmenbuchantrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -4210,137 +4210,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13677034">
+  <w:abstractNum w:abstractNumId="45405902">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64711955">
+    <w:lvl w:ilvl="0" w:tplc="76613727">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64711955" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76613727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13677033">
+  <w:abstractNum w:abstractNumId="45405901">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95665456">
+    <w:lvl w:ilvl="0" w:tplc="70717716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5092,55 +5092,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13677033">
-    <w:abstractNumId w:val="13677033"/>
+  <w:num w:numId="45405901">
+    <w:abstractNumId w:val="45405901"/>
   </w:num>
-  <w:num w:numId="13677034">
-    <w:abstractNumId w:val="13677034"/>
+  <w:num w:numId="45405902">
+    <w:abstractNumId w:val="45405902"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5951,51 +5951,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId595259321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId602702980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId673745115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId868995493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>