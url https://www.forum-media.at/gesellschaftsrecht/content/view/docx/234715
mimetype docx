--- v1 (2025-12-31)
+++ v2 (2026-01-01)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="2255430" w:name="document"/>
-    <w:bookmarkEnd w:id="2255430"/>
+    <w:bookmarkStart w:id="39103218" w:name="document"/>
+    <w:bookmarkEnd w:id="39103218"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 793224 | Walter Szöky - Angela
 Perschl | Muster | Firmenbuchantrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -4210,137 +4210,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45405902">
+  <w:abstractNum w:abstractNumId="99136605">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76613727">
+    <w:lvl w:ilvl="0" w:tplc="20007612">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76613727" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20007612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45405901">
+  <w:abstractNum w:abstractNumId="99136604">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70717716">
+    <w:lvl w:ilvl="0" w:tplc="17305305">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5092,55 +5092,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45405901">
-    <w:abstractNumId w:val="45405901"/>
+  <w:num w:numId="99136604">
+    <w:abstractNumId w:val="99136604"/>
   </w:num>
-  <w:num w:numId="45405902">
-    <w:abstractNumId w:val="45405902"/>
+  <w:num w:numId="99136605">
+    <w:abstractNumId w:val="99136605"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5951,51 +5951,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId673745115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId868995493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId465092752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId237227179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>