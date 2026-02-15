--- v2 (2026-01-01)
+++ v3 (2026-02-15)
@@ -15,86 +15,84 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="39103218" w:name="document"/>
-    <w:bookmarkEnd w:id="39103218"/>
+    <w:bookmarkStart w:id="69464670" w:name="document"/>
+    <w:bookmarkEnd w:id="69464670"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 793224 | Walter Szöky - Angela
 Perschl | Muster | Firmenbuchantrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung der Gesamtprokuren in eine Einzelprokura</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">An das</w:t>
       </w:r>
       <w:r>
@@ -507,52 +505,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">[Da dem Firmenbuchgericht die Musterfirmenzeichnungen bereits
 vorliegen, ist die Vorlage weiterer Namenszeichnungen
 entbehrlich.]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Antrag auf Eintragung der
 Änderung der Gesamtprokuren in eine Einzelprokura</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pageBreakBefore w:val="on"/>
       </w:pPr>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -594,52 +590,50 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Prüfziffer: ###1234ABCD…###</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Antrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">zu FN … – Hans Kraus OG</w:t>
       </w:r>
       <w:r>
@@ -1188,52 +1182,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">[Gerichtlich oder notariell beglaubigte Unterschriften durch die
 unbeschränkt haftenden Gesellschafter in der zur Vertretung
 befugten Anzahl]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für den strukturierten Firmenbuchantrag wird ein aktueller
 Firmenbuchauszug mit historischen (gelöschten) Daten benötigt.</w:t>
       </w:r>
@@ -1287,186 +1279,178 @@
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Registerkarte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Feldname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Auswahl/Eingabe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Stammdaten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
@@ -1935,52 +1919,50 @@
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Firmenbuch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
@@ -2485,186 +2467,178 @@
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Registerkarte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Feldname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Auswahl/Eingabe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Funktionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="2"/>
               <w:left w:val="single" w:color="000000" w:sz="2"/>
               <w:bottom w:val="single" w:color="000000" w:sz="2"/>
               <w:right w:val="single" w:color="000000" w:sz="2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
@@ -4210,137 +4184,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99136605">
+  <w:abstractNum w:abstractNumId="10986125">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20007612">
+    <w:lvl w:ilvl="0" w:tplc="53424653">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20007612" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53424653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99136604">
+  <w:abstractNum w:abstractNumId="10986124">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17305305">
+    <w:lvl w:ilvl="0" w:tplc="49867555">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5092,55 +5066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99136604">
-    <w:abstractNumId w:val="99136604"/>
+  <w:num w:numId="10986124">
+    <w:abstractNumId w:val="10986124"/>
   </w:num>
-  <w:num w:numId="99136605">
-    <w:abstractNumId w:val="99136605"/>
+  <w:num w:numId="10986125">
+    <w:abstractNumId w:val="10986125"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5951,51 +5925,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId465092752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId237227179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId240773827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId598050434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>