--- v3 (2026-02-15)
+++ v4 (2026-02-15)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="69464670" w:name="document"/>
-    <w:bookmarkEnd w:id="69464670"/>
+    <w:bookmarkStart w:id="31603513" w:name="document"/>
+    <w:bookmarkEnd w:id="31603513"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 793224 | Walter Szöky - Angela
 Perschl | Muster | Firmenbuchantrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -4184,137 +4184,137 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10986125">
+  <w:abstractNum w:abstractNumId="35354780">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53424653">
+    <w:lvl w:ilvl="0" w:tplc="99026949">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53424653" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99026949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10986124">
+  <w:abstractNum w:abstractNumId="35354779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49867555">
+    <w:lvl w:ilvl="0" w:tplc="83058762">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5066,55 +5066,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10986124">
-    <w:abstractNumId w:val="10986124"/>
+  <w:num w:numId="35354779">
+    <w:abstractNumId w:val="35354779"/>
   </w:num>
-  <w:num w:numId="10986125">
-    <w:abstractNumId w:val="10986125"/>
+  <w:num w:numId="35354780">
+    <w:abstractNumId w:val="35354780"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5925,51 +5925,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId240773827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId598050434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId326955520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId848020577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>