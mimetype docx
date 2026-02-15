--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -15,108 +15,104 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="24207605" w:name="document"/>
-    <w:bookmarkEnd w:id="24207605"/>
+    <w:bookmarkStart w:id="44133050" w:name="document"/>
+    <w:bookmarkEnd w:id="44133050"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 976258 | WEKA (red) - Stanislava
 Doganova | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Einfacher Gesellschaftsvertrag einer GmbH &amp; Co KG mit
 Komplementär-GmbH</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">I. Gesellschafter</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Frau Annette Auer, wohnhaft in …</w:t>
       </w:r>
     </w:p>
@@ -168,52 +164,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">errichten mit heutigem Tag eine Gesellschaft mit beschränkter
 Haftung im Sinne des Gesetzes über Gesellschaften mit beschränkter
 Haftung vom 06.03.1906 (sechster März eintausendneunhundertsechs),
 kundgemacht im Reichsgesetzblatt Nr 58 (achtundfünfzig) in der
 geltenden Fassung.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">II. Firma und Sitz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Die Gesellschaft führt die Firma: Autohaus Huber GmbH</w:t>
       </w:r>
     </w:p>
@@ -244,52 +238,50 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Zweigniederlassungen im In- und Ausland können errichtet
 werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">III. Gegenstand des
 Unternehmens</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Gegenstand des Unternehmens ist</w:t>
       </w:r>
@@ -715,52 +707,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Übernahme einschlägiger Handelsvertretungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IV. Stammkapital und
 Stammeinlagen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Das Stammkapital der Gesellschaft beträgt EUR 12.000,–
 (in Worten zwölftausend Euro) und wird von den Gesellschaftern mit
@@ -1021,52 +1011,50 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Eine Nachschusspflicht wurde nicht vereinbart.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">V. Dauer der Gesellschaft und
 Geschäftsjahr</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Die Gesellschaft wird auf unbestimmte Zeit errichtet.</w:t>
       </w:r>
@@ -1103,52 +1091,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Ein abweichendes Wirtschaftsjahr kann – vorbehaltlich der
 Genehmigung durch das Finanzamt – von den Gesellschaftern
 beschlossen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. Geschäftsführung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Die Gesellschaft hat einen oder mehrere Geschäftsführer.</w:t>
       </w:r>
     </w:p>
@@ -1225,52 +1211,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Zulässigkeit des Widerrufs ihrer Bestellung wird auf
 wichtige Gründe beschränkt. Als solche gelten insbesondere die
 Entlassungstatbestände des § 27 AngG.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VII. Vertretung der
 Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Die Vertretung der Gesellschaft, die Firmenzeichnung sowie
 die Abgabe von Willenserklärungen erfolgt – solange nur ein
@@ -1328,52 +1312,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) Für den Abschluss von darüber hinausgehenden, sohin also
 außergewöhnlichen Geschäften, bedarf es der Zustimmung der
 Generalversammlung mit einer Mehrheit von 75 % (in Worten:
 fünfundsiebzig Prozent) des eingezahlten Stammkapitals.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VIII. Prokuristen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Die Bestellung von Prokuristen und deren Abberufung erfolgt
 durch sämtliche Geschäftsführer gemeinsam.</w:t>
       </w:r>
@@ -1389,52 +1371,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Der Anstellungsvertrag mit dem Prokuristen wird von
 sämtlichen Geschäftsführern gemeinsam abgeschlossen. Es darf keine
 längere Kündigungsfrist vereinbart werden als die gesetzlich
 vorgesehene Kündigungsfrist des Angestelltengesetzes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IX. Generalversammlung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Die Generalversammlung ist das oberste Organ der
 Gesellschaft, das auch über in die Kompetenz anderer Organe
 gehörende Fragen Entscheidungen treffen kann.</w:t>
@@ -1705,52 +1685,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(12) Die Gesellschafter können auch ohne Abhaltung einer
 Generalversammlung Beschlüsse auf schriftlichem Wege fassen, wenn
 sämtliche Gesellschafter mit dieser Art der Beschlussfassung
 schriftlich ihr Einverständnis erklärt haben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">X. Jahresabschluss</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Jahresabschluss ist von der Geschäftsführung innerhalb der
 gesetzlichen Frist für das abgelaufene Geschäftsjahr zu
 erstellen.</w:t>
@@ -1767,52 +1745,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedem Gesellschafter ist unverzüglich eine Abschrift des
 Jahresabschlusses samt Anhang zuzusenden. Er kann in der gesetzlich
 vorgesehenen Frist in die Bücher und Papiere der Gesellschaft
 persönlich Einsicht nehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XI. Verfügung über
 Geschäftsanteile</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Geschäftsanteile sind grundsätzlich teilbar und
 übertragbar.</w:t>
@@ -1902,52 +1878,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) Wenn keiner der Gesellschafter sein Aufgriffsrecht ausübt,
 kann einer der Gesellschafter dem abtretungswilligen Gesellschafter
 einen Dritten namhaft machen, der bereit ist, den Geschäftsanteil
 des abtretungswilligen Gesellschafters zu den Bedingungen des
 § 77 GmbHG zu übernehmen. In diesem Fall ist der
 abtretungswillige Gesellschafter verpflichtet, seinen
 Geschäftsanteil an den namhaft gemachten Dritten abzutreten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XII. Erbfolge</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Die Geschäftsanteile sind grundsätzlich frei vererbbar.</w:t>
       </w:r>
     </w:p>
@@ -1986,52 +1960,50 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Wenn im Todesfall eines Gesellschafters hinsichtlich dessen
 Geschäftsanteiles bzw Teiles hievon als Rechtsnachfolger Personen
 berufen sind, die nicht bereits Gesellschafter sind, so sind die
 übrigen verbliebenen Gesellschafter berechtigt, den Geschäftsanteil
 analog zu § 77 GmbHG zu übernehmen. Die Rechtsnachfolger sind
 im Fall der Geltendmachung des Übernahmsrechtes verpflichtet, den
 anfallenden Geschäftsanteil an die Übernahmsberechtigten
 abzutreten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XIII. Exekution und Konkurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Bei Exekutionsführung auf einen Geschäftsanteil oder der
 Eröffnung des Konkurses über das Vermögen eines Gesellschafters
 sind die übrigen Gesellschafter berechtigt, den Geschäftsanteil des
@@ -2052,52 +2024,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Im Sinne des Pkt XI Abs 5 können die übrigen
 Gesellschafter für die Übernahme des Geschäftsanteiles auch einen
 Dritten namhaft machen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XIV. Kündigung der Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Jedem Gesellschafter steht das Recht zu, die Gesellschaft
 unter Einhaltung einer Kündigungsfrist von 6 (sechs)
 Kalendermonaten zum Ende eines Geschäftsjahres aufzukündigen. Die
@@ -2139,52 +2109,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Die Kündigung eines Gesellschafters hat nicht die Auflösung
 der Gesellschaft zur Folge, wenn allenfalls die übrigen
 Gesellschafter den Geschäftsanteil des kündigenden Gesellschafters,
 im Verhältnis ihrer Stammeinlagen, übernehmen oder einen Dritten
 als Übernehmer namhaft machen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XV. Durchführung des
 Aufgriffsrechtes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Das den Gesellschaftern im Sinne der vorstehenden
 Bestimmungen eingeräumte Aufgriffsrecht ist innerhalb von längstens
@@ -2522,52 +2490,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Im Fall der Erbfolge: dass die Erben frei veräußern können</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XVI. Wettbewerbsverbot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Jedem Gesellschafter ist es untersagt, unmittelbar oder
 mittelbar auf dem Geschäftsgebiet der Autohaus Huber GmbH oder
 einer Gesellschaft, an der diese als Komplementärin und ihre
@@ -2604,52 +2570,50 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Eine Befreiung vom Wettbewerbsverbot kann nur durch einen
 einstimmigen Beschluss der Gesellschafter vereinbart werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XVII. Ermittlung des
 Übernahmspreises</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Sofern das Gesetz für den Exekutions- oder Insolvenzfall
 nicht zwingend etwas anderes zwischen dem abgebenden Gesellschafter
@@ -2735,93 +2699,89 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) Die Bestimmungen der Abs 1 bis 3 sind sinngemäß auf
 alle anderen Fälle des Ausscheidens eines Gesellschafters
 anzuwenden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XVIII. Gewinnverwendung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über die Verwendung eines allfälligen Reingewinnes und über eine
 Ausschüttung hat entweder die Generalversammlung oder die
 Gesellschafter mit Umlaufbeschluss zu entscheiden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XIX. Schiedsgericht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Für alle Streitigkeiten aus diesem Gesellschaftsvertrag
 zwischen der Gesellschaft und den Gesellschaftern sowie zwischen
 den Gesellschaftern untereinander ist – soweit die Zuweisung an ein
@@ -2902,96 +2862,92 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(5) Tagungsort des Schiedsgerichtes ist der Sitz der
 Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XX. Gründungskosten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die mit der Errichtung und Registrierung der Gesellschaft
 verbundenen Kosten (Stempelmarken, Abgaben und sonstigen Gebühren)
 werden bis zu einem Höchstbetrag von EUR 4.000,– von der
 Gesellschaft getragen und sind mit der Höhe des tatsächlichen
 Aufwandes in der ersten Gewinn- und Verlustrechnung des
 Jahresabschlusses als Ausgabe einzustellen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XXI. Bekanntmachungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Bekanntmachungen der Gesellschaft erfolgen durch
 eingeschriebene Briefe an die Gesellschafter unter der bei der
 Eintragung in das Firmenbuch zuletzt bekannt gegebenen
@@ -3090,73 +3046,69 @@
         <w:t xml:space="preserve">…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Barbara Luxbach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">II. Firma und Sitz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Firma muss gem § 18 UGB zur Kennzeichnung des
 Unternehmers geeignet sein und Unterscheidungskraft besitzen. Die
 Firma darf keine Angaben enthalten, die geeignet sind, über
@@ -3266,52 +3218,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beim Sitz muss es sich um eine politische Gemeinde (zB Wien,
 Salzburg, Neusiedl am See, etc) handeln. Davon zu unterscheiden ist
 die Geschäftsanschrift, die neben der politischen Gemeinde auch die
 Straße und Hausnummer (allenfalls Türnummer) enthält und die nicht
 im Gesellschaftsvertrag aufscheint, sondern nur im Firmenbuch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III. Gegenstand des Unternehmens</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Unternehmensgegenstand beschreibt Bereich und Art der
 Tätigkeit, mit der die GmbH ihren Zweck verfolgt. Als
 Unternehmensgegenstand kommt jeder gesetzlich zulässige Zweck in
@@ -3329,52 +3279,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es ist zu prüfen, ob es sich bei den Tätigkeiten um freie oder
 reglementierte Gewerbe handelt (zB § 94 Z 43 GewO bzgl
 dem Betrieb einer Kraftfahrzeug-Werkstätte) und welche
 Voraussetzungen für die Ausübung zu erfüllen sind.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IV. Stammkapital und Stammeinlagen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Durch das Gesellschaftsrechts-Änderungsgesetz 2023 (GesRÄG 2023)
 sollte das Stammkapital respektive das Bareinzahlungserfordernis
 drastisch reduziert werden, um Gesellschaftsgründungen leichter zu
@@ -3384,181 +3332,181 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit 01.01.2024 traten die neuen Regelungen nach dem GesRÄG 2023
 in Kraft:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="213727350"/>
+          <w:numId w:val="461531817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Höhe des Mindest-Stammkapitals einer GmbH beträgt
 EUR 10.000,– (vgl § 6 Abs 1 zweiter Satz idF
 BGBl I Nr 179/2023 GmbHG).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="213727350"/>
+          <w:numId w:val="461531817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der vor der Anmeldung der Gesellschaft zum Firmenbuch
 einzuzahlende Barbetrag beläuft sich – wenn keine
 Ausnahmebestimmungen greifen – auf mindestens EUR 5.000,– (vgl
 § 10 Abs 1 zweiter Satz idF BGBl I Nr 179/2023
 GmbHG).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="213727350"/>
+          <w:numId w:val="461531817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Im Fall einer Kapitalherabsetzung kann das Stammkapital nicht
 auf weniger als EUR 10.000,– reduziert werden (vgl § 54
 Abs 3 idF BGBl I Nr 179/2023 GmbHG).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Durch das GesRÄG 2023 wurde demnach ganz allgemein – für neu zu
 gründende, aber auch für bereits bestehende Gesellschaften – das
 gesetzliche Mindest-Stammkapital mit nur EUR 10.000,–
 festgesetzt, sodass</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="815924661"/>
+          <w:numId w:val="101698750"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaften mit einem Stammkapital von nicht mehr als
 EUR 10.000,– gegründet und</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="815924661"/>
+          <w:numId w:val="101698750"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">bei bereits bestehenden Gesellschaften mit einem Stammkapital
 von EUR 35.000,– oder darüber das Stammkapital bis auf
 EUR 10.000,– herabgesetzt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -3567,52 +3515,50 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">werden konnten (276/ME XXVII. GP, 15).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. Geschäftsführung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Bestellung und die Abberufung eines Geschäftsführers einer
 GmbH sowie die weiteren diesbezüglichen Voraussetzungen sind in
 §§ 15 ff GmbHG geregelt.</w:t>
@@ -3723,52 +3669,50 @@
 ein Gewerbe ausübenden juristischen Person zur Bestellung eines
 Geschäftsführers (oder Pächters), der für die für Gewerbeausübung
 vorgeschriebenen persönlichen Voraussetzungen erfüllt und sich im
 Betrieb entsprechend betätigt, sicherzustellen, dass eine zur
 redlichen fachkundigen Ausübung des Gewerbes geeignete und dafür
 verantwortliche Person vorhanden ist. Der Schutzzweck der
 Gewerbeordnung ist nicht die Bewahrung der juristischen Person vor
 den Auswirkungen derartiger Vereinbarungen, sondern Besteller vor
 den nachteiligen Folgen des Fehlers eines sich entsprechend im
 Betrieb betätigenden gewerblichen Geschäftsführer (RIS-Justiz
 RS0016760).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VII. Vertretung der Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Vertretung der Gesellschaft und die Abgabe von
 Willenserklärungen sind Kernelemente der Unternehmensorganisation
 einer GmbH. Gem § 18 Abs 1 GmbHG erfolgt die
@@ -3820,96 +3764,92 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 20 GmbHG sieht die Möglichkeit einer Beschränkung der
 Geschäftsführerbefugnisse vor, von welcher hier Gebrauch gemacht
 wurde, indem zwischen gewöhnlichen und außergewöhnlichen Geschäften
 unterschieden wird, wobei es für den Abschluss außergewöhnlicher
 Geschäfte der Zustimmung der Generalversammlung mit einer Mehrheit
 von 75 % bedarf.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VIII. Prokuristen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Prokura ist eine umfassende handelsrechtliche
 Vertretungsmacht (§ 49 Abs 1 UGB), die zu allen Arten von
 gerichtlichen und außergerichtlichen Geschäften und
 Rechtshandlungen ermächtigt, die der Betrieb eines Unternehmens mit
 sich bringt. Die Bestellung bzw Abberufung eines Prokuristen ist
 dem Vertretungsorgan der Gesellschaft vorbehalten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IX. Generalversammlung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hybride Gesellschafterversammlung nach dem Virtuelle
 Gesellschafterversammlungen-Gesetz (VirtGesG):</w:t>
       </w:r>
@@ -4000,52 +3940,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Im Gesellschaftsvertrag kann auch vorgesehen werden, dass stets
 eine Versammlung durchzuführen ist, bei der sich die einzelnen
 Teilnehmer zwischen einer physischen und einer virtuellen Teilnahme
 entscheiden können („hybride Versammlung“) oder dass die
 Entscheidung, ob eine hybride Versammlung durchgeführt wird, dem
 einberufenden Organ überlassen wird.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XI. Verfügung über Geschäftsanteile</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach § 76 Abs 1 GmbHG sind Geschäftsanteile
 grundsätzlich frei übertragbar, allerdings kann im
 Gesellschaftsvertrag die Übertragung von der Zustimmung der
@@ -4092,146 +4030,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Stimmen sämtliche Gesellschafter einer konkreten Teilabtretung
 eines Geschäftsanteils zu oder wirken daran mit, führt das Fehlen
 einer Teilabtretungen gestattenden Bestimmung im
 Gesellschaftsvertrag nicht zur Unwirksamkeit dieser Teilabtretung
 (OGH 06.11.2024, 6 Ob 224/23v).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XII. Erbfolge</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Geschäftsanteile sind gem § 76 GmbHG übertragbar und
 vererblich. Im Gesellschaftsvertrag kann die Übertragung von
 weiteren Voraussetzungen abhängig gemacht werden. Sowohl die
 Übertragung von Geschäftsanteilen durch Rechtsgeschäft unter
 Lebenden als auch Vereinbarungen, die die Verpflichtung eines
 Gesellschafters zur künftigen Abtretung eines Geschäftsanteils
 begründen, bedürfen eines Notariatsakts.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XIII. Exekution und Konkurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Unter dem Gesichtspunkt des Gläubigerschutzes müssen
 freiwilliges Ausscheiden und Ableben eines Gesellschafters
 einerseits sowie Exekution und Insolvenz andererseits als Fälle des
 Aufgriffsrechts gleich behandelt werden. Eine
 Abfindungsbeschränkung unter den Verkehrswert (Schätzwert) des
 Geschäftsanteils bei Exekution und Insolvenz des Gesellschafters
 ist darüber hinaus nur zulässig, wenn sie nicht nur in diesen
 Fällen greift, sondern eine entsprechende Reduktion des
 Abfindungsanspruchs für jede Konstellation des freiwilligen (insb
 der Anteilsübertragung) und des unfreiwilligen Ausscheidens des
 Gesellschafters vereinbart wird (OGH 16.09.2020, 6 Ob 64/20k).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XIV. Kündigung der Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 132 UGB iVm § 161 UGB sieht ein Kündigungsrecht der
 Gesellschafter vor, wenn die Gesellschaft für unbestimmte Zeit
 eingegangen ist, wie in diesem Fall geregelt.</w:t>
@@ -4294,52 +4226,50 @@
         <w:t xml:space="preserve">Gellis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, Kommentar zum GmbHG 223, 248, EvBl 1958/322)
 (RIS-Justiz RS0059745).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XV. Durchführung des Aufgriffsrechtes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei der Gesellschaft mit beschränkter Haftung ist es – anders
 als bei Personengesellschaften des Handelsrechts – nicht möglich zu
 vereinbaren, dass der Anteil eines Gesellschafters dem anderen ohne
@@ -4388,52 +4318,50 @@
         <w:t xml:space="preserve">Rauter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in WK-GmbHG § 76 Rz 130 mwN)
 (OGH 17.12.2020, 6 Ob 240/20t).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XVI. Wettbewerbsverbot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Oberste Gerichtshof hielt unter Hinweis auf die bisherige
 Judikatur und die überwiegende Lehre fest, dass einen
 ausgeschiedenen Gesellschafter mangels ausdrücklicher Vereinbarung
@@ -4470,52 +4398,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Regelung des Wettbewerbsverbotes ist in jeder Richtung der
 freien Gestaltung unter den Gesellschaftern überlassen. Es steht
 ihnen frei, Vertragsstrafen zu vereinbaren, aber auch, dass solche
 nicht von der Gesellschaft, sondern von einem Gesellschafter im
 eigenen Namen verlangt werden können (RIS-Justiz RS0061731).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XVIII. Gewinnverwendung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kommt bei der Generalversammlung einer GmbH ein Beschluss über
 die Verteilung des Reingewinnes mangels einer absoluten
 Stimmenmehrheit nicht zustande und ist im Gesellschaftsvertrag die
@@ -4593,52 +4519,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wenn der Gesellschaftsvertrag die Gewinnverteilung oder die
 Gewinnverwendung einem Gesellschafterbeschluss vorbehält, muss man
 (mangels sonstiger Anhaltspunkte im konkreten Gesellschaftsvertrag)
 wohl davon ausgehen, dass die Gesellschafter sich die Entscheidung
 vorbehalten haben, ob überhaupt bzw in welchem Umfang es zu einer
 Ausschüttung des Bilanzgewinns kommen soll. Wenn die Gesellschafter
 (auch) die Verteilungsquoten abweichend per Beschluss festlegen
 wollen, müssen sie dies eindeutig im Gesellschaftsvertrag regeln
 (RIS-Justiz RS0130906).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XIX. Schiedsgericht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Welche Streitigkeiten von der Schiedsvereinbarung umfasst sind,
 ist aufgrund ihres – nach dem Parteiwillen auszulegenden – Inhalts
 zu ermitteln (RIS-Justiz RS0018023).</w:t>
@@ -4706,52 +4630,50 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Schiedsvertrag bewirkt zwar nicht Unzulässigkeit des
 Rechtsweges, sondern nur eine verzichtbare sachliche
 Unzuständigkeit des ordentlichen Gerichtes; dennoch können
 Forderungen, über die vereinbarungsgemäß ein Schiedsgericht zu
 erkennen hat, beim ordentlichen Gericht nicht zur
 Prozessaufrechnung gestellt werden, es sei denn, dass sie vom
 Schiedsgericht schon rechtskräftig festgestellt worden wären
 (RIS-Justiz RS0039844).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XX. Kostenregelung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Kostenregelung legt fest, dass Gründungskosten analog
 § 7 Abs 2 GmbHG durch die Gesellschaft getragen
 werden.</w:t>
@@ -4820,52 +4742,50 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, GmbHG [2007] § 7 Rz 14;
 vgl auch OLG Wien NZ 1975, 76 = HS 9611, 9621 und NZ 1976, 31 = HS
 9663, 9622). Da ein Gesellschaftsvertrag eine untrennbare Einheit
 bildet und damit eine Eintragung allein von mangelfreien
 Bestimmungen des Gesellschaftsvertrags nicht zulässig ist (6 Ob
 123/99b am Ende; OLG Wien NZ 2004, 27), kann ein
 Gesellschaftsvertrag mit einer unzulässigen Gründungskostenklausel
 nicht eingetragen werden (OGH 24.10.2019, 6 Ob 100/19b).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">XXI. Bekanntmachungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Empfänger keine natürliche Person, so ist das Dokument
 nach § 13 Abs 3 ZustG einem zur Empfangnahme befugten
 Vertreter zuzustellen. Bei dieser Bestimmung handelt es sich um
@@ -5232,51 +5152,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="815924661">
+  <w:abstractNum w:abstractNumId="101698750">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5341,51 +5261,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="213727350">
+  <w:abstractNum w:abstractNumId="461531817">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5450,51 +5370,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="397027115">
+  <w:abstractNum w:abstractNumId="348394484">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5559,137 +5479,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13288135">
+  <w:abstractNum w:abstractNumId="41458847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70404027">
+    <w:lvl w:ilvl="0" w:tplc="75136139">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70404027" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75136139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13288134">
+  <w:abstractNum w:abstractNumId="41458846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51001175">
+    <w:lvl w:ilvl="0" w:tplc="30426023">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6441,64 +6361,64 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13288134">
-    <w:abstractNumId w:val="13288134"/>
+  <w:num w:numId="41458846">
+    <w:abstractNumId w:val="41458846"/>
   </w:num>
-  <w:num w:numId="13288135">
-    <w:abstractNumId w:val="13288135"/>
+  <w:num w:numId="41458847">
+    <w:abstractNumId w:val="41458847"/>
   </w:num>
-  <w:num w:numId="397027115">
-    <w:abstractNumId w:val="397027115"/>
+  <w:num w:numId="348394484">
+    <w:abstractNumId w:val="348394484"/>
   </w:num>
-  <w:num w:numId="213727350">
-    <w:abstractNumId w:val="213727350"/>
+  <w:num w:numId="461531817">
+    <w:abstractNumId w:val="461531817"/>
   </w:num>
-  <w:num w:numId="815924661">
-    <w:abstractNumId w:val="815924661"/>
+  <w:num w:numId="101698750">
+    <w:abstractNumId w:val="101698750"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -7309,51 +7229,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId382149942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId467956472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId598817730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId746335792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>