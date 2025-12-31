--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -15,70 +15,70 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="95894217" w:name="document"/>
-    <w:bookmarkEnd w:id="95894217"/>
+    <w:bookmarkStart w:id="67272507" w:name="document"/>
+    <w:bookmarkEnd w:id="67272507"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dokument-ID: 976253 | Wolfgang Steinberger |
-Muster | Vertragsmuster</w:t>
+        <w:t xml:space="preserve">Dokument-ID: 976253 | Wolfgang Steinberger -
+Stanislava Doganova | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsvertrag einer GmbH &amp; Co KG (inkl
 Gesellschafterausschluss, Wettbewerbs- und Abwerbeverbot,
 Kundenschutz)</w:t>
       </w:r>
     </w:p>
@@ -524,133 +524,133 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Gesellschaftskapital,
 Beteiligung und Einlagen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="585440099"/>
+          <w:numId w:val="377291120"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einzige unbeschränkt haftende Gesellschafterin ist die Y
 Holding GmbH, mit dem Sitz in Wien und der Geschäftsanschrift …
 eingetragen zu FN … im Firmenbuch des Handelsgerichts Wien.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="585440099"/>
+          <w:numId w:val="377291120"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Komplementärin leistet keine Kapitaleinlage und ist daher
 auch nicht am Kapital der Gesellschaft beteiligt, sondern bloße
 Arbeitsgesellschafterin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="585440099"/>
+          <w:numId w:val="377291120"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Z Handels OG, mit dem Sitz in Wien und der Geschäftsanschrift …
 eingetragen zu FN … im Firmenbuch des Handelsgerichts Wien,
-übernimmt eine Pflichteinlage in Höhe von EUR 35.000,–, die
+übernimmt eine Pflichteinlage in Höhe von EUR 10.000,–, die
 voll aufgebracht wurde.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="585440099"/>
+          <w:numId w:val="377291120"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine über die Pflichteinlage hinausgehende Haftsumme wird von
 der Kommanditistin nicht übernommen. Die Kommanditistin ist an der
 Gesellschaft mit einem ihrer Pflichteinlage entsprechenden
 Gesellschaftsanteil beteiligt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -697,623 +697,623 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Geschäftsführung und
 Vertretung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="572076682"/>
+          <w:numId w:val="491703302"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zur Geschäftsführung und Vertretung ist die persönlich haftende
 Gesellschafterin berechtigt und verpflichtet. Die persönlich
 haftende Gesellschafterin übt die Geschäftsführung und Vertretung
 durch ihre Organe aus.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="572076682"/>
+          <w:numId w:val="491703302"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Kommanditistin ist sowohl von der Geschäftsführung als auch
 von der Vertretung der Gesellschaft ausgeschlossen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="572076682"/>
+          <w:numId w:val="491703302"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der persönlich haftenden Gesellschafterin sind alle mit der
 zweckmäßigen Geschäftsführung verbundenen Auslagen zulasten des
 Ergebnisses der Gesellschaft laufend zu ersetzen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Zustimmungsbedürftige
 Geschäfte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin hat vor Beginn eines
 jeden Geschäftsjahres einen Budgetplan aufzustellen, der aus einem
 Personalplan, einem Finanzplan und einer Ergebnisschätzung für
 dieses Geschäftsjahr besteht und der die Einzelposten der Art nach
 erkennen lässt. Dieser Budgetplan ist der Gesellschafterversammlung
 zur Genehmigung vorzulegen. Maßnahmen, die in einem gebilligten
-Budgetplan ausgewiesen sind, bedürfen nicht mehr der Zustimmung
-gem Z 2.</w:t>
+Budgetplan ausgewiesen sind, bedürfen nicht mehr der Zustimmung gem
+Z 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin bedarf der vorigen
 Zustimmung der Gesellschafterversammlung für folgende Geschäfte der
-Gesellschaft, soweit diese nicht gem Z 1 bereits erteilt
+Gesellschaft, soweit diese nicht gem Z 1 bereits erteilt
 wurde:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb, Veräußerung und Belastung von Grundstücken,
 grundstücksgleichen Rechten und Rechten an Grundstücken oder von
 Wirtschaftsgütern des Anlagevermögens sowie Neu- und Umbauten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb und Veräußerung von Wertpapieren, Erwerb von und
 Verfügungen über Beteiligungen an anderen Unternehmen, der
 Abschluss, die Änderung oder die Aufhebung von
 Unternehmensverträgen und die Eingehung, Änderung oder Beendigung
 von stillen Gesellschaftsverhältnissen, Aufnahme neuer und Aufgabe
 vorhandener Geschäftszweige und Tätigkeitsgebiete, Erwerb oder
 Veräußerung von Betrieben oder Betriebsteilen, Errichtung oder
 Aufhebung von Zweigniederlassungen oder Zweigbetrieben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Übernahme von Bürgschaften, Garantien oä Haftungen außerhalb
 des üblichen Geschäftsbetriebes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewährung und Aufnahme von Darlehen und sonstigen Krediten
 sowie Eingehung von Wechselverbindlichkeiten außerhalb des üblichen
 Geschäftsbetriebes mit Ausnahme der Gewährung von Darlehen an
-Betriebsangehörige, die im Einzelfall EUR 25.000,– pa nicht
+Betriebsangehörige, die im Einzelfall EUR 5.000,– pa nicht
 überschreiten dürfen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einstellung von Angestellten oder sonstigen Mitarbeitern, sowie
 die Beschäftigung von freien Mitarbeitern mit einem Jahreseinkommen
 einschließlich aller geldwerten Leistungen von mehr als
-EUR 250.000,– brutto und unabhängig davon stets die Gewährung
+EUR 70.000,– brutto und unabhängig davon stets die Gewährung
 von Tantiemen oder Pensionszusagen; die Änderung oder Beendigung
 von Anstellungsverträgen mit geschäftsführenden Gesellschaftern von
 Tochtergesellschaften oder anderen Gesellschaften, an denen die
 Gesellschaft unmittelbar oder mittelbar beteiligt ist, bedarf nicht
 der Zustimmung der Gesellschafterversammlung. Die Gesellschafter
 sind jedoch unverzüglich von derartigen Änderungen oder
 Beendigungen schriftlich zu informieren.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss, Änderung oder Beendigung von Verträgen der
 Gesellschaft mit Gesellschaftern, Ehegatten oder Abkömmlingen von
 Gesellschaftern</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss von Pacht-, Miet-, Lizenz- oder ähnlichen
 Dauerschuldverhältnissen, sofern der jeweilige Vertrag eine Dauer
 von mehr als fünf Jahren hat und die voraussichtlichen
 Verpflichtungen der Gesellschaft aus dem jeweiligen Vertrag während
-seiner Mindestlaufzeit den Betrag von insgesamt EUR 125.000,–
-pa überschreiten;</w:t>
+seiner Mindestlaufzeit den Betrag von insgesamt EUR 35.000,–
+pa überschreiten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rechtsgeschäfte außerhalb des üblichen Geschäftsbetriebes von
 wesentlicher Bedeutung, was auch Spekulationsgeschäfte jeglicher
 Art einschließt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Stimmabgabe in Gesellschafterversammlungen von Gesellschaften,
 an denen die Gesellschaft direkt oder indirekt beteiligt ist
 (Beteiligungsgesellschaften), soweit folgende Themen Gegenstand der
 Beschlussfassung sind:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung des Gesellschaftsvertrages und Abweichung von den
 Regeln dieses Gesellschaftsvertrages</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Entscheidungen über den Budgetplan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Feststellung des Jahresabschlusses und der Gewinnverwendung
 sowie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erlass oder Änderung einer Geschäftsordnung für die
 Geschäftsführung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="353962073"/>
+          <w:numId w:val="434129983"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss und Änderung von Dienstleistungsverträgen zwischen
 der Gesellschaft und mit ihr verbundenen Gesellschaften, sofern
-diese Verträge eine Laufzeit von mehr als einem Jahr haben.</w:t>
+diese Verträge eine Laufzeit von mehr als einem Jahr haben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Verändert sich nach dem 01.01.20…, der für den Monat Januar
 eines Kalenderjahres, der von der Statistik Austria festgestellte
 Verbraucherpreisindex gegenüber dem Stand von Januar 20… um
 mindestens 10 %, verändern sich die in Buchstaben d), e) und
-g) genannten Höchstbeträge mit Wirkung ab Beginn des darauf
-folgenden Geschäftsjahres im gleichen Verhältnis. Eine
+g) genannten Höchstbeträge mit Wirkung ab Beginn des
+darauffolgenden Geschäftsjahres im gleichen Verhältnis. Eine
 entsprechende Veränderung tritt ein, sobald sich der
 Verbraucherpreisindex für den Monat Januar eines folgenden Jahres
 gegenüber dem Stand, der zur letzten Veränderung geführt hat,
 wieder um mindestens 10 % verändert hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann den Katalog der
 zustimmungsbedürftigen Geschäfte durch Gesellschafterbeschluss
 erweitern.</w:t>
       </w:r>
@@ -1322,303 +1322,303 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Wettbewerbsverbot,
 Kundenschutz und Abwerbeverbot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftern, die eine natürliche Person sind, ist es
 untersagt, die Gesellschaft mittelbar oder unmittelbar,
 gelegentlich oder gewerbsmäßig, unter eigenem oder unter fremden
 Namen, für eigene oder fremde Rechnung in einem Geschäftszweig der
 Gesellschaft Wettbewerb zu machen oder sich als Mitunternehmer an
 einem Konkurrenzunternehmen zu beteiligen („Wettbewerbsverbot“).
 Ausgenommen hiervon sind Tätigkeiten für Gesellschaften der
 X-Planungs-Firmengruppe. Die Gesellschafterversammlung kann durch
 Beschluss Befreiungen und Modifizierungen dieses
 Wettbewerbsverbotes zulassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausscheidenden Gesellschaftern ist es untersagt, während der
 Dauer von 1 Jahr nach ihrem Ausscheiden, als Gesellschafter aus der
 Gesellschaft unmittelbar oder mittelbar durch Handeln oder
 Unterlassen, Kunden der Gesellschaft abzuwerben („Kundenschutz“).
 Diese Pflicht gilt unabhängig von dem Grund des Ausscheidens des
 Gesellschafters aus der Gesellschaft. Kunden im Sinne dieser
 Regelung sind solche Unternehmen oder Personen, die während der
 letzten 2 Jahre – bzw falls der Gesellschaftsführer weniger als 2
 Jahre bei der Gesellschaft tätig war, für die Zeit, die der
 Geschäftsführer für die Gesellschaft tätig war – vor dem
 Ausscheiden des Gesellschafters Geschäftskontakte zu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschaft oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaften, an denen die Gesellschaft mittelbar oder
 unmittelbar beteiligt ist oder innerhalb der letzten 2 Jahre vor
 dem Ausscheiden des Gesellschafters beteiligt war, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mit der Gesellschaft verbundenen Unternehmen iSd § 15
 AktG, für die der Gesellschafter in den letzten 2 Jahren vor seinem
 Ausscheiden als Geschäftsführer oder im Rahmen eines
 Arbeitsverhältnisses tätig war, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mit der Gesellschaft verbundenen Unternehmen iSd § 15
 AktG, an denen der Gesellschafter eine Beteiligung hält oder in den
 letzten 2 Jahren vor seinem Ausscheiden hielt, unterhalten haben.
 Die Gesellschaft wird mit dem Gesellschafter im Zeitpunkt seines
 Ausscheidens aus der Gesellschaft eine Liste mit den Kunden im
 Sinne der Punkte (ii)–(iv) dieser Ziffer überreichen. Die
 Gesellschafterversammlung kann durch Beschluss die Dauer dieser
 Kundenschutzklausel reduzieren, sofern der ausscheidende
 Gesellschafter weniger als ein Jahr Gesellschafter der Gesellschaft
 gewesen ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausscheidenden Gesellschaftern ist es ferner untersagt, während
 der Dauer von 6 Monaten nach ihrem Ausscheiden als Gesellschafter
 aus der Gesellschaft unmittelbar oder mittelbar Mitarbeiter der
 Gesellschaft für eigene oder fremde Zwecke abzuwerben. Diese
 Pflicht gilt unabhängig von dem Grund des Ausscheidens des
 Gesellschafters aus der Gesellschaft. Mitarbeiter im Sinne dieser
 Regelung sind solche Personen, die im Zeitpunkt des Ausscheidens
 des Gesellschafters bei der Gesellschaft oder mit der Gesellschaft
 verbundenen Unternehmen iSd § 15 AktG angestellt sind
 („Abwerbeverbot“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle dem Wettbewerbsverbot der Z 1 unterliegenden
 Gesellschafter sind verpflichtet, über sämtliche Angelegenheiten
 der Gesellschaft, ihrer persönlich haftenden Gesellschafterin und
 ihrer Beteiligungsgesellschaften auch nach ihrem Ausscheiden
 strengstes Stillschweigen zu bewahren. Ausgenommen hiervon sind
 Mitteilungen an Personen, die kraft Gesetzes zur Verschwiegenheit
 verpflichtet sind, soweit dies zur Wahrung eigener berechtigter
 Interessen des Gesellschafters erforderlich ist. Diese Pflicht gilt
 unabhängig von dem Grund des Ausscheidens des Gesellschafters aus
 der Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="90142545"/>
+          <w:numId w:val="939655584"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für jeden Fall eines Verstoßes gegen die aus Z 1, Z 2
 und Z 3 folgenden Pflichten durch den Gesellschafter ist der
 Gesellschafter verpflichtet, der Gesellschaft eine Vertragsstrafe
 in der Höhe von EUR 10.000,– zu zahlen. Jede versuchte oder
 erfolgreiche Abwerbung eines Kunden oder eines Mitarbeiters gilt
 pro Kunde/Mitarbeiter als gesonderter Verstoß. Im Fall eines
 fortgesetzten Verstoßes ist die Vertragsstrafe für jeden
 angefangenen Monat, in dem der Verstoß anhält, erneut an die
@@ -1632,1026 +1632,1142 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Gesellschafterversammlung
 und Gesellschafterbeschlüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In jedem Geschäftsjahr finden in der Regel zwei
 Gesellschafterversammlungen statt, und zwar etwa in der Mitte des
 Geschäftsjahres und gegen Ende des Geschäftsjahres. Soweit dies im
 Interesse der Gesellschaft erforderlich ist oder von einem
 Gesellschafter verlangt wird, sind zusätzliche außerordentliche
 Gesellschafterversammlungen einzuberufen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen werden durch die persönlich
 haftende Gesellschafterin einberufen. Die Einberufung erfolgt durch
 eingeschriebenen Brief, Telefax oder E-Mail an jeden Gesellschafter
 unter Angabe von Ort, Tag, Zeit und Tagesordnung mit einer Frist
 von mindestens zwei Wochen. Der Lauf der Frist beginnt im Fall der
 Einladung per Telefax oder E-Mail mit Absendung der Einladung,
 ansonsten zwei Tage nach ihrer Absendung. Der Tag der Versendung
 und der Tag der Gesellschafterversammlung wird bei der Berechnung
 der Frist nicht mitgezählt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen finden in Wien statt, sofern nicht
 alle Gesellschafter mit einem anderen Ort einverstanden sind.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gesellschafterversammlungen können ebenso als hybride
+Gesellschafterversammlungen abgehalten werden, bei denen jeder
+Teilnehmer zwischen einer physischen und einer virtuellen Teilnahme
+entscheiden kann. Das einberufende Organ hat allen Teilnehmern den
+barrierefreien Zugang zur hybriden Gesellschafterversammlung zu
+gewährleisten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="263445417"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Teilnahmemöglichkeit an der virtuellen
+Gesellschafterversammlung mittels einer akustischen und optischen
+Zweiweg-Verbindung in Echtzeit muss bestehen. Es muss jedem
+Gesellschafter möglich sein, sich zu Wort zu melden, an allen
+Abstimmungen teilzunehmen und gegebenenfalls Widerspruch zu
+erheben. Wird einem Gesellschafter das Wort erteilt, ist ihm eine
+Redemöglichkeit im Weg der Videokommunikation zu gewähren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="263445417"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bei allen Abstimmungen können die Gesellschafter ihr Stimmrecht
+im Weg elektronischer Kommunikation ausüben und auf diese Weise
+gegebenenfalls auch Widerspruch erheben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="263445417"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In der Einberufung der hybriden Gesellschafterversammlung ist
+anzugeben, welche organisatorischen und technischen Voraussetzungen
+für die Teilnahme an der hybriden Gesellschafterversammlung
+bestehen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafter bestimmen, mit Mehrheit der abgegebenen
 Stimmen, aus ihrer Mitte den Vorsitzenden, der die
 Gesellschafterversammlung leitet, den Ablauf der Versammlung sowie
 der Abstimmungen bestimmt und die Beschlussfähigkeit der
 Gesellschafterversammlung und die Fassung von
 Gesellschafterbeschlüssen feststellt. Er kann zu den
 Gesellschafterversammlungen Mitarbeiter der Gesellschaft,
 Mitarbeiter von Beteiligungsgesellschaften und sonstige
 Sachverständige und Auskunftspersonen hinzuziehen, sofern er deren
 Anhörung zur Unterrichtung der Gesellschafter für erforderlich
 hält.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen sind nur beschlussfähig, wenn
 Gesellschafter anwesend oder vertreten sind, die zusammen
 mindestens 50 % des Gesellschaftskapitals halten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafter sollen in der Regel persönlich an
 Gesellschafterversammlungen teilnehmen. Die Gesellschafter können
 sich durch einen anderen vertreten lassen. Die Vollmacht muss
 schriftlich erteilt sein, bei Beginn der Gesellschafterversammlung
 vorgelegt werden und verbleibt bei der Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterbeschlüsse werden in Gesellschafterversammlungen
 gefasst. Außerhalb von Gesellschafterversammlungen können
 Beschlüsse auch durch schriftliche, fernschriftliche, per E-Mail
 oder mündliche auch fernmündliche Abstimmung oder eine Kombination
 der vorgenannten Möglichkeiten, gefasst werden, soweit nicht
 zwingendes Recht eine andere Form vorschreibt und sich jeder
 Gesellschafter an der Abstimmung beteiligt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterbeschlüsse werden mit der Mehrheit der insgesamt
 vorhandenen und nicht ausgeschlossenen Stimmen gefasst, soweit
 nicht das Gesetz oder der Gesellschaftsvertrag eine größere
 Mehrheit vorsehen. Je EUR 50,– einer Kapitaleinlage eines
 Gesellschafters gewähren eine Stimme. Stimmenthaltungen gelten als
 Nein-Stimmen. Die persönlich haftende Gesellschafterin besitzt
 Stimmrechte nur, soweit dies in diesem Gesellschaftsvertrag
 ausdrücklich vorgesehen ist. Mit den Stimmen eines Gesellschafters
 kann nur einheitlich abgestimmt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafter sind stets auch in eigenen Angelegenheiten
 stimmberechtigt, soweit dem nicht zwingende gesetzliche
 Vorschriften oder dieser Vertrag entgegenstehen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über Gesellschafterversammlungen und Beschlüsse ist, sofern es
 sich nicht um schriftliche, durch die Gesellschafter unterzeichnete
 Beschlüsse handelt, jeweils eine Niederschrift anzufertigen, die
 vom Vorsitzenden der Gesellschafterversammlung oder der
 Geschäftsführung der Gesellschaft unterzeichnet werden muss. In der
 Niederschrift sind Tag und Ort der Gesellschafterversammlung, die
 Teilnehmer, die Gegenstände der Tagesordnung, eventuelle Anträge
 und die Ergebnisse der Abstimmungen aufzunehmen. Jedem
 Gesellschafter ist unverzüglich eine Kopie dieser Niederschrift
 zuzuleiten, damit der Inhalt gilt als richtig, wenn der
 Gesellschafter nicht binnen zwei Wochen nach Empfang gegenüber dem
 Vorsitzenden der Gesellschafterversammlung oder gegebenenfalls der
 Geschäftsführung der Gesellschaft schriftlich unter Angabe von
 Gründen widerspricht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="645665980"/>
+          <w:numId w:val="263445417"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Unwirksamkeit und die Anfechtbarkeit von
 Gesellschafterbeschlüssen kann nur binnen einer Ausschlussfrist von
 acht Wochen nach Empfang der Niederschrift über die
 Gesellschafterversammlung durch Klage geltend gemacht werden. Nach
 Ablauf dieser Frist gilt ein etwaiger Mangel als geheilt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 8 Geschäftsjahr und
 Jahresabschluss</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="42535747"/>
+          <w:numId w:val="941491510"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Geschäftsjahr ist mit dem Kalenderjahr identisch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="42535747"/>
+          <w:numId w:val="941491510"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin hat innerhalb der
 gesetzlichen Fristen den Jahresabschluss unter Beachtung der
 ertragsteuerlichen Regeln aufzustellen, soweit nicht zwingende
 unternehmensrechtliche Bestimmungen etwas anderes bestimmen, und
 diesen unverzüglich den Gesellschaftern vorzulegen. Die Vorlage hat
 mindestens zwei Wochen vor der ersten ordentlichen
 Gesellschafterversammlung nach dem Ende des jeweiligen
 Geschäftsjahres zu erfolgen. Die Feststellung des Jahresabschlusses
 erfolgt durch Gesellschafterbeschluss.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="42535747"/>
+          <w:numId w:val="941491510"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Geschäftsführer stellen folgende Unterlagen zur Verfügung:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="42535747"/>
+          <w:numId w:val="941491510"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Monatliche Finanz- und Geschäftsinformationen, einschließlich
 von Finanzberichten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="42535747"/>
+          <w:numId w:val="941491510"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Jahresbudget gefolgt von vier (4) vierteljährlichen
 Budgetaktualisierungen und</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="42535747"/>
+          <w:numId w:val="941491510"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einen geprüften und testierten Jahresabschluss, spätestens
 hundertzwanzig (120) Tage nach Ende des Geschäftsjahres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 9 Gesellschafterkonten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="562566914"/>
+          <w:numId w:val="608071364"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die in § 2 genannten Kapitaleinlagen der Gesellschafter
 werden für jeden Gesellschafter auf einem als Kapitalkonto I
 bezeichneten Konto verbucht. Diese Konten werden als Festkonten
 geführt. Eine Veränderung der Konten bedarf einer Änderung dieses
 Gesellschaftsvertrages. Die Beteiligung der Gesellschafter an der
 Gesellschaft bemisst sich nach dem Kapitalkonto I.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="562566914"/>
+          <w:numId w:val="608071364"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Neben dem Kapitalkonto I werden für jeden Gesellschafter ein
 Kapitalkonto II, ein Verlustvortragskonto sowie ein Privatkonto
 eingerichtet:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="562566914"/>
+          <w:numId w:val="608071364"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Kapitalkonto II werden die Gewinnanteile verbucht,
 soweit sie nach Ausgleich des Verlustvortragskontos auf Beschluss
 der Gesellschafterversammlung nicht dem Privatkonto, sondern dem
 Kapitalkonto II der Gesellschafter zugeführt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="562566914"/>
+          <w:numId w:val="608071364"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Verlustvortragskonto werden die Verlustanteile
 gebucht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="562566914"/>
+          <w:numId w:val="608071364"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Privatkonto werden die nach Ausgleich des
 Verlustvortragskontos zur Ausschüttung gelangenden Gewinne, sowie
 der Zahlungsverkehr mit dem Gesellschafter verbucht. Ist das
 Privatkonto zum Zeitpunkt des Ausscheidens eines Gesellschafter
 negativ, ist es von ihm auszugleichen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="562566914"/>
+          <w:numId w:val="608071364"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine Verzinsung der Konten findet nicht statt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Gewinn- und
 Verlustverteilung, Entnahmen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="542644241"/>
+          <w:numId w:val="933593227"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der persönlich haftenden Gesellschafterin sind alle Auslagen zu
 erstatten, die mit der Geschäftsführung zusammenhängen.
 Voraussetzung ist jedoch, dass die Verträge/Vereinbarungen zwischen
 ihr und ihren Geschäftsführern von der Gesellschafterversammlung
 gebilligt worden sind. Daneben erhält die persönlich haftende
 Gesellschafterin eine jährlich, jeweils am Ende eines
 Geschäftsjahres zu zahlende Haftungsvergütung in Höhe von 6 %
 ihres eingezahlten Stammkapitals, das zu Beginn des Geschäftsjahres
 in ihrer Bilanz ausgewiesen ist. Die Auslagen und die
 Haftungsvergütung der persönlich haftenden Gesellschafterin sowie
 etwaige Tätigkeitsvergütungen eines Gesellschafters werden
 gewinnmindernd als Aufwand der Gesellschaft behandelt und auch dann
 gezahlt, wenn die Gesellschaft in dem Geschäftsjahr einen Verlust
 erwirtschaftet hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="542644241"/>
+          <w:numId w:val="933593227"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">An dem verbleibenden Gewinn sowie an einem etwaigen Verlust des
 Geschäftsjahres nehmen die Gesellschafter im Verhältnis ihrer
 Kapitalbeteiligung (Kapitalkonto I) teil (Gewinnanteile bzw
 Verlustanteile). Die gesetzlichen Vorschriften über die
 Haftungsbeschränkung der Kommanditisten bleiben unberührt, die
 Kommanditisten sind der persönlich haftenden Gesellschafterin
 gegenüber in keinem Fall freistellungspflichtig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="542644241"/>
+          <w:numId w:val="933593227"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Verlustanteile eines Geschäftsjahres werden, vorbehaltlich
 Z 4, in dem Jahresabschluss dieses Geschäftsjahres auf dem
 Verlustvortragskonto gebucht. Soweit das Verlustvortragskonto noch
 einen Verlust ausweist, ist dieser zunächst durch spätere
 Gewinnanteile auszugleichen. Nach Ausgleich des
 Verlustvortragskontos verbleibende Gewinnanteile eines
 Geschäftsjahres werden vorbehaltlich Z 4 in dem
 Jahresabschluss dieses Geschäftsjahres dem Privatkonto
 gutgeschrieben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="542644241"/>
+          <w:numId w:val="933593227"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann beschließen, dass die
 Gewinnanteile der Gesellschafter vollständig oder teilweise nicht
 dem Privatkonto, sondern dem Kapitalkonto II zugeführt werden.
 Guthaben auf dem Kapitalkonto II reduzieren sich auf etwaige
 zukünftige Verluste. Die Gesellschafterversammlung kann
 beschließen, dass Guthaben auf dem Kapitalkonto II auf das
 Privatkonto der Gesellschafter umgebucht werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="542644241"/>
+          <w:numId w:val="933593227"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Entnahmen zulasten der Kapitalkonten I und II sind unzulässig.
 Guthaben auf den Privatkonten werden in Höhe der gemäß Ziffer 3 und
 4 erfolgten Gutschrift innerhalb von zwei Wochen nach Fassung des
 Gesellschafterbeschlusses über den Jahresabschluss ausgezahlt.
 Darüber hinausgehende Auszahlungen von Guthaben auf dem jeweiligen
 Privatkonto erfolgen binnen 4 Wochen nach schriftlicher
 Aufforderung durch den betreffenden Gesellschafter an die
 Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="542644241"/>
+          <w:numId w:val="933593227"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidet ein Gesellschafter aus, hat er sein
 Verlustvortragskonto einschließlich der auf ihn entfallenden
 Verlustanteile des dem Ausscheiden vorangehenden Geschäftsjahres
 auszugleichen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 11 Tätigkeitsbeteiligung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafter, die eine natürliche Person sind, können nicht
 auf Dauer, sondern nur solange Gesellschafter sein, wie sie
 Geschäftsführer der persönlich haftenden Gesellschafterin, der
 Gesellschaft oder einer anderen Gesellschaft der X-Planungs-
 Firmengruppe bzw der Gesellschaft sind
 (Tätigkeitsbeteiligung).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist ein solcher Gesellschafter, gleich aus welchem Grund
 (Abberufung, Entziehung, Kündigung, Tod etc) nicht mehr
 Geschäftsführer der persönlich haftenden Gesellschafterin, der
 Gesellschaft oder einer anderen Gesellschaft der
 X-Planungs-Firmengruppe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2723,551 +2839,551 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) hat das Angebot
 innerhalb von drei (3) Monaten nach Zugang anzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Kaufpreis erhält der veräußerungspflichtige Gesellschafter
 von dem Erwerber das 2,5-Fache des Durchschnitts der auf den
 Gesellschaftsanteil des veräußerungspflichtigen Gesellschafters
 entfallenden modifizierten Jahresergebnisse (gemäß nachfolgender
 Definition) der letzten drei (3) vor dem Ausscheiden
 abgeschlossenen Geschäftsjahre. Die modifizierten Jahresergebnisse
 (dh modifizierte Jahresüberschüsse oder modifizierte
 Jahresfehlbeträge) sind auf Basis der festgestellten
 Handelsbilanzen der Gesellschaft, der jeweiligen Geschäftsjahre,
 wie folgt, zu berechnen:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Handelsbilanzieller Jahresüberschuss bzw handelsbilanzieller
 Jahresfehlbetrag (nach Abzug von Ertragssteuern sowie von
 Tätigkeitsvergütungen und etwaigem Unternehmerlohn)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich/steuerliche Bewertungsdifferenzen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">abzüglich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich nicht berücksichtigte Jahresüberschüsse von
 Tochterunternehmen, soweit sie nicht in den drei maßgeblichen
 Geschäftsjahren gewinnerhöhend an die Gesellschaft ausgeschüttet
 wurden (Thesaurierung bzw Zwangsthesaurierung infolge
 Verlustnutzung)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abzüglich nicht berücksichtigte Jahresfehlbeträge von
 Tochterunternehmen soweit sie nicht in den drei maßgeblichen
 Geschäftsjahren bei der Gesellschaft gewinnmindernd berücksichtigt
 wurden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich eventueller Beteiligungsabschreibungen wegen
 Verlusten, soweit die den Abschreibungen zugrunde liegenden
-Verluste als Jahresfehlbeträge gem Z (4) berücksichtigt
-[...1 lines deleted...]
-berücksichtigten Verluste)</w:t>
+Verluste als Jahresfehlbeträge gem Z (4) berücksichtigt wurden
+(dh betragsmäßig bis zur Höhe der unter Z [4] berücksichtigten
+Verluste)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">= „modifiziertes Jahresergebnis“</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Berechnung des Kaufpreises erfolgt durch die X-Planungs
 Holding GmbH zum Übertragungsstichtag sobald der Jahresabschluss
 der Gesellschaft für das vorangegangene, abgeschlossene
 Geschäftsjahr vorliegt. Die Gesellschaft teilt den Kaufpreis für
 den zu veräußernden Teilkommanditanteil den Parteien schriftlich,
 fernschriftlich oder per E-Mail mit (die
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaufpreismitteilung“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Jahresabschluss für das dem Ausscheiden des
 Veräußerungspflichtigen Gesellschafters unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr bereits
 festgestellt, ist der gemäß den vorstehenden Regelungen ermittelte
 Kaufpreis drei (3) Wochen nach Zugang der Mitteilung des
 Kaufpreises an den veräußerungspflichtigen Gesellschafter und den
 Erwerber durch die Gesellschaft zur Zahlung fällig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Jahresabschluss für das dem Ausscheiden des
 veräußerungspflichtigen Gesellschafters unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr noch nicht
 festgestellt, ist zunächst ein vorläufiger Verkaufspreis auf der
 Grundlage der festgestellten Handelsbilanzen der beiden
 vorausgegangenen, abgeschlossenen Geschäftsjahre und der zum
 Zeitpunkt des Ausscheidens für das dem Ausscheiden unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr verfügbaren Daten
 zu schätzen. Der vorläufige Verkaufspreis beträgt maximal 80 %
 des 2,5-Fachen des Durchschnitts der auf den Teilkommanditanteil
 des Veräußerungspflichtigen Gesellschafters entfallenden
 modifizierten Jahresergebnisse der letzten zwei (2) vor dem
 Ausscheiden festgestellten Jahresabschlüsse („Vorläufiger
 Kaufpreis“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der vorläufige Kaufpreis ist durch die X-Planungs Holding GmbH
 zu ermitteln und dem Erwerber und dem veräußerungspflichtigen
 Gesellschafter mitzuteilen. Der vorläufige Kaufpreis ist innerhalb
 von drei (3) Wochen nach dem Zugang der Mitteilung über die Höhe
 des vorläufigen Kaufpreises Zug um Zug gegen Übertragung des
 Gesellschaftsanteils durch den veräußernden Gesellschafter zur
 Zahlung durch den Erwerber fällig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sobald der Jahresabschluss für das dem Ausscheiden des
 Gesellschafters unmittelbar vorausgegangene, abgeschlossene
 Geschäftsjahr festgestellt ist, ist der endgültige Kaufpreis zu
 ermitteln. Innerhalb von vier (4) Wochen nach Mitteilung des so
 ermittelten endgültigen Kaufpreises an den Gesellschafter ist eine
 etwaige positive Differenz zum vorläufigen Kaufpreis (dh der
 endgültige Kaufpreis ist höher als der vorläufige Kaufpreis) von
 dem Erwerber an den ausscheidenden Gesellschafter zu zahlen und
 eine etwaige negative Differenz zum vorläufigen Kaufpreis (dh der
 endgültige Kaufpreis ist niedriger als der vorläufige Kaufpreis)
 von dem ausscheidenden Gesellschafter an den Erwerber des
 Gesellschaftsanteils zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Durchschnitt der in den letzten drei, vor dem
 Ausscheiden, abgeschlossenen Geschäftsjahre aus den
 Gesellschaftsanteil des Gesellschafters nach Abzug von Ertragsteuer
 sowie von Tätigkeitsvergütungen entfallenden Jahresergebnisse
 negativ, beträgt der Kaufpreis EUR 1,– (eins).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Erwerber ist berechtigt, von dem Kaufpreis einen Betrag in
 der Höhe des Verlustvortragskontos (einschließlich der auf dem
 Ausscheidenden entfallenden Verlustanteile des dem Ausscheiden
 vorangehenden Geschäftsjahres) sowie eines gegebenenfalls negativen
 Privatkontos des ausscheidenden Gesellschafters als anteilige
 Erfüllung der Kaufpreisschuld direkt an die Gesellschaft als
 Ausgleich des Verlustvortragskonto sowie gegebenenfalls des
 negativen Privatkontos zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Erwerber erwirbt den Gesellschaftsanteil des Ausscheidenden
 zusammen mit dessen Kapitalkonto I. Ein zum Ablauf des dem
 Ausscheiden vorangehenden Geschäftsjahres („Stichtag“) bestehendes
 Guthaben auf seinem Kapitalkonto II abzüglich eventueller Beträge
 auf seinem Verlustvortragskonto (einschließlich der auf dem
 Ausscheidenden entfallenden Verlustanteile das dem Ausscheiden
 vorangehenden Geschäftsjahres) sind dem Ausscheidenden von der
 Gesellschaft mit Wirkung zum Ausscheidenszeitpunkt auszuzahlen. Ein
 zum Stichtag vorhandenes Guthaben auf seinem Privatkonto ist dem
 ausscheidenden Gesellschafter auszuzahlen. Der ausscheidende
 Gesellschafter nimmt an den Gewinnen und Verlusten der Gesellschaft
 des zum Zeitpunkt seines Ausscheidens laufenden Geschäftsjahres
 nicht teil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="836866590"/>
+          <w:numId w:val="183058190"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Findet mit Zustimmung der Gesellschafterversammlung eine
 Veräußerung der Tätigkeitsbeteiligung an Dritte statt (§ 12),
 steht dem die Tätigkeitsbeteiligung haltenden Gesellschafter von
 dem Dritten zu zahlenden Kaufpreis nur der Teil zu, der dem
-Kaufpreis gem § 11 Z 3 entspricht. Ein darüber
+Kaufpreis gem § 11 Z 3 entspricht. Ein darüber
 hinausgehender Kaufpreis ist an die Gesellschafterin mit der
 größten Beteiligung zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Verfügung über
 Gesellschaftsanteile</w:t>
       </w:r>
@@ -3301,485 +3417,484 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 13 Kündigung, Ausscheiden und
 Ausschluss eines Gesellschafters</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeder Gesellschafter kann die Gesellschaft unter Einhaltung
 einer Frist von zwölf Monaten zum Ende eines Geschäftsjahres
 kündigen, erstmals zum … Die Kündigung bedarf der Form eines
 eingeschriebenen Briefes mit Rückschein und ist an die persönlich
 haftende Gesellschafterin zu richten. Maßgeblich für die
 Rechtzeitig der Kündigung ist der Eingang der Kündigungsschreiben.
 Mit Wirksamwerden der Kündigung scheidet der Gesellschafter aus der
 Gesellschaft aus.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Ausscheiden eines Gesellschafters wird die Gesellschaft
 nicht aufgelöst, sondern von den übrigen Gesellschaftern
 fortgesetzt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann den Ausschluss eines
 Gesellschafters beschließen, wenn
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">über das Vermögen des Gesellschafters das Insolvenzverfahren
 eröffnet oder die Eröffnung eines solchen Verfahrens mangels Masse
 abgewiesen wird;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in der Person des Gesellschafters ein seine Ausschließung
 rechtfertigender Grund vorliegt, was insbesondere bei
 Vertrauensverlust aufgrund des Verhaltens des Gesellschafters
 gegeben ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Gesellschafter, der eine natürliche Person ist, kann durch
 Beschluss der Gesellschafterversammlung ausgeschlossen werden, wenn
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter nicht Geschäftsführer der Gesellschaft, der
 persönlich haftenden Gesellschafterin der Gesellschaft oder einen
 anderen Gesellschaft der X-Planungs-Firmengruppe ist;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter arbeitsunfähig oder sonst gehindert ist,
 seinen Verpflichtungen aus dem Anstellungsvertrag mit der
 Gesellschaft, der persönlich haftenden Gesellschafterin der
 Gesellschaft der X-Planungs-Firmengruppen nachzukommen und die
 volle Wiederherstellung einer Einsatzfähigkeit aller Voraussicht
 nach auf Dauer, mindestens aber für 18 Monate, ausgeschlossen
 ist;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter, gleich aus welchem Grund, seinen
 wesentlichen Verpflichtungen aus seinem mit der Gesellschaft, der
 persönlich haftenden Gesellschafterin der Gesellschaft oder einer
 anderen Gesellschaft der X-Planungs-Gruppe abgeschlossenen Dienst-
 oder Arbeitsvertrag trotz Abmahnungen wiederholt nicht
 nachkommt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter das 65. Lebensjahr vollendet hat oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter verstirbt, soweit der Gesellschafter bzw
 seine Erben nicht bereits nach § 14 ausscheiden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der auszuschließende Gesellschafter hat bei der
 Beschlussfassung kein Stimmrecht. Der Beschluss über die
 Ausschließung wird mit der Mitteilung an den betroffenen
 Gesellschafter durch Übersendung einer Kopie der Niederschrift oder
 des schriftlich gefassten Beschlusses wirksam, wozu jeder der
 übrigen Gesellschafter berechtigt ist. Der Beschluss ist solange
 als wirksam zu behandeln, bis seine Unwirksamkeit rechtskräftig
 festgestellt ist. Bei Vorliegen der Voraussetzungen kann der
 Ausschluss erfolgen, er muss es aber nicht. Solange die
 Voraussetzungen vorliegen, kann der Ausschluss jederzeit
 erfolgen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit Wirksamwerden der Ausschließung scheidet der Gesellschafter
 aus der Gesellschaft aus. Sein Gesellschaftsanteil wächst der
 Gesellschafterin mit der größten Beteiligung an, die an den
-ausgeschiedenen Gesellschafter eine Abfindung gem § 13
+ausgeschiedenen Gesellschafter eine Abfindung gem § 13
 Z 8 zu zahlen hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In Abweichung von § 13 Z 6 kann die
 Gesellschafterversammlung verlangen, dass der ausscheidende
 Gesellschafter seinen Anteil an einen Gesellschafter oder an einen
 Dritten veräußert. In diesem Fall erhält der ausscheidende
-Gesellschafter eine Vergütung, die der Abfindung gem § 13
+Gesellschafter eine Vergütung, die der Abfindung gem § 13
 Z 8 entspricht. Kommt der Gesellschafter dem
 Übertragungsverlangen nicht nach, verbleibt es bei der Regelung in
 § 13 Z 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Abfindung, die zugleich als Kompensation für die
-Beschränkungen gem § 6 Z 2 und 3 dient, erhält der
+Beschränkungen gem § 6 Z 2 und 3 dient, erhält der
 ausgeschiedene bzw ausgeschlossene Gesellschafter von der
-Gesellschafterin, welcher seinen Gesellschaftsanteil
-[...9 lines deleted...]
-Zahlung fällig.</w:t>
+Gesellschafterin, welcher seinen Gesellschaftsanteil gem § 13
+Z 6 anwächst, das 2,5-Fache des Durchschnitts der
+modifizierten Jahresergebnisse gem § 11 Z 3 der letzten
+drei, vor dem Ausscheiden bzw Ausschluss, abgeschlossenen
+Geschäftsjahre, die auf den Gesellschaftsanteil des Gesellschafters
+entfallen. Wird der Jahresabschluss für das dem Ausscheiden des
+Gesellschafters unmittelbar vorausgehende Geschäftsjahr innerhalb
+von fünf Monaten nach Wirksamwerden des Ausscheidens festgestellt,
+ist die so ermittelte Abfindung innerhalb von sechs Monaten nach
+Wirksamwerden des Ausscheidens zur Zahlung fällig.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ist der Jahresabschluss für das dem Ausscheiden des Gesellschafters
 unmittelbar vorausgehende Geschäftsjahr nicht innerhalb von fünf
 Monaten nach Wirksamwerden des Ausscheidens festgestellt, ist
 zunächst eine vorläufige Abfindung auf der Grundlage der
 festgestellten Handelsbilanz der beiden vorausgegangenen
 abgeschlossenen Geschäftsjahre und der verfügbaren Daten für das
 dem Ausscheiden unmittelbar vorausgegangene, abgeschlossene
 Geschäftsjahr zu schätzen. Die vorläufige Abfindung beträgt maximal
 80 % des 2,5-Fachen des Durchschnitts der auf dem
 Geschäftsanteil des veräußerungspflichtigen Gesellschafters
 entfallenden modifizierten Jahresergebnisse der beiden
 vorausgegangenen, abgeschlossenen Geschäftsjahre, für die
 festgestellte Handelsbilanzen vorliegen („Vorläufige Abfindung“).
 Die vorläufige Abfindung ist innerhalb von sechs Monaten nach
 Wirksamwerden des Ausscheidens bzw Ausschlusses zur Zahlung fällig.
 Sobald der Jahresabschluss für das dem Ausscheiden bzw Ausschluss
@@ -3808,51 +3923,51 @@
 (eins).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Die Gesellschafterin, welcher der Anteil des Ausscheidenden
 anwächst, ist berechtigt, von der Abfindung einen Betrag in der
 Höhe des Verlustvortragkontos (einschließlich der auf den
 Ausscheidenden entfallenden Verlustanteile des dem Ausscheiden
 vorangehenden Geschäftsjahres) sowie eines gegebenenfalls negativen
 Privatkontos des ausscheidenden Gesellschafters als anteilige
 Erfüllung der Abfindungsschuld direkt an die Gesellschaft als
 Ausgleich des Verlustvortragkontos sowie gegebenenfalls des
 negativen Privatkontos zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="233352880"/>
+          <w:numId w:val="409124505"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterin, der der Geschäftsanteil anwächst, erwirbt
 den Gesellschaftsanteil des Ausscheidenden zusammen mit dessen
 Kapitalkonto I. Ein zum Ablauf des dem Ausscheiden vorangehenden
 Geschäftsjahres („Stichtag“) bestehendes Guthaben auf seinem
 Kapitalkonto II abzüglich eventueller Beträge auf seinem
 Verlustvortragkonto (einschließlich der auf den Ausscheidenden
 entfallenden Verlustanteile des dem Ausscheiden vorangehenden
 Geschäftsjahres) sind dem Ausscheidenden von der Gesellschaft mit
@@ -3883,159 +3998,159 @@
         </w:rPr>
         <w:t xml:space="preserve">§ 14 Erbfolge</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beim Tod eines Gesellschafters, der eine natürliche Person ist,
 scheidet der Gesellschafter aus der Gesellschaft aus. Die
 Gesellschaft wird nicht aufgelöst, sondern mit den verbleibenden
 Gesellschaftern fortgeführt. Der Gesellschaftsanteil des
 ausgeschiedenen Gesellschafters wächst der Gesellschafterin mit der
 größten Beteiligung an. Der Erbe oder Vermächtnisnehmer des
-verstorbenen Gesellschafters erhält von ihr eine Abfindung
-gem § 13 Z 8.</w:t>
+verstorbenen Gesellschafters erhält von ihr eine Abfindung gem
+§ 13 Z 8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 15 Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="953113838"/>
+          <w:numId w:val="304955025"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieser Gesellschaftsvertrag gilt ab Eintragung der Gesellschaft
 im Firmenbuch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="953113838"/>
+          <w:numId w:val="304955025"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerichtsstand für alle Streitigkeiten aus diesem Vertrag ist
 Wien.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="953113838"/>
+          <w:numId w:val="304955025"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderungen oder Ergänzungen des Gesellschaftsvertrages
-erfolgen, soweit gesetzlich zulässig, durch Beschluss
-gem § 7.</w:t>
+erfolgen, soweit gesetzlich zulässig, durch Beschluss gem
+§ 7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="953113838"/>
+          <w:numId w:val="304955025"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sollten Bestimmungen dieses Vertrages oder eine künftig in ihn
 aufgenommene Bestimmung ganz oder teilweise nicht rechtswirksam
 oder nicht durchführbar sein oder ihre Rechtswirksamkeit oder
 Durchführbarkeit später verlieren, so soll hiervon die Gültigkeit
 der übrigen Bestimmungen dieses Vertrages nicht berührt werden. Das
 Gleiche gilt, soweit sich herausstellen sollte, dass der Vertrag
 eine Regelungslücke enthält. Anstelle der unwirksamen und
 undurchführbaren Bestimmungen oder zur Ausfüllung der Lücke soll
@@ -4063,50 +4178,2197 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">… am, …</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">…</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anmerkungen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 1 Firma, Sitz und Gegenstand des Unternehmens</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Firma muss gem § 18 UGB zur Kennzeichnung des
+Unternehmers geeignet sein und Unterscheidungskraft besitzen. Die
+Firma darf keine Angaben enthalten, die geeignet sind, über
+geschäftliche Verhältnisse, die für die angesprochenen
+Verkehrskreise wesentlich sind, irrezuführen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unter Kennzeichnungseignung wird die Eignung zur namentlichen
+Kennzeichnung eines Unternehmers (Namensfunktion) verstanden. Die
+Sachfirma kann den Gegenstand des Unternehmens enthalten; reine
+Gattungsbezeichnungen oder Branchenangaben sind mangels
+Individualisierungswirkung unzulässig. Es ist erforderlich, dass
+das Unternehmen eine individuelle Bezeichnung führt, die sich von
+der Gattungsbezeichnung des Gewerbezweiges unterscheidet, um es
+hinreichend zu kennzeichnen (RIS-Justiz RS0122494).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unterscheidungskraft bedeutet, dass die Firma geeignet ist, bei
+Lesern und Hörern die Assoziation mit einem ganz bestimmten
+Unternehmen unter vielen anderen zu wecken. Sie geht nicht mehr so
+weit, dass auch die konkrete Identität eines Unternehmensträgers
+aus der Firma abgeleitet sein muss; die Individualisierungseignung
+muss vielmehr nur generell und abstrakt gegeben sein. Erst wenn die
+abstrakte Individualisierungsfunktion bejaht werden kann, stellt
+sich überhaupt die Frage, ob eine Firma konkret mit einer gleichen
+oder ähnlichen Firma verwechselt werden und deshalb unzulässig sein
+könnte (RIS-Justiz RS0122544).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es besteht kein Anspruch auf eine bestimmte Schreibweise im
+Firmenbuch, etwa auf bestimmte Schriftzüge (RIS-Justiz
+RS0122546).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sitz der Gesellschaft</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beim Sitz muss es sich um eine politische Gemeinde (zB Wien,
+Salzburg, Neusiedl am See, etc) handeln. Davon zu unterscheiden ist
+die Geschäftsanschrift, die neben der politischen Gemeinde auch die
+Straße und Hausnummer (allenfalls Türnummer) enthält und die nicht
+im Gesellschaftsvertrag aufscheint, sondern nur im Firmenbuch.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unternehmensgegenstand</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Unternehmensgegenstand beschreibt Bereich und Art der
+Tätigkeit, mit der die GmbH ihren Zweck verfolgt. Als
+Unternehmensgegenstand kommt jeder gesetzlich zulässige Zweck in
+Betracht.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es ist zu prüfen, ob es sich bei der Tätigkeit um ein freies
+oder reglementiertes Gewerbe handelt (zB § 94 Z 74 GewO
+bzgl der Unternehmens- und Personalberatung) und welche
+Voraussetzungen für die Ausübung zu erfüllen sind.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 2 Gesellschaftskapital, Beteiligung und Einlagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Komplementärin einer KG haftet grundsätzlich unbeschränkt,
+allerdings handelt es sich hier bei der Komplementärin um eine
+GmbH, weshalb sie nur mit ihrem Gesellschaftsvermögen haftet, was
+faktisch zu einer Haftungsreduktion führt. Häufig (wie auch in
+diesem Fall) fungiert sie als Arbeitsgesellschafterin und übernimmt
+meist Verwaltungsfunktionen (zB Geschäftsführung).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Z Handels OG übernimmt als Kommanditistin eine
+Pflichteinlage in Höhe von EUR 10.000, die voll aufgebracht
+ist. OGs (wie auch natürliche oder juristische Personen) können als
+Kommanditisten fungieren. Die Pflichteinlage bildet die Grundlage
+für die Beteiligung am Gesellschaftsvermögen und für die jeweilige
+Haftungsbegrenzung der Kommanditistin. Im Außenverhältnis haftet
+die Kommanditistin nur in Höhe der im Firmenbuch eingetragenen
+Haftsumme. Eine darüber hinausgehende Haftung ist
+ausgeschlossen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 4 Geschäftsführung und Vertretung</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bei der GmbH &amp; Co KG erfolgt die faktische Leitung durch die
+Geschäftsführer der GmbH, sodass intern das GmbHG maßgeblich ist
+(§ 15 GmbHG).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Kommanditisten sind von der Führung der Geschäfte der
+Gesellschaft gem § 164 UGB ausgeschlossen. Daher führen und
+vertreten nur Komplementäre die Gesellschaft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 5 Zustimmungsbedürftige Geschäfte</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 5 des Gesellschaftsvertrags implementiert eine
+gesellschaftsvertragliche Kontrolle der Komplementär-GmbH durch die
+Kommanditistin im Innenverhältnis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die vorliegende Bestimmung regelt den Katalog
+zustimmungsbedürftiger Geschäfte der persönlich haftenden
+Gesellschafterin (Komplementär-GmbH) in einer GmbH &amp; Co KG. Sie
+konkretisiert damit das Verhältnis zwischen der
+geschäftsführungsbefugten Komplementärin und der
+Gesellschafterversammlung. Ziel dieser Regelung ist es, eine
+Kontrolle der Kommanditisten über außergewöhnliche
+Geschäftsführungsmaßnahmen sicherzustellen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 6 Wettbewerbsverbot, Kundenschutz und Abwerbeverbot</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Oberste Gerichtshof hielt unter Hinweis auf die bisherige
+Judikatur und die überwiegende Lehre fest, dass einen
+ausgeschiedenen Gesellschafter mangels ausdrücklicher Vereinbarung
+die Verpflichtung des § 112 UGB nicht mehr trifft. Diesem
+Verbot liegt das für Personengesellschaften wesentliche
+Vertrauensverhältnis ihrer Mitglieder zugrunde. Nach dem Ausschluss
+eines Gesellschafters kann das erschütterte Vertrauen die
+Aufrechterhaltung des Wettbewerbsverbots gegenüber einem ehemaligen
+Gesellschafter aber nicht mehr rechtfertigen. Verstößt ein
+Gesellschafter gegen das Wettbewerbsverbot, hat die Gesellschaft ua
+die Möglichkeit, gegen den Gesellschafter mit Ausschließungsklage
+vorgehen. Mangels fortdauernder Treuepflicht eines ehemaligen
+Gesellschafters nimmt die Gesellschaft durch die Einbringung einer
+Ausschlussklage in Kauf, dass sie gegen den ehemaligen
+Gesellschafter für die Zeit nach seinem rechtskräftigen Ausschluss
+keine auf die Verletzung des Wettbewerbsverbots gestützten
+Ansprüche geltend machen kann. Soll die Gesellschaft vor Wettbewerb
+auch nach dem Ausscheiden eines Gesellschafters geschützt werden,
+ist das über eine entsprechende vertragliche Vereinbarung möglich.
+Darüber hinaus bietet das Lauterkeitsrecht der Gesellschaft
+ausreichenden Schutz vor einem unlauteren Wettbewerb (OGH
+11.08.2015, 4 Ob 71/15t).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Regelung des Wettbewerbsverbotes ist in jeder Richtung der
+freien Gestaltung unter den Gesellschaftern überlassen. Es steht
+ihnen frei, Vertragsstrafen zu vereinbaren, aber auch, dass solche
+nicht von der Gesellschaft, sondern von einem Gesellschafter im
+eigenen Namen verlangt werden können (RIS-Justiz RS0061731).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 7 Gesellschafterversammlung und
+Gesellschafterbeschlüsse</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hybride Gesellschafterversammlung nach dem Virtuelle
+Gesellschafterversammlungen-Gesetz (VirtGesG):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Damit in Zeiten der COVID-19-Pandemie Versammlungen von
+Gesellschaftern oder Organmitgliedern auch ohne physische
+Anwesenheit der Teilnehmer durchgeführt und Beschlüsse auch auf
+andere Weise gefasst werden können, wurde mit § 1
+COVID-19-GesG eine zeitlich befristete gesetzliche Grundlage für
+„virtuelle Versammlungen“ geschaffen. Die Durchführung von
+Gesellschafterversammlungen unter Einsatz technischer
+Kommunikationsmittel, insbesondere über eine Videokonferenz, hat
+sich in der Praxis bewährt, weshalb danach eine dauerhafte
+gesetzliche Grundlage für virtuelle sowie hybride Versammlungen
+geschaffen wurde.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Im Unterschied zur Pandemiesituation sollen solche
+Gesellschaftersammlungen jedoch nur zulässig sein, wenn dies in
+Satzung bzw im Gesellschaftsvertrag vorgesehen ist (271/ME XXVII.
+GP).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eine virtuelle Versammlung ist als einfache virtuelle
+Versammlung iSd § 2 VirtGesG durchzuführen. Hat die
+Versammlung einen Leiter, so kann im Gesellschaftsvertrag auch
+vorgesehen werden, dass stets eine moderierte virtuelle Versammlung
+iSd § 3 VirtGesG durchzuführen ist oder dass die Entscheidung,
+ob eine einfache oder eine moderierte virtuelle Versammlung
+durchgeführt wird, dem einberufenden Organ überlassen wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Im Gesellschaftsvertrag kann auch vorgesehen werden, dass stets
+eine Versammlung durchzuführen ist, bei der sich die einzelnen
+Teilnehmer zwischen einer physischen und einer virtuellen Teilnahme
+entscheiden können („hybride Versammlung“) oder dass die
+Entscheidung, ob eine hybride Versammlung durchgeführt wird, dem
+einberufenden Organ überlassen wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 8 Geschäftsjahr und Jahresabschluss</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Pflicht zur Aufstellung eines Jahresabschlusses für eine
+GmbH &amp; Co KG ergibt sich aus § 189 Abs 1 Z 2
+lit b UGB. Die detaillierten Rechnungslegungsvorschriften
+gehen aus §§ 189 ff UGB hervor. Da die GmbH hier als
+Komplementärin fungiert, ist der Geschäftsführer der GmbH für die
+Aufstellung des Jahresabschlusses verantwortlich. Dieser ist der
+Gesellschaft gegenüber verpflichtet und hat die Geschäfte mit der
+Sorgfalt eines ordentlichen Geschäftsmannes zu leiten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Kommanditistin kommt ein Kontrollrecht iSd § 166 UGB
+zu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Einreichung des Jahresabschlusses nach den Vorgaben der
+ERV-Novelle 2025:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mit der ERV-Novelle BGBl II Nr 27/2025 wird ab dem
+01.01.2026 FinanzOnline (FON) kein zulässiger Kommunikationsweg mit
+dem Firmenbuchgericht mehr sein. Damit können Jahresabschlüsse
+(JAb) und andere Unterlagen der Rechnungslegung, die in der neuen
+Version der Struktur JAb 4.0 errichtet wurden (das sind im
+Wesentlichen alle Unterlagen, die nach dem 31.12.2024 erstellt
+werden), nicht mehr über FON eingereicht werden. Unterlagen, die in
+einer früheren Version der Struktur aufgestellt wurden (etwa JAb
+3.32), können in einem Übergangszeitraum bis 31.12.2025 noch über
+FON eingereicht werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einreichung der Jahresabschlussunterlagen richtet sich ab
+dem 01.01.2026 nach den neuen Vorgaben der ERV-Novelle. Gem
+§ 277 Abs 6 UGB sind diese grundsätzlich in
+elektronischer Form dem zuständigen Firmenbuchgericht (siehe
+§ 120 JN) vorzulegen. Darüber hinaus bestimmt § 12
+Abs 2 ERV 2021 in der Fassung BGBl II Nr 27/2025,
+dass die Vorlage grundsätzlich in strukturierter Form gemäß der
+Schnittstellenbeschreibung (§ 7 ERV 2021) zu erfolgen hat. Die
+Möglichkeit der strukturierten Einreichung besteht:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="981495652"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Für die Offenlegung gem § 278 Abs 1 UGB (auch iVm
+§ 221 Abs 5 UGB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="981495652"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Für die Bilanz und die Gewinn- und Verlustrechnung von
+Rechtsträgern, die den Regeln des dritten Buches des UGB
+unterliegen, es sei denn, die einzureichenden Unterlagen enthalten
+Posten, die mithilfe der in der Schnittstellenbeschreibung
+enthaltenen Struktur (Taxonomie) nicht abgebildet werden
+können</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="981495652"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Für Unterlagen und Berichte, sobald und soweit die Aufstellung
+oder Einreichung in strukturierter Form in einem Unionsrechtsakt
+angeordnet ist, wie bspw für Jahresfinanzberichte nach § 124
+BörseG 2018, BGBl I Nr 107/2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wenn eine Übermittlung nicht strukturiert möglich ist, können
+die Unterlagen auch als PDF-Anhang oder im Weg eines
+Urkundenarchives einer Körperschaft öffentlichen Rechts (§ 91c
+GOG) eingebracht werden. Der Grund der Unmöglichkeit ist anlässlich
+der Einreichung bekannt zu geben (siehe § 12 Abs 3 ERV
+2021).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Werden Unterlagen nach den §§ 277 bis 281 UGB zur
+Verbesserung zurückgestellt, so sind sie gem § 12 Abs 5
+ERV 2021 idF BGBl II Nr 27/2025 bei Wiedervorlage in
+verbesserter Form zur Gänze neu einzureichen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Übergangsregelung für den Jahresabschluss für kleine GmbH sowie
+kleine kapitalistische Personengesellschaften in der Version 3.32
+bis 31.12.2025:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bis 31.12.2025 gilt das „alte“ Formular in der Version 3.32 und
+kann der Jahresabschluss letztmalig über FON eingereicht werden.
+Parallel wird bereits ab 01.03.2025 ein neues Formular in der
+Version 4.0 zur Verfügung gestellt, wobei dieses nicht für FON
+gilt. Über dieses Formular können die Formblatt-Daten direkt ans
+Firmenbuchgericht gesendet werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ab 01.01.2026 gibt es weder das „alte“ Formular in der Version
+3.32 noch die Möglichkeit der Übermittlung von Jahresabschluss über
+FON.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es wird empfohlen, bereits ab dem 01.03.2025 auf das neue
+Formular in der Version 4.0 umzusteigen und die neue Möglichkeit
+zur elektronischen Einreichung zu nutzen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jahresabschluss für kleine GmbH sowie kleine kapitalistische
+Personengesellschaften in der Version 4.0 ab 01.01.2026:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es gibt ein neues Formular, mit dem der Jahresabschluss beim
+Firmenbuchgericht eingereicht werden kann. Die Einreichung ist
+unter Verwendung des Elektronischen Identitätsnachweises – E-ID
+(§§ 4 ff E-GovG) oder über USP möglich. Mit diesem Formular
+kann man die Formblatt-Daten manuell eingeben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mit dem neuen Formular können die Formblatt-Daten weiterhin
+manuell eingegeben werden. Im Unterschied zum bisherigen Verfahren
+ist es jedoch nicht mehr erforderlich, die generierten Daten in FON
+einzubringen. Stattdessen werden die eingegebenen Formblatt-Daten
+nach Abschluss der Eingabe durch Betätigung der Schaltfläche
+„Senden“ direkt in strukturierter Form gemäß Version 4.0 an das
+zuständige Firmenbuchgericht übermittelt. Im Anschluss an die
+Übermittlung wird dem Einreicher eine Eingangsbestätigung per
+E-Mail zugesandt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 9 Gesellschafterkonten</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Kapitalkonto I stellt das Festkapital des Gesellschafters
+dar, das zugleich die Grundlage seiner Beteiligungsquote und damit
+seines Stimmrechts, Gewinn- und Verlustanteils sowie
+Liquidationserlöses bildet. Gemäß der Bestimmung handelt es sich um
+ein Festkonto, dessen Veränderung eine Änderung des
+Gesellschaftsvertrags erfordert.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Kapitalkonto II dient der Thesaurierung nicht
+ausgeschütteter Gewinne, soweit die Gesellschafterversammlung
+beschließt, diese nicht dem Privatkonto gutzuschreiben. Es handelt
+sich um Eigenkapital mit Beteiligungscharakter, das im Unterschied
+zum Kapitalkonto I variabel geführt wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Verlustvortragskonto dient der periodenübergreifenden
+Verrechnung von Verlustanteilen, die mit späteren Gewinnen
+auszugleichen sind, bevor eine Ausschüttung an die Gesellschafter
+erfolgen darf. Diese Systematik entspricht dem Grundsatz des
+§ 167 UGB, wonach Verluste in den Folgejahren mit Gewinnen zu
+verrechnen sind. Erst nach Ausgleich des Verlustvortrags ist ein
+Gewinnanteil ausschüttungsfähig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Privatkonto fungiert als Verrechnungskonto zwischen
+Gesellschafter und Gesellschaft und dient der Erfassung von
+Ausschüttungen, Entnahmen und sonstigen gegenseitigen
+Forderungen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 10 Gewinn- und Verlustverteilung, Entnahmen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Risiko, dass der Komplementär seine „Existenz aufs Spiel
+setzt“ (vgl </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reidlinger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, aaO), ist durch ein
+Haftungsentgelt (im Sinne eines Vorausgewinns bzw
+Sondergewinnanteils) abzugelten. Wenn die GmbH als Komplementärin
+kein Vermögen in die KG eingebracht hat, ergibt sich die
+Beteiligung abgesehen von der hier nicht strittigen
+Geschäftsführung nur aus der Übernahme der unbeschränkten Haftung.
+Diese Haftung ist fremdüblich durch ein Haftungsentgelt abzugelten.
+Eine „Verzinsung“ eines „eingesetzten Kapitals“ hat aber in diesem
+Fall nicht zu erfolgen, da die GmbH mangels Einlage auch kein
+Kapital „eingesetzt“ (an die KG zur Nutzung überlassen) hat. Es
+steht ihr vielmehr frei, ihr Vermögen selbst zu nutzen (etwa durch
+die zinsbringende Anschaffung von Anleihen) und damit eine
+Verzinsung dieses Vermögens außerhalb der Beteiligung an der KG zu
+erzielen (VwGH 17.12.2014, Zl 2010/13/0115).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Einer GmbH als einziger Komplementärin ohne Kapitalanteil einer
+(personengleichen und typischen) GmbH &amp; Co KG ist als Abgeltung
+ihres Haftungsrisikos als für die Verbindlichkeiten der GmbH &amp;
+Co KG unbeschränkt Haftungspflichtige eine Haftungsentschädigung zu
+gewähren. Wurde im Rahmen der Gewinnverteilung ursprünglich diese
+Haftungsentschädigung auf Basis des betriebswirtschaftlichen
+Eigenkapitals der GmbH zutreffend ermittelt, so hält eine in einem
+späteren Jahr (dem Beschwerdejahr) durch Gesellschafterbeschluss
+ohne nachvollziehbare Begründung auf einen Bruchteil vorgenommene
+Reduzierung der Haftungsentschädigung einem Fremdvergleich nicht
+stand. Das Finanzamt hat daher zu Recht die Differenz als verdeckte
+Ausschüttung der GmbH an deren Gesellschafter, die zugleich
+Kommanditisten der GmbH &amp; Co KG sind, gewertet. Die
+Heranziehung der GmbH als ausschüttende Gesellschaft und somit als
+Haftende für die Einbehaltung und Abfuhr der auf die verdeckte
+Ausschüttung entfallende Kapitalertragsteuer entspricht dem Gesetz
+(vgl VwGH vom 28.05.2015, Ro 2014/15/0046) (BFG 11.03.2016,
+RV/5101439/2009).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ist bei einer Kommanditgesellschaft kein unbeschränkt haftender
+Gesellschafter eine natürliche Person, so sind die Vorschriften
+über das Verbot der Einlagenrückgewähr gem § 82 Abs 1 und
+§ 83 Abs 1 GmbHG auf die Kommanditgesellschaft im
+Verhältnis zu ihren Kommanditisten analog anzuwenden. Der
+Rückersatzanspruch gem § 83 Abs 1 GmbHG steht dabei der
+Kommanditgesellschaft zu (RIS-Justiz RS0123863).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bei einem Verstoß gegen das Verbot der Einlagenrückgewähr
+fordert eine Abwägung der Interessen des Kreditgebers einerseits
+und der durch die verbotene Einlagenrückgewähr geschädigten
+Gesellschaft und ihrer Gläubiger andererseits, das
+Leistungsverweigerungsrecht gegenüber dem Kreditgeber nicht nur auf
+Kollusion zu beschränken. Die Interessen der Gesellschaft und ihrer
+Gläubiger müssen jedenfalls auch den Interessen jenes Kreditgebers
+vorgehen, der weiß, dass er den Kredit einem (mittelbaren)
+Gesellschafter gewährt, der damit den Anteilskauf finanziert, und
+dass die Sicherheit am Gesellschaftsvermögen bestellt wird. Das
+Gleiche muss auch für jenen Kreditgeber gelten, dem sich dieses
+Wissen „geradezu aufdrängen“ muss, dessen Unkenntnis demnach auf
+grober Fahrlässigkeit beruht (RIS-Justiz RS0105537).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 11 Tätigkeitsbeteiligung</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nach § 137 Abs 2 UGB ist dem ausscheidenden
+Gesellschafter einer Personengesellschaft in Geld auszuzahlen, was
+er bei der Auseinandersetzung erhielte, wenn die Gesellschaft zur
+Zeit seines Ausscheidens aufgelöst worden wäre. Sein
+Geschäftsanteil geht unter und an die Stelle des Kapitalanteils
+tritt die Abfindungsverpflichtung der Gesellschaft
+(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koppensteiner/Auer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Straube/Ratka/Rauter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UGB
+I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:position w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [2009] §§ 137, 138 Rz 5). Der Anspruch ist
+gegen die Gesellschaft gerichtet, wobei die verbleibenden
+Gesellschafter dem Konzept der Personengesellschaft entsprechend
+mit der Gesellschaft solidarisch haften (RIS-Justiz RS0061822). Der
+Anspruch entsteht im Zeitpunkt des Ausscheidens des Gesellschafters
+aus der Gesellschaft (RIS-Justiz RS0061822 [T4]), das ist bei der
+Kündigung der Zugang der Austrittserklärung bei den
+Mitgesellschaftern (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zollner/Hartlieb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zib/Dellinger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UGB [2017] § 137 Rz 33). Dem
+Abfindungsanspruch liegt die Zielsetzung zugrunde, dem
+ausscheidenden Gesellschafter möglichst dieselbe Rechtsposition zu
+verschaffen, die er hätte, wenn die Gesellschaft liquidiert würde
+(vgl RIS-Justiz RS0061746; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koppensteiner/Auer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aaO,
+Rz 2; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jabornegg/Artmann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UGB² [2010] § 137
+Rz 5). Die gesetzlichen Regelungen über die Auseinandersetzung
+sind aber grundsätzlich dispositiv (vgl RIS-Justiz RS0061758).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die im Wesentlichen übereinstimmenden Meinungen in der Literatur
+gehen davon aus, dass Abfindungsansprüche eines ausscheidenden
+Gesellschafters einer GmbH &amp; Co KG durch alineare
+Gewinnausschüttungen oder Kapitalherabsetzungen in analoger
+Anwendung der §§ 54 ff GmbHG von der Gesellschaft befriedigt
+werden können. Die Einhaltung dieser Bestimmungen gewährleistet
+jedenfalls einen ausreichenden Gläubigerschutz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mit einem Kapitalherabsetzungsverfahren analog §§ 54 ff
+GmbHG kann zwar eine gewisse Zeitverzögerung verbunden sein; diese
+wird dem ausscheidenden Gesellschafter aber durch die Verzinsung
+ausgeglichen (vgl </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zollner/Hartlieb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zib/Dellinger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UGB § 137 Rz 34 f). Daneben haben
+die ausscheidenden Gesellschafter die Möglichkeit, die Erstellung
+der Abschichtungsbilanz zu verlangen (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koppensteiner/Auer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Straube/Ratka/Rauter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UGB I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:position w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> §§ 137,
+138 Rz 18; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U. Torggler</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U. Torggler</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UGB²
+§ 138 Rz 14) oder – etwa wenn die Höhe des Guthabens
+nicht strittig ist oder aber es zu keiner Feststellung der
+Abschichtungsbilanz kommt – direkt ein Auseinandersetzungsguthaben
+einzuklagen (6 Ob 585/88; 6 Ob 39/10 [ErwGr 10]; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U.
+Torggler</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aaO, Rz 15; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jabornegg/Artmann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UGB²
+§ 137 Rz 23) (OGH 21.11.2017, 6 Ob 161/17w).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 12 Verfügung über Gesellschaftsanteile</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nach § 76 Abs 1 GmbHG sind Geschäftsanteile
+grundsätzlich frei übertragbar, allerdings kann im
+Gesellschaftsvertrag die Übertragung von der Zustimmung der
+Gesellschaft abhängig gemacht werden (sog Vinkulierung). Dieser
+Zustimmungsvorbehalt dient dem Schutz der bestehenden
+Gesellschafterstruktur und der Wahrung gesellschaftsinterner
+Interessen, indem es den Einfluss Außenstehender begrenzt. Bei der
+GmbH &amp; Co KG findet diese Regelung analog Anwendung.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die konkludente Genehmigung der Abtretung vinkulierter
+Geschäftsanteile ist zulässig (so schon 3 Ob 601/90 = ecolex 1991,
+394). Für die Zustimmung der Generalversammlung zu den
+Abtretungsverträgen genügt einfache Mehrheit, wenn nichts anderes
+im Gesellschaftsvertrag der Beklagten bestimmt ist. Bei Einigkeit
+aller Gesellschafter sind jedoch weder eine
+Gesellschafterversammlung noch ein schriftliches Beschlussverfahren
+erforderlich (OGH 16.09.2025, 6 Ob 135/24g).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stimmen sämtliche Gesellschafter einer konkreten Teilabtretung
+eines Geschäftsanteils zu oder wirken daran mit, führt das Fehlen
+einer Teilabtretungen gestattenden Bestimmung im
+Gesellschaftsvertrag nicht zur Unwirksamkeit dieser Teilabtretung
+(OGH 06.11.2024, 6 Ob 224/23v).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 13 Kündigung, Ausscheiden und Ausschluss eines
+Gesellschafters</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 132 UGB iVm § 161 UGB sieht ein Kündigungsrecht der
+Gesellschafter vor, wenn die Gesellschaft für unbestimmte Zeit
+eingegangen ist, wie in diesem Fall geregelt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Abfindungsregelung ist grundsätzlich iSd § 137 iVm
+§ 161 UGB zulässig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der ausscheidende Gesellschafter und damit auch der
+ausscheidende Kommanditist hat einen Abfindungsanspruch. Ihm ist in
+Geld auszuzahlen, was er bei der Auseinandersetzung erhalten würde,
+falls die Gesellschaft zur Zeit des Ausscheidens aufgelöst worden
+wäre. Dazu ist eine Abschichtungsbilanz zu erstellen (RIS-Justiz
+RS0061746).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aufgrund der engen Beziehung zwischen der Geschäftsführung der
+Komplementär-GmbH und der KG hat der Oberste Gerichtshof unter
+bestimmten Umständen auch einen eigenen unmittelbaren
+Schadenersatzanspruch der KG gegenüber dem GmbH-Geschäftsführer
+bejaht (6 Ob 757/83; 7 Ob 525/86; 1 Ob 192/08d GesRz 2009, 293
+[Hochedlinger], zuletzt 6 Ob 171/15p). Es kann festgehalten werden,
+dass eine subsidiäre Kompetenz der Gesellschafter der
+Komplementärin zur Kündigung des Drittanstellungsvertrags ihres
+Geschäftsführers mit der KG dann unbestritten ist, wenn keine
+weiteren Geschäftsführer in vertretungsberechtigter Anzahl
+vorhanden sind. Die in der Literatur immer wieder genannten Gründe,
+aus denen die Bestellung und (direkte) Anstellung von
+Geschäftsführern den Gesellschaftern der GmbH zugewiesen ist,
+insbesondere die Vermeidung von Interessenkonflikten, schlägt in
+gleicher Weise auch auf das Verhältnis zur KG durch. Als persönlich
+haftende Gesellschafterin ist die GmbH von Begründung und
+Beendigung sowie Bedingungen eines Geschäftsführerdienstvertrags
+zur KG wirtschaftlich unmittelbar betroffen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wesentlich für die Annexkompetenz spricht auch, dass die
+Gesellschafter als oberstes Organ der GmbH immer durch (zulässige)
+Weisungen an die Geschäftsführer unmittelbar in die Gesellschaft
+eingreifen können. Die Geschäftsführer haben solche Weisungen zu
+befolgen (§ 20 GmbHG). Es macht in der Praxis keinen
+wesentlichen Unterschied, ob die Gesellschafter der Komplementärin
+den verbleibenden Geschäftsführern Weisung zur Kündigung ihres
+Kollegen erteilen und diese die Weisung umzusetzen haben, oder ob
+die Gesellschafter den Kündigungsentschluss unmittelbar im Wege der
+subsidiären Kompetenz durchsetzen können. Gesteht man den
+Gesellschaftern diese Kompetenz zu, sichert dies ihre unbefangene
+Entscheidung bei der Organbestellung und deren Widerruf, weil diese
+Kompetenz dann in keiner Weise durch eine Vorwegnahme von Abschluss
+oder (Nicht-)Auflösung des Anstellungsvertrags durch die
+Geschäftsführung unterlaufen werden kann.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es ist daher der Rechtsansicht der Vorzug zu geben, dass die
+Kündigung des Geschäftsführerdienstvertrags des Geschäftsführers
+der Komplementärgesellschaft einer GmbH &amp; Co KG vor seiner
+gesellschaftsrechtlichen Abberufung ebenso in die Kompetenz der
+Gesellschafter der GmbH fällt wie die Kündigung eines unmittelbar
+zur GmbH bestehenden Geschäftsführervertrags (OGH 18.12.2020, 8 ObA
+80/19a).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nach ständiger, auf der Entscheidung 1 Ob 600/53 (SZ 26/285)
+basierender Rechtsprechung des Obersten Gerichtshofs ist der
+zwangsweise Ausschluss eines Gesellschafters einer Gesellschaft mit
+beschränkter Haftung – mit Ausnahme des in § 66 GmbHG
+geregelten einzigen Falles der Säumigkeit bei der Einzahlung der
+Stammeinlage – unzulässig (RIS-Justiz RS0059745; zuletzt 1 Ob
+135/06v ecolex 2007/120 [Reich-Rohrwig]), wenn nicht
+Ausschlussmöglichkeit und Ausschlussverfahren im
+Gesellschaftsvertrag vorgesehen sind (RIS-Justiz RS0102055). Eine
+„rechtsfortbildende Etablierung“ einer Ausschlussklage sei schon
+allein deshalb abzulehnen, weil der Gesetzgeber in Kenntnis dieser
+jahrzehntelangen Rechtsprechung und der Diskussion in der
+Literatur, die überwiegend für eine Rechtsfortbildung eintrete,
+keine andersartige Regelung getroffen habe, was gegen die Annahme
+einer planwidrigen Gesetzeslücke spreche (1 Ob 135/06v) (OGH
+14.09.2011, 6 Ob 80/11z).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="363A40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 14 Erbfolge</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Bestimmung regelt die sog „Fortsetzungsklausel“ im
+Gesellschaftsvertrag, welche vorsieht, dass die Gesellschaft im
+Todesfall eines Gesellschafters nicht aufgelöst wird, sondern von
+den verbleibenden Gesellschaftern fortgeführt wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grundsätzlich würde der Tod eines Gesellschafters zur Auflösung
+der Gesellschaft führen, allerdings ist diese gesetzliche
+Bestimmung dispositiv. Durch die vertragliche Fortsetzungsklausel
+wird diese Rechtsfolge verdrängt und der Anteil des verstorbenen
+Gesellschafters „anwachsungsweise“ auf die verbleibenden
+Gesellschafter übertragen („Anwachsungsklausel“). Die
+Mitgliedschaft des verstorbenen Gesellschafters gilt als
+unvererblich. Die Erben oder Vermächtnisnehmer haben weder ein
+Recht noch eine Verpflichtung zur Nachfolge in die Gesellschaft,
+sondern erhalten als Surrogat einen Abfindungsanspruch.</w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:rsidR="00F961DC" w:rsidSect="001A2D5D">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
                                     </w:comments>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
@@ -4408,892 +6670,160 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="953113838">
+  <w:abstractNum w:abstractNumId="981495652">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...762 lines deleted...]
-    <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...19 lines deleted...]
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="572076682">
+  <w:abstractNum w:abstractNumId="304955025">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -5342,1457 +6872,2031 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="585440099">
+  <w:abstractNum w:abstractNumId="409124505">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val=""/>
-[...90 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="18144232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18144232" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="183058190">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="933593227">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="608071364">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="941491510">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="263445417">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="939655584">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="434129983">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="491703302">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="377291120">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27716004">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0" w:tplc="47110859">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="47110859" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="47110859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18144232" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47110859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18144232" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47110859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18144232" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47110859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18144232" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47110859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18144232" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47110859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18144232" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47110859" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620399">
+  <w:abstractNum w:abstractNumId="27716003">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16348987">
+    <w:lvl w:ilvl="0" w:tplc="10980021">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16348987" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10980021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620398">
+  <w:abstractNum w:abstractNumId="27716002">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63032129">
+    <w:lvl w:ilvl="0" w:tplc="80438140">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63032129" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80438140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620397">
+  <w:abstractNum w:abstractNumId="27716001">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15827663">
+    <w:lvl w:ilvl="0" w:tplc="23645174">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15827663" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23645174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620396">
+  <w:abstractNum w:abstractNumId="27716000">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92738013">
+    <w:lvl w:ilvl="0" w:tplc="36020125">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92738013" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36020125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620395">
+  <w:abstractNum w:abstractNumId="27715999">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80735921">
+    <w:lvl w:ilvl="0" w:tplc="83665256">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80735921" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83665256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620394">
+  <w:abstractNum w:abstractNumId="27715998">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88196130">
+    <w:lvl w:ilvl="0" w:tplc="84962136">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88196130" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84962136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620393">
+  <w:abstractNum w:abstractNumId="27715997">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61123371">
+    <w:lvl w:ilvl="0" w:tplc="13581408">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61123371" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13581408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620392">
+  <w:abstractNum w:abstractNumId="27715996">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65780814">
+    <w:lvl w:ilvl="0" w:tplc="71092678">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65780814" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71092678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620391">
+  <w:abstractNum w:abstractNumId="27715995">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21277258">
+    <w:lvl w:ilvl="0" w:tplc="55817160">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21277258" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55817160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620390">
+  <w:abstractNum w:abstractNumId="27715994">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78426450">
+    <w:lvl w:ilvl="0" w:tplc="62213631">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78426450" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62213631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="862262300">
+  <w:abstractNum w:abstractNumId="960429615">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...297 lines deleted...]
-    <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...19 lines deleted...]
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="762797348">
+  <w:abstractNum w:abstractNumId="90518509">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val=""/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
@@ -6828,137 +8932,513 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620389">
+  <w:abstractNum w:abstractNumId="131536714">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54909024">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54909024" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54909024" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="479812083">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="834590678">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="273914381">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27715993">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0" w:tplc="45977261">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="45977261" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="45977261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54909024" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45977261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54909024" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45977261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54909024" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45977261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54909024" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45977261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54909024" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45977261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54909024" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45977261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38620388">
+  <w:abstractNum w:abstractNumId="27715992">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86295452">
+    <w:lvl w:ilvl="0" w:tplc="73307347">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7710,136 +10190,142 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38620388">
-    <w:abstractNumId w:val="38620388"/>
+  <w:num w:numId="27715992">
+    <w:abstractNumId w:val="27715992"/>
   </w:num>
-  <w:num w:numId="38620389">
-    <w:abstractNumId w:val="38620389"/>
+  <w:num w:numId="27715993">
+    <w:abstractNumId w:val="27715993"/>
   </w:num>
-  <w:num w:numId="762797348">
-    <w:abstractNumId w:val="762797348"/>
+  <w:num w:numId="273914381">
+    <w:abstractNumId w:val="273914381"/>
   </w:num>
-  <w:num w:numId="50868288">
-    <w:abstractNumId w:val="50868288"/>
+  <w:num w:numId="834590678">
+    <w:abstractNumId w:val="834590678"/>
   </w:num>
-  <w:num w:numId="650058698">
-    <w:abstractNumId w:val="650058698"/>
+  <w:num w:numId="479812083">
+    <w:abstractNumId w:val="479812083"/>
   </w:num>
-  <w:num w:numId="133273752">
-    <w:abstractNumId w:val="133273752"/>
+  <w:num w:numId="131536714">
+    <w:abstractNumId w:val="131536714"/>
   </w:num>
-  <w:num w:numId="862262300">
-    <w:abstractNumId w:val="862262300"/>
+  <w:num w:numId="90518509">
+    <w:abstractNumId w:val="90518509"/>
   </w:num>
-  <w:num w:numId="38620390">
-    <w:abstractNumId w:val="38620390"/>
+  <w:num w:numId="960429615">
+    <w:abstractNumId w:val="960429615"/>
   </w:num>
-  <w:num w:numId="38620391">
-    <w:abstractNumId w:val="38620391"/>
+  <w:num w:numId="27715994">
+    <w:abstractNumId w:val="27715994"/>
   </w:num>
-  <w:num w:numId="38620392">
-    <w:abstractNumId w:val="38620392"/>
+  <w:num w:numId="27715995">
+    <w:abstractNumId w:val="27715995"/>
   </w:num>
-  <w:num w:numId="38620393">
-    <w:abstractNumId w:val="38620393"/>
+  <w:num w:numId="27715996">
+    <w:abstractNumId w:val="27715996"/>
   </w:num>
-  <w:num w:numId="38620394">
-    <w:abstractNumId w:val="38620394"/>
+  <w:num w:numId="27715997">
+    <w:abstractNumId w:val="27715997"/>
   </w:num>
-  <w:num w:numId="38620395">
-    <w:abstractNumId w:val="38620395"/>
+  <w:num w:numId="27715998">
+    <w:abstractNumId w:val="27715998"/>
   </w:num>
-  <w:num w:numId="38620396">
-    <w:abstractNumId w:val="38620396"/>
+  <w:num w:numId="27715999">
+    <w:abstractNumId w:val="27715999"/>
   </w:num>
-  <w:num w:numId="38620397">
-    <w:abstractNumId w:val="38620397"/>
+  <w:num w:numId="27716000">
+    <w:abstractNumId w:val="27716000"/>
   </w:num>
-  <w:num w:numId="38620398">
-    <w:abstractNumId w:val="38620398"/>
+  <w:num w:numId="27716001">
+    <w:abstractNumId w:val="27716001"/>
   </w:num>
-  <w:num w:numId="38620399">
-    <w:abstractNumId w:val="38620399"/>
+  <w:num w:numId="27716002">
+    <w:abstractNumId w:val="27716002"/>
   </w:num>
-  <w:num w:numId="38620400">
-    <w:abstractNumId w:val="38620400"/>
+  <w:num w:numId="27716003">
+    <w:abstractNumId w:val="27716003"/>
   </w:num>
-  <w:num w:numId="585440099">
-    <w:abstractNumId w:val="585440099"/>
+  <w:num w:numId="27716004">
+    <w:abstractNumId w:val="27716004"/>
   </w:num>
-  <w:num w:numId="572076682">
-    <w:abstractNumId w:val="572076682"/>
+  <w:num w:numId="377291120">
+    <w:abstractNumId w:val="377291120"/>
   </w:num>
-  <w:num w:numId="353962073">
-    <w:abstractNumId w:val="353962073"/>
+  <w:num w:numId="491703302">
+    <w:abstractNumId w:val="491703302"/>
   </w:num>
-  <w:num w:numId="90142545">
-    <w:abstractNumId w:val="90142545"/>
+  <w:num w:numId="434129983">
+    <w:abstractNumId w:val="434129983"/>
   </w:num>
-  <w:num w:numId="645665980">
-    <w:abstractNumId w:val="645665980"/>
+  <w:num w:numId="939655584">
+    <w:abstractNumId w:val="939655584"/>
   </w:num>
-  <w:num w:numId="42535747">
-    <w:abstractNumId w:val="42535747"/>
+  <w:num w:numId="263445417">
+    <w:abstractNumId w:val="263445417"/>
   </w:num>
-  <w:num w:numId="562566914">
-    <w:abstractNumId w:val="562566914"/>
+  <w:num w:numId="941491510">
+    <w:abstractNumId w:val="941491510"/>
   </w:num>
-  <w:num w:numId="542644241">
-    <w:abstractNumId w:val="542644241"/>
+  <w:num w:numId="608071364">
+    <w:abstractNumId w:val="608071364"/>
   </w:num>
-  <w:num w:numId="836866590">
-    <w:abstractNumId w:val="836866590"/>
+  <w:num w:numId="933593227">
+    <w:abstractNumId w:val="933593227"/>
   </w:num>
-  <w:num w:numId="233352880">
-    <w:abstractNumId w:val="233352880"/>
+  <w:num w:numId="183058190">
+    <w:abstractNumId w:val="183058190"/>
   </w:num>
-  <w:num w:numId="953113838">
-    <w:abstractNumId w:val="953113838"/>
+  <w:num w:numId="409124505">
+    <w:abstractNumId w:val="409124505"/>
+  </w:num>
+  <w:num w:numId="304955025">
+    <w:abstractNumId w:val="304955025"/>
+  </w:num>
+  <w:num w:numId="981495652">
+    <w:abstractNumId w:val="981495652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -8650,51 +11136,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId157680673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId178611758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId511538566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId516975124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>