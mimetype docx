--- v1 (2025-12-31)
+++ v2 (2026-01-01)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="67272507" w:name="document"/>
-    <w:bookmarkEnd w:id="67272507"/>
+    <w:bookmarkStart w:id="87460702" w:name="document"/>
+    <w:bookmarkEnd w:id="87460702"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 976253 | Wolfgang Steinberger -
 Stanislava Doganova | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -524,133 +524,133 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Gesellschaftskapital,
 Beteiligung und Einlagen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="377291120"/>
+          <w:numId w:val="474403743"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einzige unbeschränkt haftende Gesellschafterin ist die Y
 Holding GmbH, mit dem Sitz in Wien und der Geschäftsanschrift …
 eingetragen zu FN … im Firmenbuch des Handelsgerichts Wien.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="377291120"/>
+          <w:numId w:val="474403743"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Komplementärin leistet keine Kapitaleinlage und ist daher
 auch nicht am Kapital der Gesellschaft beteiligt, sondern bloße
 Arbeitsgesellschafterin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="377291120"/>
+          <w:numId w:val="474403743"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Z Handels OG, mit dem Sitz in Wien und der Geschäftsanschrift …
 eingetragen zu FN … im Firmenbuch des Handelsgerichts Wien,
 übernimmt eine Pflichteinlage in Höhe von EUR 10.000,–, die
 voll aufgebracht wurde.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="377291120"/>
+          <w:numId w:val="474403743"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine über die Pflichteinlage hinausgehende Haftsumme wird von
 der Kommanditistin nicht übernommen. Die Kommanditistin ist an der
 Gesellschaft mit einem ihrer Pflichteinlage entsprechenden
 Gesellschaftsanteil beteiligt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -697,580 +697,580 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Geschäftsführung und
 Vertretung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="491703302"/>
+          <w:numId w:val="7663241"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zur Geschäftsführung und Vertretung ist die persönlich haftende
 Gesellschafterin berechtigt und verpflichtet. Die persönlich
 haftende Gesellschafterin übt die Geschäftsführung und Vertretung
 durch ihre Organe aus.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="491703302"/>
+          <w:numId w:val="7663241"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Kommanditistin ist sowohl von der Geschäftsführung als auch
 von der Vertretung der Gesellschaft ausgeschlossen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="491703302"/>
+          <w:numId w:val="7663241"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der persönlich haftenden Gesellschafterin sind alle mit der
 zweckmäßigen Geschäftsführung verbundenen Auslagen zulasten des
 Ergebnisses der Gesellschaft laufend zu ersetzen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Zustimmungsbedürftige
 Geschäfte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin hat vor Beginn eines
 jeden Geschäftsjahres einen Budgetplan aufzustellen, der aus einem
 Personalplan, einem Finanzplan und einer Ergebnisschätzung für
 dieses Geschäftsjahr besteht und der die Einzelposten der Art nach
 erkennen lässt. Dieser Budgetplan ist der Gesellschafterversammlung
 zur Genehmigung vorzulegen. Maßnahmen, die in einem gebilligten
 Budgetplan ausgewiesen sind, bedürfen nicht mehr der Zustimmung gem
 Z 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin bedarf der vorigen
 Zustimmung der Gesellschafterversammlung für folgende Geschäfte der
 Gesellschaft, soweit diese nicht gem Z 1 bereits erteilt
 wurde:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb, Veräußerung und Belastung von Grundstücken,
 grundstücksgleichen Rechten und Rechten an Grundstücken oder von
 Wirtschaftsgütern des Anlagevermögens sowie Neu- und Umbauten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb und Veräußerung von Wertpapieren, Erwerb von und
 Verfügungen über Beteiligungen an anderen Unternehmen, der
 Abschluss, die Änderung oder die Aufhebung von
 Unternehmensverträgen und die Eingehung, Änderung oder Beendigung
 von stillen Gesellschaftsverhältnissen, Aufnahme neuer und Aufgabe
 vorhandener Geschäftszweige und Tätigkeitsgebiete, Erwerb oder
 Veräußerung von Betrieben oder Betriebsteilen, Errichtung oder
 Aufhebung von Zweigniederlassungen oder Zweigbetrieben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Übernahme von Bürgschaften, Garantien oä Haftungen außerhalb
 des üblichen Geschäftsbetriebes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewährung und Aufnahme von Darlehen und sonstigen Krediten
 sowie Eingehung von Wechselverbindlichkeiten außerhalb des üblichen
 Geschäftsbetriebes mit Ausnahme der Gewährung von Darlehen an
 Betriebsangehörige, die im Einzelfall EUR 5.000,– pa nicht
 überschreiten dürfen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einstellung von Angestellten oder sonstigen Mitarbeitern, sowie
 die Beschäftigung von freien Mitarbeitern mit einem Jahreseinkommen
 einschließlich aller geldwerten Leistungen von mehr als
 EUR 70.000,– brutto und unabhängig davon stets die Gewährung
 von Tantiemen oder Pensionszusagen; die Änderung oder Beendigung
 von Anstellungsverträgen mit geschäftsführenden Gesellschaftern von
 Tochtergesellschaften oder anderen Gesellschaften, an denen die
 Gesellschaft unmittelbar oder mittelbar beteiligt ist, bedarf nicht
 der Zustimmung der Gesellschafterversammlung. Die Gesellschafter
 sind jedoch unverzüglich von derartigen Änderungen oder
 Beendigungen schriftlich zu informieren.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss, Änderung oder Beendigung von Verträgen der
 Gesellschaft mit Gesellschaftern, Ehegatten oder Abkömmlingen von
 Gesellschaftern</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss von Pacht-, Miet-, Lizenz- oder ähnlichen
 Dauerschuldverhältnissen, sofern der jeweilige Vertrag eine Dauer
 von mehr als fünf Jahren hat und die voraussichtlichen
 Verpflichtungen der Gesellschaft aus dem jeweiligen Vertrag während
 seiner Mindestlaufzeit den Betrag von insgesamt EUR 35.000,–
 pa überschreiten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rechtsgeschäfte außerhalb des üblichen Geschäftsbetriebes von
 wesentlicher Bedeutung, was auch Spekulationsgeschäfte jeglicher
 Art einschließt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Stimmabgabe in Gesellschafterversammlungen von Gesellschaften,
 an denen die Gesellschaft direkt oder indirekt beteiligt ist
 (Beteiligungsgesellschaften), soweit folgende Themen Gegenstand der
 Beschlussfassung sind:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung des Gesellschaftsvertrages und Abweichung von den
 Regeln dieses Gesellschaftsvertrages</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Entscheidungen über den Budgetplan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Feststellung des Jahresabschlusses und der Gewinnverwendung
 sowie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erlass oder Änderung einer Geschäftsordnung für die
 Geschäftsführung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="434129983"/>
+          <w:numId w:val="720415264"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss und Änderung von Dienstleistungsverträgen zwischen
 der Gesellschaft und mit ihr verbundenen Gesellschaften, sofern
 diese Verträge eine Laufzeit von mehr als einem Jahr haben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -1322,303 +1322,303 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Wettbewerbsverbot,
 Kundenschutz und Abwerbeverbot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftern, die eine natürliche Person sind, ist es
 untersagt, die Gesellschaft mittelbar oder unmittelbar,
 gelegentlich oder gewerbsmäßig, unter eigenem oder unter fremden
 Namen, für eigene oder fremde Rechnung in einem Geschäftszweig der
 Gesellschaft Wettbewerb zu machen oder sich als Mitunternehmer an
 einem Konkurrenzunternehmen zu beteiligen („Wettbewerbsverbot“).
 Ausgenommen hiervon sind Tätigkeiten für Gesellschaften der
 X-Planungs-Firmengruppe. Die Gesellschafterversammlung kann durch
 Beschluss Befreiungen und Modifizierungen dieses
 Wettbewerbsverbotes zulassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausscheidenden Gesellschaftern ist es untersagt, während der
 Dauer von 1 Jahr nach ihrem Ausscheiden, als Gesellschafter aus der
 Gesellschaft unmittelbar oder mittelbar durch Handeln oder
 Unterlassen, Kunden der Gesellschaft abzuwerben („Kundenschutz“).
 Diese Pflicht gilt unabhängig von dem Grund des Ausscheidens des
 Gesellschafters aus der Gesellschaft. Kunden im Sinne dieser
 Regelung sind solche Unternehmen oder Personen, die während der
 letzten 2 Jahre – bzw falls der Gesellschaftsführer weniger als 2
 Jahre bei der Gesellschaft tätig war, für die Zeit, die der
 Geschäftsführer für die Gesellschaft tätig war – vor dem
 Ausscheiden des Gesellschafters Geschäftskontakte zu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschaft oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaften, an denen die Gesellschaft mittelbar oder
 unmittelbar beteiligt ist oder innerhalb der letzten 2 Jahre vor
 dem Ausscheiden des Gesellschafters beteiligt war, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mit der Gesellschaft verbundenen Unternehmen iSd § 15
 AktG, für die der Gesellschafter in den letzten 2 Jahren vor seinem
 Ausscheiden als Geschäftsführer oder im Rahmen eines
 Arbeitsverhältnisses tätig war, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mit der Gesellschaft verbundenen Unternehmen iSd § 15
 AktG, an denen der Gesellschafter eine Beteiligung hält oder in den
 letzten 2 Jahren vor seinem Ausscheiden hielt, unterhalten haben.
 Die Gesellschaft wird mit dem Gesellschafter im Zeitpunkt seines
 Ausscheidens aus der Gesellschaft eine Liste mit den Kunden im
 Sinne der Punkte (ii)–(iv) dieser Ziffer überreichen. Die
 Gesellschafterversammlung kann durch Beschluss die Dauer dieser
 Kundenschutzklausel reduzieren, sofern der ausscheidende
 Gesellschafter weniger als ein Jahr Gesellschafter der Gesellschaft
 gewesen ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausscheidenden Gesellschaftern ist es ferner untersagt, während
 der Dauer von 6 Monaten nach ihrem Ausscheiden als Gesellschafter
 aus der Gesellschaft unmittelbar oder mittelbar Mitarbeiter der
 Gesellschaft für eigene oder fremde Zwecke abzuwerben. Diese
 Pflicht gilt unabhängig von dem Grund des Ausscheidens des
 Gesellschafters aus der Gesellschaft. Mitarbeiter im Sinne dieser
 Regelung sind solche Personen, die im Zeitpunkt des Ausscheidens
 des Gesellschafters bei der Gesellschaft oder mit der Gesellschaft
 verbundenen Unternehmen iSd § 15 AktG angestellt sind
 („Abwerbeverbot“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle dem Wettbewerbsverbot der Z 1 unterliegenden
 Gesellschafter sind verpflichtet, über sämtliche Angelegenheiten
 der Gesellschaft, ihrer persönlich haftenden Gesellschafterin und
 ihrer Beteiligungsgesellschaften auch nach ihrem Ausscheiden
 strengstes Stillschweigen zu bewahren. Ausgenommen hiervon sind
 Mitteilungen an Personen, die kraft Gesetzes zur Verschwiegenheit
 verpflichtet sind, soweit dies zur Wahrung eigener berechtigter
 Interessen des Gesellschafters erforderlich ist. Diese Pflicht gilt
 unabhängig von dem Grund des Ausscheidens des Gesellschafters aus
 der Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="939655584"/>
+          <w:numId w:val="624341154"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für jeden Fall eines Verstoßes gegen die aus Z 1, Z 2
 und Z 3 folgenden Pflichten durch den Gesellschafter ist der
 Gesellschafter verpflichtet, der Gesellschaft eine Vertragsstrafe
 in der Höhe von EUR 10.000,– zu zahlen. Jede versuchte oder
 erfolgreiche Abwerbung eines Kunden oder eines Mitarbeiters gilt
 pro Kunde/Mitarbeiter als gesonderter Verstoß. Im Fall eines
 fortgesetzten Verstoßes ist die Vertragsstrafe für jeden
 angefangenen Monat, in dem der Verstoß anhält, erneut an die
@@ -1632,1142 +1632,1142 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Gesellschafterversammlung
 und Gesellschafterbeschlüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In jedem Geschäftsjahr finden in der Regel zwei
 Gesellschafterversammlungen statt, und zwar etwa in der Mitte des
 Geschäftsjahres und gegen Ende des Geschäftsjahres. Soweit dies im
 Interesse der Gesellschaft erforderlich ist oder von einem
 Gesellschafter verlangt wird, sind zusätzliche außerordentliche
 Gesellschafterversammlungen einzuberufen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen werden durch die persönlich
 haftende Gesellschafterin einberufen. Die Einberufung erfolgt durch
 eingeschriebenen Brief, Telefax oder E-Mail an jeden Gesellschafter
 unter Angabe von Ort, Tag, Zeit und Tagesordnung mit einer Frist
 von mindestens zwei Wochen. Der Lauf der Frist beginnt im Fall der
 Einladung per Telefax oder E-Mail mit Absendung der Einladung,
 ansonsten zwei Tage nach ihrer Absendung. Der Tag der Versendung
 und der Tag der Gesellschafterversammlung wird bei der Berechnung
 der Frist nicht mitgezählt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen finden in Wien statt, sofern nicht
 alle Gesellschafter mit einem anderen Ort einverstanden sind.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen können ebenso als hybride
 Gesellschafterversammlungen abgehalten werden, bei denen jeder
 Teilnehmer zwischen einer physischen und einer virtuellen Teilnahme
 entscheiden kann. Das einberufende Organ hat allen Teilnehmern den
 barrierefreien Zugang zur hybriden Gesellschafterversammlung zu
 gewährleisten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Teilnahmemöglichkeit an der virtuellen
 Gesellschafterversammlung mittels einer akustischen und optischen
 Zweiweg-Verbindung in Echtzeit muss bestehen. Es muss jedem
 Gesellschafter möglich sein, sich zu Wort zu melden, an allen
 Abstimmungen teilzunehmen und gegebenenfalls Widerspruch zu
 erheben. Wird einem Gesellschafter das Wort erteilt, ist ihm eine
 Redemöglichkeit im Weg der Videokommunikation zu gewähren.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei allen Abstimmungen können die Gesellschafter ihr Stimmrecht
 im Weg elektronischer Kommunikation ausüben und auf diese Weise
 gegebenenfalls auch Widerspruch erheben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In der Einberufung der hybriden Gesellschafterversammlung ist
 anzugeben, welche organisatorischen und technischen Voraussetzungen
 für die Teilnahme an der hybriden Gesellschafterversammlung
 bestehen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafter bestimmen, mit Mehrheit der abgegebenen
 Stimmen, aus ihrer Mitte den Vorsitzenden, der die
 Gesellschafterversammlung leitet, den Ablauf der Versammlung sowie
 der Abstimmungen bestimmt und die Beschlussfähigkeit der
 Gesellschafterversammlung und die Fassung von
 Gesellschafterbeschlüssen feststellt. Er kann zu den
 Gesellschafterversammlungen Mitarbeiter der Gesellschaft,
 Mitarbeiter von Beteiligungsgesellschaften und sonstige
 Sachverständige und Auskunftspersonen hinzuziehen, sofern er deren
 Anhörung zur Unterrichtung der Gesellschafter für erforderlich
 hält.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen sind nur beschlussfähig, wenn
 Gesellschafter anwesend oder vertreten sind, die zusammen
 mindestens 50 % des Gesellschaftskapitals halten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafter sollen in der Regel persönlich an
 Gesellschafterversammlungen teilnehmen. Die Gesellschafter können
 sich durch einen anderen vertreten lassen. Die Vollmacht muss
 schriftlich erteilt sein, bei Beginn der Gesellschafterversammlung
 vorgelegt werden und verbleibt bei der Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterbeschlüsse werden in Gesellschafterversammlungen
 gefasst. Außerhalb von Gesellschafterversammlungen können
 Beschlüsse auch durch schriftliche, fernschriftliche, per E-Mail
 oder mündliche auch fernmündliche Abstimmung oder eine Kombination
 der vorgenannten Möglichkeiten, gefasst werden, soweit nicht
 zwingendes Recht eine andere Form vorschreibt und sich jeder
 Gesellschafter an der Abstimmung beteiligt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterbeschlüsse werden mit der Mehrheit der insgesamt
 vorhandenen und nicht ausgeschlossenen Stimmen gefasst, soweit
 nicht das Gesetz oder der Gesellschaftsvertrag eine größere
 Mehrheit vorsehen. Je EUR 50,– einer Kapitaleinlage eines
 Gesellschafters gewähren eine Stimme. Stimmenthaltungen gelten als
 Nein-Stimmen. Die persönlich haftende Gesellschafterin besitzt
 Stimmrechte nur, soweit dies in diesem Gesellschaftsvertrag
 ausdrücklich vorgesehen ist. Mit den Stimmen eines Gesellschafters
 kann nur einheitlich abgestimmt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafter sind stets auch in eigenen Angelegenheiten
 stimmberechtigt, soweit dem nicht zwingende gesetzliche
 Vorschriften oder dieser Vertrag entgegenstehen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über Gesellschafterversammlungen und Beschlüsse ist, sofern es
 sich nicht um schriftliche, durch die Gesellschafter unterzeichnete
 Beschlüsse handelt, jeweils eine Niederschrift anzufertigen, die
 vom Vorsitzenden der Gesellschafterversammlung oder der
 Geschäftsführung der Gesellschaft unterzeichnet werden muss. In der
 Niederschrift sind Tag und Ort der Gesellschafterversammlung, die
 Teilnehmer, die Gegenstände der Tagesordnung, eventuelle Anträge
 und die Ergebnisse der Abstimmungen aufzunehmen. Jedem
 Gesellschafter ist unverzüglich eine Kopie dieser Niederschrift
 zuzuleiten, damit der Inhalt gilt als richtig, wenn der
 Gesellschafter nicht binnen zwei Wochen nach Empfang gegenüber dem
 Vorsitzenden der Gesellschafterversammlung oder gegebenenfalls der
 Geschäftsführung der Gesellschaft schriftlich unter Angabe von
 Gründen widerspricht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="263445417"/>
+          <w:numId w:val="821283575"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Unwirksamkeit und die Anfechtbarkeit von
 Gesellschafterbeschlüssen kann nur binnen einer Ausschlussfrist von
 acht Wochen nach Empfang der Niederschrift über die
 Gesellschafterversammlung durch Klage geltend gemacht werden. Nach
 Ablauf dieser Frist gilt ein etwaiger Mangel als geheilt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 8 Geschäftsjahr und
 Jahresabschluss</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="941491510"/>
+          <w:numId w:val="224936446"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Geschäftsjahr ist mit dem Kalenderjahr identisch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="941491510"/>
+          <w:numId w:val="224936446"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin hat innerhalb der
 gesetzlichen Fristen den Jahresabschluss unter Beachtung der
 ertragsteuerlichen Regeln aufzustellen, soweit nicht zwingende
 unternehmensrechtliche Bestimmungen etwas anderes bestimmen, und
 diesen unverzüglich den Gesellschaftern vorzulegen. Die Vorlage hat
 mindestens zwei Wochen vor der ersten ordentlichen
 Gesellschafterversammlung nach dem Ende des jeweiligen
 Geschäftsjahres zu erfolgen. Die Feststellung des Jahresabschlusses
 erfolgt durch Gesellschafterbeschluss.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="941491510"/>
+          <w:numId w:val="224936446"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Geschäftsführer stellen folgende Unterlagen zur Verfügung:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="941491510"/>
+          <w:numId w:val="224936446"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Monatliche Finanz- und Geschäftsinformationen, einschließlich
 von Finanzberichten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="941491510"/>
+          <w:numId w:val="224936446"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Jahresbudget gefolgt von vier (4) vierteljährlichen
 Budgetaktualisierungen und</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="941491510"/>
+          <w:numId w:val="224936446"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einen geprüften und testierten Jahresabschluss, spätestens
 hundertzwanzig (120) Tage nach Ende des Geschäftsjahres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 9 Gesellschafterkonten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="608071364"/>
+          <w:numId w:val="202192685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die in § 2 genannten Kapitaleinlagen der Gesellschafter
 werden für jeden Gesellschafter auf einem als Kapitalkonto I
 bezeichneten Konto verbucht. Diese Konten werden als Festkonten
 geführt. Eine Veränderung der Konten bedarf einer Änderung dieses
 Gesellschaftsvertrages. Die Beteiligung der Gesellschafter an der
 Gesellschaft bemisst sich nach dem Kapitalkonto I.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="608071364"/>
+          <w:numId w:val="202192685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Neben dem Kapitalkonto I werden für jeden Gesellschafter ein
 Kapitalkonto II, ein Verlustvortragskonto sowie ein Privatkonto
 eingerichtet:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="608071364"/>
+          <w:numId w:val="202192685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Kapitalkonto II werden die Gewinnanteile verbucht,
 soweit sie nach Ausgleich des Verlustvortragskontos auf Beschluss
 der Gesellschafterversammlung nicht dem Privatkonto, sondern dem
 Kapitalkonto II der Gesellschafter zugeführt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="608071364"/>
+          <w:numId w:val="202192685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Verlustvortragskonto werden die Verlustanteile
 gebucht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="608071364"/>
+          <w:numId w:val="202192685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Privatkonto werden die nach Ausgleich des
 Verlustvortragskontos zur Ausschüttung gelangenden Gewinne, sowie
 der Zahlungsverkehr mit dem Gesellschafter verbucht. Ist das
 Privatkonto zum Zeitpunkt des Ausscheidens eines Gesellschafter
 negativ, ist es von ihm auszugleichen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="608071364"/>
+          <w:numId w:val="202192685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine Verzinsung der Konten findet nicht statt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Gewinn- und
 Verlustverteilung, Entnahmen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="933593227"/>
+          <w:numId w:val="17743420"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der persönlich haftenden Gesellschafterin sind alle Auslagen zu
 erstatten, die mit der Geschäftsführung zusammenhängen.
 Voraussetzung ist jedoch, dass die Verträge/Vereinbarungen zwischen
 ihr und ihren Geschäftsführern von der Gesellschafterversammlung
 gebilligt worden sind. Daneben erhält die persönlich haftende
 Gesellschafterin eine jährlich, jeweils am Ende eines
 Geschäftsjahres zu zahlende Haftungsvergütung in Höhe von 6 %
 ihres eingezahlten Stammkapitals, das zu Beginn des Geschäftsjahres
 in ihrer Bilanz ausgewiesen ist. Die Auslagen und die
 Haftungsvergütung der persönlich haftenden Gesellschafterin sowie
 etwaige Tätigkeitsvergütungen eines Gesellschafters werden
 gewinnmindernd als Aufwand der Gesellschaft behandelt und auch dann
 gezahlt, wenn die Gesellschaft in dem Geschäftsjahr einen Verlust
 erwirtschaftet hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="933593227"/>
+          <w:numId w:val="17743420"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">An dem verbleibenden Gewinn sowie an einem etwaigen Verlust des
 Geschäftsjahres nehmen die Gesellschafter im Verhältnis ihrer
 Kapitalbeteiligung (Kapitalkonto I) teil (Gewinnanteile bzw
 Verlustanteile). Die gesetzlichen Vorschriften über die
 Haftungsbeschränkung der Kommanditisten bleiben unberührt, die
 Kommanditisten sind der persönlich haftenden Gesellschafterin
 gegenüber in keinem Fall freistellungspflichtig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="933593227"/>
+          <w:numId w:val="17743420"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Verlustanteile eines Geschäftsjahres werden, vorbehaltlich
 Z 4, in dem Jahresabschluss dieses Geschäftsjahres auf dem
 Verlustvortragskonto gebucht. Soweit das Verlustvortragskonto noch
 einen Verlust ausweist, ist dieser zunächst durch spätere
 Gewinnanteile auszugleichen. Nach Ausgleich des
 Verlustvortragskontos verbleibende Gewinnanteile eines
 Geschäftsjahres werden vorbehaltlich Z 4 in dem
 Jahresabschluss dieses Geschäftsjahres dem Privatkonto
 gutgeschrieben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="933593227"/>
+          <w:numId w:val="17743420"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann beschließen, dass die
 Gewinnanteile der Gesellschafter vollständig oder teilweise nicht
 dem Privatkonto, sondern dem Kapitalkonto II zugeführt werden.
 Guthaben auf dem Kapitalkonto II reduzieren sich auf etwaige
 zukünftige Verluste. Die Gesellschafterversammlung kann
 beschließen, dass Guthaben auf dem Kapitalkonto II auf das
 Privatkonto der Gesellschafter umgebucht werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="933593227"/>
+          <w:numId w:val="17743420"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Entnahmen zulasten der Kapitalkonten I und II sind unzulässig.
 Guthaben auf den Privatkonten werden in Höhe der gemäß Ziffer 3 und
 4 erfolgten Gutschrift innerhalb von zwei Wochen nach Fassung des
 Gesellschafterbeschlusses über den Jahresabschluss ausgezahlt.
 Darüber hinausgehende Auszahlungen von Guthaben auf dem jeweiligen
 Privatkonto erfolgen binnen 4 Wochen nach schriftlicher
 Aufforderung durch den betreffenden Gesellschafter an die
 Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="933593227"/>
+          <w:numId w:val="17743420"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidet ein Gesellschafter aus, hat er sein
 Verlustvortragskonto einschließlich der auf ihn entfallenden
 Verlustanteile des dem Ausscheiden vorangehenden Geschäftsjahres
 auszugleichen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 11 Tätigkeitsbeteiligung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafter, die eine natürliche Person sind, können nicht
 auf Dauer, sondern nur solange Gesellschafter sein, wie sie
 Geschäftsführer der persönlich haftenden Gesellschafterin, der
 Gesellschaft oder einer anderen Gesellschaft der X-Planungs-
 Firmengruppe bzw der Gesellschaft sind
 (Tätigkeitsbeteiligung).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist ein solcher Gesellschafter, gleich aus welchem Grund
 (Abberufung, Entziehung, Kündigung, Tod etc) nicht mehr
 Geschäftsführer der persönlich haftenden Gesellschafterin, der
 Gesellschaft oder einer anderen Gesellschaft der
 X-Planungs-Firmengruppe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2839,529 +2839,529 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) hat das Angebot
 innerhalb von drei (3) Monaten nach Zugang anzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Kaufpreis erhält der veräußerungspflichtige Gesellschafter
 von dem Erwerber das 2,5-Fache des Durchschnitts der auf den
 Gesellschaftsanteil des veräußerungspflichtigen Gesellschafters
 entfallenden modifizierten Jahresergebnisse (gemäß nachfolgender
 Definition) der letzten drei (3) vor dem Ausscheiden
 abgeschlossenen Geschäftsjahre. Die modifizierten Jahresergebnisse
 (dh modifizierte Jahresüberschüsse oder modifizierte
 Jahresfehlbeträge) sind auf Basis der festgestellten
 Handelsbilanzen der Gesellschaft, der jeweiligen Geschäftsjahre,
 wie folgt, zu berechnen:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Handelsbilanzieller Jahresüberschuss bzw handelsbilanzieller
 Jahresfehlbetrag (nach Abzug von Ertragssteuern sowie von
 Tätigkeitsvergütungen und etwaigem Unternehmerlohn)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich/steuerliche Bewertungsdifferenzen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">abzüglich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich nicht berücksichtigte Jahresüberschüsse von
 Tochterunternehmen, soweit sie nicht in den drei maßgeblichen
 Geschäftsjahren gewinnerhöhend an die Gesellschaft ausgeschüttet
 wurden (Thesaurierung bzw Zwangsthesaurierung infolge
 Verlustnutzung)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abzüglich nicht berücksichtigte Jahresfehlbeträge von
 Tochterunternehmen soweit sie nicht in den drei maßgeblichen
 Geschäftsjahren bei der Gesellschaft gewinnmindernd berücksichtigt
 wurden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich eventueller Beteiligungsabschreibungen wegen
 Verlusten, soweit die den Abschreibungen zugrunde liegenden
 Verluste als Jahresfehlbeträge gem Z (4) berücksichtigt wurden
 (dh betragsmäßig bis zur Höhe der unter Z [4] berücksichtigten
 Verluste)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">= „modifiziertes Jahresergebnis“</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Berechnung des Kaufpreises erfolgt durch die X-Planungs
 Holding GmbH zum Übertragungsstichtag sobald der Jahresabschluss
 der Gesellschaft für das vorangegangene, abgeschlossene
 Geschäftsjahr vorliegt. Die Gesellschaft teilt den Kaufpreis für
 den zu veräußernden Teilkommanditanteil den Parteien schriftlich,
 fernschriftlich oder per E-Mail mit (die
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaufpreismitteilung“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Jahresabschluss für das dem Ausscheiden des
 Veräußerungspflichtigen Gesellschafters unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr bereits
 festgestellt, ist der gemäß den vorstehenden Regelungen ermittelte
 Kaufpreis drei (3) Wochen nach Zugang der Mitteilung des
 Kaufpreises an den veräußerungspflichtigen Gesellschafter und den
 Erwerber durch die Gesellschaft zur Zahlung fällig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Jahresabschluss für das dem Ausscheiden des
 veräußerungspflichtigen Gesellschafters unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr noch nicht
 festgestellt, ist zunächst ein vorläufiger Verkaufspreis auf der
 Grundlage der festgestellten Handelsbilanzen der beiden
 vorausgegangenen, abgeschlossenen Geschäftsjahre und der zum
 Zeitpunkt des Ausscheidens für das dem Ausscheiden unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr verfügbaren Daten
 zu schätzen. Der vorläufige Verkaufspreis beträgt maximal 80 %
 des 2,5-Fachen des Durchschnitts der auf den Teilkommanditanteil
 des Veräußerungspflichtigen Gesellschafters entfallenden
 modifizierten Jahresergebnisse der letzten zwei (2) vor dem
 Ausscheiden festgestellten Jahresabschlüsse („Vorläufiger
 Kaufpreis“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der vorläufige Kaufpreis ist durch die X-Planungs Holding GmbH
 zu ermitteln und dem Erwerber und dem veräußerungspflichtigen
 Gesellschafter mitzuteilen. Der vorläufige Kaufpreis ist innerhalb
 von drei (3) Wochen nach dem Zugang der Mitteilung über die Höhe
 des vorläufigen Kaufpreises Zug um Zug gegen Übertragung des
 Gesellschaftsanteils durch den veräußernden Gesellschafter zur
 Zahlung durch den Erwerber fällig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sobald der Jahresabschluss für das dem Ausscheiden des
 Gesellschafters unmittelbar vorausgegangene, abgeschlossene
 Geschäftsjahr festgestellt ist, ist der endgültige Kaufpreis zu
 ermitteln. Innerhalb von vier (4) Wochen nach Mitteilung des so
 ermittelten endgültigen Kaufpreises an den Gesellschafter ist eine
 etwaige positive Differenz zum vorläufigen Kaufpreis (dh der
 endgültige Kaufpreis ist höher als der vorläufige Kaufpreis) von
 dem Erwerber an den ausscheidenden Gesellschafter zu zahlen und
 eine etwaige negative Differenz zum vorläufigen Kaufpreis (dh der
 endgültige Kaufpreis ist niedriger als der vorläufige Kaufpreis)
 von dem ausscheidenden Gesellschafter an den Erwerber des
 Gesellschaftsanteils zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Durchschnitt der in den letzten drei, vor dem
 Ausscheiden, abgeschlossenen Geschäftsjahre aus den
 Gesellschaftsanteil des Gesellschafters nach Abzug von Ertragsteuer
 sowie von Tätigkeitsvergütungen entfallenden Jahresergebnisse
 negativ, beträgt der Kaufpreis EUR 1,– (eins).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Erwerber ist berechtigt, von dem Kaufpreis einen Betrag in
 der Höhe des Verlustvortragskontos (einschließlich der auf dem
 Ausscheidenden entfallenden Verlustanteile des dem Ausscheiden
 vorangehenden Geschäftsjahres) sowie eines gegebenenfalls negativen
 Privatkontos des ausscheidenden Gesellschafters als anteilige
 Erfüllung der Kaufpreisschuld direkt an die Gesellschaft als
 Ausgleich des Verlustvortragskonto sowie gegebenenfalls des
 negativen Privatkontos zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Erwerber erwirbt den Gesellschaftsanteil des Ausscheidenden
 zusammen mit dessen Kapitalkonto I. Ein zum Ablauf des dem
 Ausscheiden vorangehenden Geschäftsjahres („Stichtag“) bestehendes
 Guthaben auf seinem Kapitalkonto II abzüglich eventueller Beträge
 auf seinem Verlustvortragskonto (einschließlich der auf dem
 Ausscheidenden entfallenden Verlustanteile das dem Ausscheiden
 vorangehenden Geschäftsjahres) sind dem Ausscheidenden von der
 Gesellschaft mit Wirkung zum Ausscheidenszeitpunkt auszuzahlen. Ein
 zum Stichtag vorhandenes Guthaben auf seinem Privatkonto ist dem
 ausscheidenden Gesellschafter auszuzahlen. Der ausscheidende
 Gesellschafter nimmt an den Gewinnen und Verlusten der Gesellschaft
 des zum Zeitpunkt seines Ausscheidens laufenden Geschäftsjahres
 nicht teil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="183058190"/>
+          <w:numId w:val="35031117"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Findet mit Zustimmung der Gesellschafterversammlung eine
 Veräußerung der Tätigkeitsbeteiligung an Dritte statt (§ 12),
 steht dem die Tätigkeitsbeteiligung haltenden Gesellschafter von
 dem Dritten zu zahlenden Kaufpreis nur der Teil zu, der dem
 Kaufpreis gem § 11 Z 3 entspricht. Ein darüber
 hinausgehender Kaufpreis ist an die Gesellschafterin mit der
 größten Beteiligung zu zahlen.</w:t>
       </w:r>
@@ -3417,454 +3417,454 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 13 Kündigung, Ausscheiden und
 Ausschluss eines Gesellschafters</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeder Gesellschafter kann die Gesellschaft unter Einhaltung
 einer Frist von zwölf Monaten zum Ende eines Geschäftsjahres
 kündigen, erstmals zum … Die Kündigung bedarf der Form eines
 eingeschriebenen Briefes mit Rückschein und ist an die persönlich
 haftende Gesellschafterin zu richten. Maßgeblich für die
 Rechtzeitig der Kündigung ist der Eingang der Kündigungsschreiben.
 Mit Wirksamwerden der Kündigung scheidet der Gesellschafter aus der
 Gesellschaft aus.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Ausscheiden eines Gesellschafters wird die Gesellschaft
 nicht aufgelöst, sondern von den übrigen Gesellschaftern
 fortgesetzt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann den Ausschluss eines
 Gesellschafters beschließen, wenn
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">über das Vermögen des Gesellschafters das Insolvenzverfahren
 eröffnet oder die Eröffnung eines solchen Verfahrens mangels Masse
 abgewiesen wird;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in der Person des Gesellschafters ein seine Ausschließung
 rechtfertigender Grund vorliegt, was insbesondere bei
 Vertrauensverlust aufgrund des Verhaltens des Gesellschafters
 gegeben ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Gesellschafter, der eine natürliche Person ist, kann durch
 Beschluss der Gesellschafterversammlung ausgeschlossen werden, wenn
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter nicht Geschäftsführer der Gesellschaft, der
 persönlich haftenden Gesellschafterin der Gesellschaft oder einen
 anderen Gesellschaft der X-Planungs-Firmengruppe ist;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter arbeitsunfähig oder sonst gehindert ist,
 seinen Verpflichtungen aus dem Anstellungsvertrag mit der
 Gesellschaft, der persönlich haftenden Gesellschafterin der
 Gesellschaft der X-Planungs-Firmengruppen nachzukommen und die
 volle Wiederherstellung einer Einsatzfähigkeit aller Voraussicht
 nach auf Dauer, mindestens aber für 18 Monate, ausgeschlossen
 ist;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter, gleich aus welchem Grund, seinen
 wesentlichen Verpflichtungen aus seinem mit der Gesellschaft, der
 persönlich haftenden Gesellschafterin der Gesellschaft oder einer
 anderen Gesellschaft der X-Planungs-Gruppe abgeschlossenen Dienst-
 oder Arbeitsvertrag trotz Abmahnungen wiederholt nicht
 nachkommt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter das 65. Lebensjahr vollendet hat oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter verstirbt, soweit der Gesellschafter bzw
 seine Erben nicht bereits nach § 14 ausscheiden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der auszuschließende Gesellschafter hat bei der
 Beschlussfassung kein Stimmrecht. Der Beschluss über die
 Ausschließung wird mit der Mitteilung an den betroffenen
 Gesellschafter durch Übersendung einer Kopie der Niederschrift oder
 des schriftlich gefassten Beschlusses wirksam, wozu jeder der
 übrigen Gesellschafter berechtigt ist. Der Beschluss ist solange
 als wirksam zu behandeln, bis seine Unwirksamkeit rechtskräftig
 festgestellt ist. Bei Vorliegen der Voraussetzungen kann der
 Ausschluss erfolgen, er muss es aber nicht. Solange die
 Voraussetzungen vorliegen, kann der Ausschluss jederzeit
 erfolgen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit Wirksamwerden der Ausschließung scheidet der Gesellschafter
 aus der Gesellschaft aus. Sein Gesellschaftsanteil wächst der
 Gesellschafterin mit der größten Beteiligung an, die an den
 ausgeschiedenen Gesellschafter eine Abfindung gem § 13
 Z 8 zu zahlen hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In Abweichung von § 13 Z 6 kann die
 Gesellschafterversammlung verlangen, dass der ausscheidende
 Gesellschafter seinen Anteil an einen Gesellschafter oder an einen
 Dritten veräußert. In diesem Fall erhält der ausscheidende
 Gesellschafter eine Vergütung, die der Abfindung gem § 13
 Z 8 entspricht. Kommt der Gesellschafter dem
 Übertragungsverlangen nicht nach, verbleibt es bei der Regelung in
 § 13 Z 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Abfindung, die zugleich als Kompensation für die
 Beschränkungen gem § 6 Z 2 und 3 dient, erhält der
 ausgeschiedene bzw ausgeschlossene Gesellschafter von der
 Gesellschafterin, welcher seinen Gesellschaftsanteil gem § 13
 Z 6 anwächst, das 2,5-Fache des Durchschnitts der
 modifizierten Jahresergebnisse gem § 11 Z 3 der letzten
 drei, vor dem Ausscheiden bzw Ausschluss, abgeschlossenen
 Geschäftsjahre, die auf den Gesellschaftsanteil des Gesellschafters
@@ -3923,51 +3923,51 @@
 (eins).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Die Gesellschafterin, welcher der Anteil des Ausscheidenden
 anwächst, ist berechtigt, von der Abfindung einen Betrag in der
 Höhe des Verlustvortragkontos (einschließlich der auf den
 Ausscheidenden entfallenden Verlustanteile des dem Ausscheiden
 vorangehenden Geschäftsjahres) sowie eines gegebenenfalls negativen
 Privatkontos des ausscheidenden Gesellschafters als anteilige
 Erfüllung der Abfindungsschuld direkt an die Gesellschaft als
 Ausgleich des Verlustvortragkontos sowie gegebenenfalls des
 negativen Privatkontos zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="409124505"/>
+          <w:numId w:val="770334126"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterin, der der Geschäftsanteil anwächst, erwirbt
 den Gesellschaftsanteil des Ausscheidenden zusammen mit dessen
 Kapitalkonto I. Ein zum Ablauf des dem Ausscheiden vorangehenden
 Geschäftsjahres („Stichtag“) bestehendes Guthaben auf seinem
 Kapitalkonto II abzüglich eventueller Beträge auf seinem
 Verlustvortragkonto (einschließlich der auf den Ausscheidenden
 entfallenden Verlustanteile des dem Ausscheiden vorangehenden
 Geschäftsjahres) sind dem Ausscheidenden von der Gesellschaft mit
@@ -4027,130 +4027,130 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 15 Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="304955025"/>
+          <w:numId w:val="550118618"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieser Gesellschaftsvertrag gilt ab Eintragung der Gesellschaft
 im Firmenbuch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="304955025"/>
+          <w:numId w:val="550118618"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerichtsstand für alle Streitigkeiten aus diesem Vertrag ist
 Wien.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="304955025"/>
+          <w:numId w:val="550118618"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderungen oder Ergänzungen des Gesellschaftsvertrages
 erfolgen, soweit gesetzlich zulässig, durch Beschluss gem
 § 7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="304955025"/>
+          <w:numId w:val="550118618"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sollten Bestimmungen dieses Vertrages oder eine künftig in ihn
 aufgenommene Bestimmung ganz oder teilweise nicht rechtswirksam
 oder nicht durchführbar sein oder ihre Rechtswirksamkeit oder
 Durchführbarkeit später verlieren, so soll hiervon die Gültigkeit
 der übrigen Bestimmungen dieses Vertrages nicht berührt werden. Das
 Gleiche gilt, soweit sich herausstellen sollte, dass der Vertrag
 eine Regelungslücke enthält. Anstelle der unwirksamen und
 undurchführbaren Bestimmungen oder zur Ausfüllung der Lücke soll
@@ -4973,107 +4973,107 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einreichung der Jahresabschlussunterlagen richtet sich ab
 dem 01.01.2026 nach den neuen Vorgaben der ERV-Novelle. Gem
 § 277 Abs 6 UGB sind diese grundsätzlich in
 elektronischer Form dem zuständigen Firmenbuchgericht (siehe
 § 120 JN) vorzulegen. Darüber hinaus bestimmt § 12
 Abs 2 ERV 2021 in der Fassung BGBl II Nr 27/2025,
 dass die Vorlage grundsätzlich in strukturierter Form gemäß der
 Schnittstellenbeschreibung (§ 7 ERV 2021) zu erfolgen hat. Die
 Möglichkeit der strukturierten Einreichung besteht:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="981495652"/>
+          <w:numId w:val="322570910"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für die Offenlegung gem § 278 Abs 1 UGB (auch iVm
 § 221 Abs 5 UGB)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="981495652"/>
+          <w:numId w:val="322570910"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für die Bilanz und die Gewinn- und Verlustrechnung von
 Rechtsträgern, die den Regeln des dritten Buches des UGB
 unterliegen, es sei denn, die einzureichenden Unterlagen enthalten
 Posten, die mithilfe der in der Schnittstellenbeschreibung
 enthaltenen Struktur (Taxonomie) nicht abgebildet werden
 können</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="981495652"/>
+          <w:numId w:val="322570910"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für Unterlagen und Berichte, sobald und soweit die Aufstellung
 oder Einreichung in strukturierter Form in einem Unionsrechtsakt
 angeordnet ist, wie bspw für Jahresfinanzberichte nach § 124
 BörseG 2018, BGBl I Nr 107/2017</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6670,51 +6670,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="981495652">
+  <w:abstractNum w:abstractNumId="322570910">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -6779,51 +6779,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="304955025">
+  <w:abstractNum w:abstractNumId="550118618">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6872,51 +6872,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="409124505">
+  <w:abstractNum w:abstractNumId="770334126">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6965,51 +6965,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="183058190">
+  <w:abstractNum w:abstractNumId="35031117">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7058,51 +7058,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="933593227">
+  <w:abstractNum w:abstractNumId="17743420">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7151,51 +7151,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="608071364">
+  <w:abstractNum w:abstractNumId="202192685">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7244,51 +7244,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="941491510">
+  <w:abstractNum w:abstractNumId="224936446">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7337,51 +7337,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="263445417">
+  <w:abstractNum w:abstractNumId="821283575">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7430,51 +7430,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="939655584">
+  <w:abstractNum w:abstractNumId="624341154">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7523,51 +7523,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="434129983">
+  <w:abstractNum w:abstractNumId="720415264">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
@@ -7620,51 +7620,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="491703302">
+  <w:abstractNum w:abstractNumId="7663241">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7713,51 +7713,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="377291120">
+  <w:abstractNum w:abstractNumId="474403743">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7806,975 +7806,975 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27716004">
+  <w:abstractNum w:abstractNumId="62357589">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47110859">
+    <w:lvl w:ilvl="0" w:tplc="19989341">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47110859" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19989341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27716003">
+  <w:abstractNum w:abstractNumId="62357588">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10980021">
+    <w:lvl w:ilvl="0" w:tplc="78658657">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10980021" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78658657" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27716002">
+  <w:abstractNum w:abstractNumId="62357587">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80438140">
+    <w:lvl w:ilvl="0" w:tplc="79802033">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80438140" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79802033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27716001">
+  <w:abstractNum w:abstractNumId="62357586">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23645174">
+    <w:lvl w:ilvl="0" w:tplc="37346413">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23645174" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37346413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27716000">
+  <w:abstractNum w:abstractNumId="62357585">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36020125">
+    <w:lvl w:ilvl="0" w:tplc="75012541">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36020125" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75012541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715999">
+  <w:abstractNum w:abstractNumId="62357584">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83665256">
+    <w:lvl w:ilvl="0" w:tplc="73869654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83665256" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73869654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715998">
+  <w:abstractNum w:abstractNumId="62357583">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84962136">
+    <w:lvl w:ilvl="0" w:tplc="88042574">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84962136" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88042574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715997">
+  <w:abstractNum w:abstractNumId="62357582">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13581408">
+    <w:lvl w:ilvl="0" w:tplc="47417375">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13581408" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47417375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715996">
+  <w:abstractNum w:abstractNumId="62357581">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71092678">
+    <w:lvl w:ilvl="0" w:tplc="99069855">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71092678" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99069855" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715995">
+  <w:abstractNum w:abstractNumId="62357580">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55817160">
+    <w:lvl w:ilvl="0" w:tplc="37906499">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55817160" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37906499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715994">
+  <w:abstractNum w:abstractNumId="62357579">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62213631">
+    <w:lvl w:ilvl="0" w:tplc="98042491">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62213631" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98042491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="960429615">
+  <w:abstractNum w:abstractNumId="163698633">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -8839,51 +8839,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90518509">
+  <w:abstractNum w:abstractNumId="495652505">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -8932,51 +8932,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="131536714">
+  <w:abstractNum w:abstractNumId="333028863">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -9025,51 +9025,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="479812083">
+  <w:abstractNum w:abstractNumId="990023507">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -9118,51 +9118,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="834590678">
+  <w:abstractNum w:abstractNumId="711384214">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
@@ -9215,51 +9215,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="273914381">
+  <w:abstractNum w:abstractNumId="446767240">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -9308,137 +9308,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715993">
+  <w:abstractNum w:abstractNumId="62357578">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45977261">
+    <w:lvl w:ilvl="0" w:tplc="96033022">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45977261" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96033022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27715992">
+  <w:abstractNum w:abstractNumId="62357577">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73307347">
+    <w:lvl w:ilvl="0" w:tplc="64562156">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10190,142 +10190,142 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27715992">
-    <w:abstractNumId w:val="27715992"/>
+  <w:num w:numId="62357577">
+    <w:abstractNumId w:val="62357577"/>
   </w:num>
-  <w:num w:numId="27715993">
-    <w:abstractNumId w:val="27715993"/>
+  <w:num w:numId="62357578">
+    <w:abstractNumId w:val="62357578"/>
   </w:num>
-  <w:num w:numId="273914381">
-    <w:abstractNumId w:val="273914381"/>
+  <w:num w:numId="446767240">
+    <w:abstractNumId w:val="446767240"/>
   </w:num>
-  <w:num w:numId="834590678">
-    <w:abstractNumId w:val="834590678"/>
+  <w:num w:numId="711384214">
+    <w:abstractNumId w:val="711384214"/>
   </w:num>
-  <w:num w:numId="479812083">
-    <w:abstractNumId w:val="479812083"/>
+  <w:num w:numId="990023507">
+    <w:abstractNumId w:val="990023507"/>
   </w:num>
-  <w:num w:numId="131536714">
-    <w:abstractNumId w:val="131536714"/>
+  <w:num w:numId="333028863">
+    <w:abstractNumId w:val="333028863"/>
   </w:num>
-  <w:num w:numId="90518509">
-    <w:abstractNumId w:val="90518509"/>
+  <w:num w:numId="495652505">
+    <w:abstractNumId w:val="495652505"/>
   </w:num>
-  <w:num w:numId="960429615">
-    <w:abstractNumId w:val="960429615"/>
+  <w:num w:numId="163698633">
+    <w:abstractNumId w:val="163698633"/>
   </w:num>
-  <w:num w:numId="27715994">
-    <w:abstractNumId w:val="27715994"/>
+  <w:num w:numId="62357579">
+    <w:abstractNumId w:val="62357579"/>
   </w:num>
-  <w:num w:numId="27715995">
-    <w:abstractNumId w:val="27715995"/>
+  <w:num w:numId="62357580">
+    <w:abstractNumId w:val="62357580"/>
   </w:num>
-  <w:num w:numId="27715996">
-    <w:abstractNumId w:val="27715996"/>
+  <w:num w:numId="62357581">
+    <w:abstractNumId w:val="62357581"/>
   </w:num>
-  <w:num w:numId="27715997">
-    <w:abstractNumId w:val="27715997"/>
+  <w:num w:numId="62357582">
+    <w:abstractNumId w:val="62357582"/>
   </w:num>
-  <w:num w:numId="27715998">
-    <w:abstractNumId w:val="27715998"/>
+  <w:num w:numId="62357583">
+    <w:abstractNumId w:val="62357583"/>
   </w:num>
-  <w:num w:numId="27715999">
-    <w:abstractNumId w:val="27715999"/>
+  <w:num w:numId="62357584">
+    <w:abstractNumId w:val="62357584"/>
   </w:num>
-  <w:num w:numId="27716000">
-    <w:abstractNumId w:val="27716000"/>
+  <w:num w:numId="62357585">
+    <w:abstractNumId w:val="62357585"/>
   </w:num>
-  <w:num w:numId="27716001">
-    <w:abstractNumId w:val="27716001"/>
+  <w:num w:numId="62357586">
+    <w:abstractNumId w:val="62357586"/>
   </w:num>
-  <w:num w:numId="27716002">
-    <w:abstractNumId w:val="27716002"/>
+  <w:num w:numId="62357587">
+    <w:abstractNumId w:val="62357587"/>
   </w:num>
-  <w:num w:numId="27716003">
-    <w:abstractNumId w:val="27716003"/>
+  <w:num w:numId="62357588">
+    <w:abstractNumId w:val="62357588"/>
   </w:num>
-  <w:num w:numId="27716004">
-    <w:abstractNumId w:val="27716004"/>
+  <w:num w:numId="62357589">
+    <w:abstractNumId w:val="62357589"/>
   </w:num>
-  <w:num w:numId="377291120">
-    <w:abstractNumId w:val="377291120"/>
+  <w:num w:numId="474403743">
+    <w:abstractNumId w:val="474403743"/>
   </w:num>
-  <w:num w:numId="491703302">
-    <w:abstractNumId w:val="491703302"/>
+  <w:num w:numId="7663241">
+    <w:abstractNumId w:val="7663241"/>
   </w:num>
-  <w:num w:numId="434129983">
-    <w:abstractNumId w:val="434129983"/>
+  <w:num w:numId="720415264">
+    <w:abstractNumId w:val="720415264"/>
   </w:num>
-  <w:num w:numId="939655584">
-    <w:abstractNumId w:val="939655584"/>
+  <w:num w:numId="624341154">
+    <w:abstractNumId w:val="624341154"/>
   </w:num>
-  <w:num w:numId="263445417">
-    <w:abstractNumId w:val="263445417"/>
+  <w:num w:numId="821283575">
+    <w:abstractNumId w:val="821283575"/>
   </w:num>
-  <w:num w:numId="941491510">
-    <w:abstractNumId w:val="941491510"/>
+  <w:num w:numId="224936446">
+    <w:abstractNumId w:val="224936446"/>
   </w:num>
-  <w:num w:numId="608071364">
-    <w:abstractNumId w:val="608071364"/>
+  <w:num w:numId="202192685">
+    <w:abstractNumId w:val="202192685"/>
   </w:num>
-  <w:num w:numId="933593227">
-    <w:abstractNumId w:val="933593227"/>
+  <w:num w:numId="17743420">
+    <w:abstractNumId w:val="17743420"/>
   </w:num>
-  <w:num w:numId="183058190">
-    <w:abstractNumId w:val="183058190"/>
+  <w:num w:numId="35031117">
+    <w:abstractNumId w:val="35031117"/>
   </w:num>
-  <w:num w:numId="409124505">
-    <w:abstractNumId w:val="409124505"/>
+  <w:num w:numId="770334126">
+    <w:abstractNumId w:val="770334126"/>
   </w:num>
-  <w:num w:numId="304955025">
-    <w:abstractNumId w:val="304955025"/>
+  <w:num w:numId="550118618">
+    <w:abstractNumId w:val="550118618"/>
   </w:num>
-  <w:num w:numId="981495652">
-    <w:abstractNumId w:val="981495652"/>
+  <w:num w:numId="322570910">
+    <w:abstractNumId w:val="322570910"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -11136,51 +11136,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId511538566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId516975124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId857621527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId584583875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>