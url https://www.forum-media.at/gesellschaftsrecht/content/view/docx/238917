--- v2 (2026-01-01)
+++ v3 (2026-03-13)
@@ -15,158 +15,152 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="87460702" w:name="document"/>
-    <w:bookmarkEnd w:id="87460702"/>
+    <w:bookmarkStart w:id="68107594" w:name="document"/>
+    <w:bookmarkEnd w:id="68107594"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 976253 | Wolfgang Steinberger -
 Stanislava Doganova | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsvertrag einer GmbH &amp; Co KG (inkl
 Gesellschafterausschluss, Wettbewerbs- und Abwerbeverbot,
 Kundenschutz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftsvertrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">X Planungs-GmbH &amp; Co KG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 Firma, Sitz und Gegenstand
 des Unternehmens</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -510,767 +504,759 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Gesellschaft ist berechtigt, Zweigniederlassungen zu
 errichten und sich an anderen Unternehmen, insbesondere als deren
 persönlich haftende Gesellschafterin, zu beteiligen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Gesellschaftskapital,
 Beteiligung und Einlagen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="474403743"/>
+          <w:numId w:val="294524000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einzige unbeschränkt haftende Gesellschafterin ist die Y
 Holding GmbH, mit dem Sitz in Wien und der Geschäftsanschrift …
 eingetragen zu FN … im Firmenbuch des Handelsgerichts Wien.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="474403743"/>
+          <w:numId w:val="294524000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Komplementärin leistet keine Kapitaleinlage und ist daher
 auch nicht am Kapital der Gesellschaft beteiligt, sondern bloße
 Arbeitsgesellschafterin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="474403743"/>
+          <w:numId w:val="294524000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Z Handels OG, mit dem Sitz in Wien und der Geschäftsanschrift …
 eingetragen zu FN … im Firmenbuch des Handelsgerichts Wien,
 übernimmt eine Pflichteinlage in Höhe von EUR 10.000,–, die
 voll aufgebracht wurde.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="474403743"/>
+          <w:numId w:val="294524000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine über die Pflichteinlage hinausgehende Haftsumme wird von
 der Kommanditistin nicht übernommen. Die Kommanditistin ist an der
 Gesellschaft mit einem ihrer Pflichteinlage entsprechenden
 Gesellschaftsanteil beteiligt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Dauer der Gesellschaft</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschaft ist auf unbestimmte Zeit geschlossen. Die
 Kündigung der Gesellschaft richtet sich nach § 13
 Z 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Geschäftsführung und
 Vertretung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7663241"/>
+          <w:numId w:val="530301259"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zur Geschäftsführung und Vertretung ist die persönlich haftende
 Gesellschafterin berechtigt und verpflichtet. Die persönlich
 haftende Gesellschafterin übt die Geschäftsführung und Vertretung
 durch ihre Organe aus.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7663241"/>
+          <w:numId w:val="530301259"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Kommanditistin ist sowohl von der Geschäftsführung als auch
 von der Vertretung der Gesellschaft ausgeschlossen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7663241"/>
+          <w:numId w:val="530301259"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der persönlich haftenden Gesellschafterin sind alle mit der
 zweckmäßigen Geschäftsführung verbundenen Auslagen zulasten des
 Ergebnisses der Gesellschaft laufend zu ersetzen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Zustimmungsbedürftige
 Geschäfte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin hat vor Beginn eines
 jeden Geschäftsjahres einen Budgetplan aufzustellen, der aus einem
 Personalplan, einem Finanzplan und einer Ergebnisschätzung für
 dieses Geschäftsjahr besteht und der die Einzelposten der Art nach
 erkennen lässt. Dieser Budgetplan ist der Gesellschafterversammlung
 zur Genehmigung vorzulegen. Maßnahmen, die in einem gebilligten
 Budgetplan ausgewiesen sind, bedürfen nicht mehr der Zustimmung gem
 Z 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin bedarf der vorigen
 Zustimmung der Gesellschafterversammlung für folgende Geschäfte der
 Gesellschaft, soweit diese nicht gem Z 1 bereits erteilt
 wurde:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb, Veräußerung und Belastung von Grundstücken,
 grundstücksgleichen Rechten und Rechten an Grundstücken oder von
 Wirtschaftsgütern des Anlagevermögens sowie Neu- und Umbauten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerb und Veräußerung von Wertpapieren, Erwerb von und
 Verfügungen über Beteiligungen an anderen Unternehmen, der
 Abschluss, die Änderung oder die Aufhebung von
 Unternehmensverträgen und die Eingehung, Änderung oder Beendigung
 von stillen Gesellschaftsverhältnissen, Aufnahme neuer und Aufgabe
 vorhandener Geschäftszweige und Tätigkeitsgebiete, Erwerb oder
 Veräußerung von Betrieben oder Betriebsteilen, Errichtung oder
 Aufhebung von Zweigniederlassungen oder Zweigbetrieben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Übernahme von Bürgschaften, Garantien oä Haftungen außerhalb
 des üblichen Geschäftsbetriebes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewährung und Aufnahme von Darlehen und sonstigen Krediten
 sowie Eingehung von Wechselverbindlichkeiten außerhalb des üblichen
 Geschäftsbetriebes mit Ausnahme der Gewährung von Darlehen an
 Betriebsangehörige, die im Einzelfall EUR 5.000,– pa nicht
 überschreiten dürfen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einstellung von Angestellten oder sonstigen Mitarbeitern, sowie
 die Beschäftigung von freien Mitarbeitern mit einem Jahreseinkommen
 einschließlich aller geldwerten Leistungen von mehr als
 EUR 70.000,– brutto und unabhängig davon stets die Gewährung
 von Tantiemen oder Pensionszusagen; die Änderung oder Beendigung
 von Anstellungsverträgen mit geschäftsführenden Gesellschaftern von
 Tochtergesellschaften oder anderen Gesellschaften, an denen die
 Gesellschaft unmittelbar oder mittelbar beteiligt ist, bedarf nicht
 der Zustimmung der Gesellschafterversammlung. Die Gesellschafter
 sind jedoch unverzüglich von derartigen Änderungen oder
 Beendigungen schriftlich zu informieren.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss, Änderung oder Beendigung von Verträgen der
 Gesellschaft mit Gesellschaftern, Ehegatten oder Abkömmlingen von
 Gesellschaftern</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss von Pacht-, Miet-, Lizenz- oder ähnlichen
 Dauerschuldverhältnissen, sofern der jeweilige Vertrag eine Dauer
 von mehr als fünf Jahren hat und die voraussichtlichen
 Verpflichtungen der Gesellschaft aus dem jeweiligen Vertrag während
 seiner Mindestlaufzeit den Betrag von insgesamt EUR 35.000,–
 pa überschreiten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rechtsgeschäfte außerhalb des üblichen Geschäftsbetriebes von
 wesentlicher Bedeutung, was auch Spekulationsgeschäfte jeglicher
 Art einschließt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Stimmabgabe in Gesellschafterversammlungen von Gesellschaften,
 an denen die Gesellschaft direkt oder indirekt beteiligt ist
 (Beteiligungsgesellschaften), soweit folgende Themen Gegenstand der
 Beschlussfassung sind:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung des Gesellschaftsvertrages und Abweichung von den
 Regeln dieses Gesellschaftsvertrages</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Entscheidungen über den Budgetplan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Feststellung des Jahresabschlusses und der Gewinnverwendung
 sowie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erlass oder Änderung einer Geschäftsordnung für die
 Geschäftsführung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="720415264"/>
+          <w:numId w:val="202633157"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abschluss und Änderung von Dienstleistungsverträgen zwischen
 der Gesellschaft und mit ihr verbundenen Gesellschaften, sofern
 diese Verträge eine Laufzeit von mehr als einem Jahr haben</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -1308,2563 +1294,2537 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann den Katalog der
 zustimmungsbedürftigen Geschäfte durch Gesellschafterbeschluss
 erweitern.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Wettbewerbsverbot,
 Kundenschutz und Abwerbeverbot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaftern, die eine natürliche Person sind, ist es
 untersagt, die Gesellschaft mittelbar oder unmittelbar,
 gelegentlich oder gewerbsmäßig, unter eigenem oder unter fremden
 Namen, für eigene oder fremde Rechnung in einem Geschäftszweig der
 Gesellschaft Wettbewerb zu machen oder sich als Mitunternehmer an
 einem Konkurrenzunternehmen zu beteiligen („Wettbewerbsverbot“).
 Ausgenommen hiervon sind Tätigkeiten für Gesellschaften der
 X-Planungs-Firmengruppe. Die Gesellschafterversammlung kann durch
 Beschluss Befreiungen und Modifizierungen dieses
 Wettbewerbsverbotes zulassen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausscheidenden Gesellschaftern ist es untersagt, während der
 Dauer von 1 Jahr nach ihrem Ausscheiden, als Gesellschafter aus der
 Gesellschaft unmittelbar oder mittelbar durch Handeln oder
 Unterlassen, Kunden der Gesellschaft abzuwerben („Kundenschutz“).
 Diese Pflicht gilt unabhängig von dem Grund des Ausscheidens des
 Gesellschafters aus der Gesellschaft. Kunden im Sinne dieser
 Regelung sind solche Unternehmen oder Personen, die während der
 letzten 2 Jahre – bzw falls der Gesellschaftsführer weniger als 2
 Jahre bei der Gesellschaft tätig war, für die Zeit, die der
 Geschäftsführer für die Gesellschaft tätig war – vor dem
 Ausscheiden des Gesellschafters Geschäftskontakte zu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschaft oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschaften, an denen die Gesellschaft mittelbar oder
 unmittelbar beteiligt ist oder innerhalb der letzten 2 Jahre vor
 dem Ausscheiden des Gesellschafters beteiligt war, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mit der Gesellschaft verbundenen Unternehmen iSd § 15
 AktG, für die der Gesellschafter in den letzten 2 Jahren vor seinem
 Ausscheiden als Geschäftsführer oder im Rahmen eines
 Arbeitsverhältnisses tätig war, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mit der Gesellschaft verbundenen Unternehmen iSd § 15
 AktG, an denen der Gesellschafter eine Beteiligung hält oder in den
 letzten 2 Jahren vor seinem Ausscheiden hielt, unterhalten haben.
 Die Gesellschaft wird mit dem Gesellschafter im Zeitpunkt seines
 Ausscheidens aus der Gesellschaft eine Liste mit den Kunden im
 Sinne der Punkte (ii)–(iv) dieser Ziffer überreichen. Die
 Gesellschafterversammlung kann durch Beschluss die Dauer dieser
 Kundenschutzklausel reduzieren, sofern der ausscheidende
 Gesellschafter weniger als ein Jahr Gesellschafter der Gesellschaft
 gewesen ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausscheidenden Gesellschaftern ist es ferner untersagt, während
 der Dauer von 6 Monaten nach ihrem Ausscheiden als Gesellschafter
 aus der Gesellschaft unmittelbar oder mittelbar Mitarbeiter der
 Gesellschaft für eigene oder fremde Zwecke abzuwerben. Diese
 Pflicht gilt unabhängig von dem Grund des Ausscheidens des
 Gesellschafters aus der Gesellschaft. Mitarbeiter im Sinne dieser
 Regelung sind solche Personen, die im Zeitpunkt des Ausscheidens
 des Gesellschafters bei der Gesellschaft oder mit der Gesellschaft
 verbundenen Unternehmen iSd § 15 AktG angestellt sind
 („Abwerbeverbot“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle dem Wettbewerbsverbot der Z 1 unterliegenden
 Gesellschafter sind verpflichtet, über sämtliche Angelegenheiten
 der Gesellschaft, ihrer persönlich haftenden Gesellschafterin und
 ihrer Beteiligungsgesellschaften auch nach ihrem Ausscheiden
 strengstes Stillschweigen zu bewahren. Ausgenommen hiervon sind
 Mitteilungen an Personen, die kraft Gesetzes zur Verschwiegenheit
 verpflichtet sind, soweit dies zur Wahrung eigener berechtigter
 Interessen des Gesellschafters erforderlich ist. Diese Pflicht gilt
 unabhängig von dem Grund des Ausscheidens des Gesellschafters aus
 der Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="624341154"/>
+          <w:numId w:val="894955035"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für jeden Fall eines Verstoßes gegen die aus Z 1, Z 2
 und Z 3 folgenden Pflichten durch den Gesellschafter ist der
 Gesellschafter verpflichtet, der Gesellschaft eine Vertragsstrafe
 in der Höhe von EUR 10.000,– zu zahlen. Jede versuchte oder
 erfolgreiche Abwerbung eines Kunden oder eines Mitarbeiters gilt
 pro Kunde/Mitarbeiter als gesonderter Verstoß. Im Fall eines
 fortgesetzten Verstoßes ist die Vertragsstrafe für jeden
 angefangenen Monat, in dem der Verstoß anhält, erneut an die
 Gesellschaft zu zahlen. Bei Verwirkung mehrerer Vertragsstrafen ist
 der Gesamtbetrag der zu zahlenden Vertragsstrafen auf
 EUR 60.000,– begrenzt. Die Zahlung der Vertragsstrafe lässt
 die Geltendmachung eines weiteren Schadens unberührt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Gesellschafterversammlung
 und Gesellschafterbeschlüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In jedem Geschäftsjahr finden in der Regel zwei
 Gesellschafterversammlungen statt, und zwar etwa in der Mitte des
 Geschäftsjahres und gegen Ende des Geschäftsjahres. Soweit dies im
 Interesse der Gesellschaft erforderlich ist oder von einem
 Gesellschafter verlangt wird, sind zusätzliche außerordentliche
 Gesellschafterversammlungen einzuberufen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen werden durch die persönlich
 haftende Gesellschafterin einberufen. Die Einberufung erfolgt durch
 eingeschriebenen Brief, Telefax oder E-Mail an jeden Gesellschafter
 unter Angabe von Ort, Tag, Zeit und Tagesordnung mit einer Frist
 von mindestens zwei Wochen. Der Lauf der Frist beginnt im Fall der
 Einladung per Telefax oder E-Mail mit Absendung der Einladung,
 ansonsten zwei Tage nach ihrer Absendung. Der Tag der Versendung
 und der Tag der Gesellschafterversammlung wird bei der Berechnung
 der Frist nicht mitgezählt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen finden in Wien statt, sofern nicht
 alle Gesellschafter mit einem anderen Ort einverstanden sind.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen können ebenso als hybride
 Gesellschafterversammlungen abgehalten werden, bei denen jeder
 Teilnehmer zwischen einer physischen und einer virtuellen Teilnahme
 entscheiden kann. Das einberufende Organ hat allen Teilnehmern den
 barrierefreien Zugang zur hybriden Gesellschafterversammlung zu
 gewährleisten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Teilnahmemöglichkeit an der virtuellen
 Gesellschafterversammlung mittels einer akustischen und optischen
 Zweiweg-Verbindung in Echtzeit muss bestehen. Es muss jedem
 Gesellschafter möglich sein, sich zu Wort zu melden, an allen
 Abstimmungen teilzunehmen und gegebenenfalls Widerspruch zu
 erheben. Wird einem Gesellschafter das Wort erteilt, ist ihm eine
 Redemöglichkeit im Weg der Videokommunikation zu gewähren.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei allen Abstimmungen können die Gesellschafter ihr Stimmrecht
 im Weg elektronischer Kommunikation ausüben und auf diese Weise
 gegebenenfalls auch Widerspruch erheben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In der Einberufung der hybriden Gesellschafterversammlung ist
 anzugeben, welche organisatorischen und technischen Voraussetzungen
 für die Teilnahme an der hybriden Gesellschafterversammlung
 bestehen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafter bestimmen, mit Mehrheit der abgegebenen
 Stimmen, aus ihrer Mitte den Vorsitzenden, der die
 Gesellschafterversammlung leitet, den Ablauf der Versammlung sowie
 der Abstimmungen bestimmt und die Beschlussfähigkeit der
 Gesellschafterversammlung und die Fassung von
 Gesellschafterbeschlüssen feststellt. Er kann zu den
 Gesellschafterversammlungen Mitarbeiter der Gesellschaft,
 Mitarbeiter von Beteiligungsgesellschaften und sonstige
 Sachverständige und Auskunftspersonen hinzuziehen, sofern er deren
 Anhörung zur Unterrichtung der Gesellschafter für erforderlich
 hält.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterversammlungen sind nur beschlussfähig, wenn
 Gesellschafter anwesend oder vertreten sind, die zusammen
 mindestens 50 % des Gesellschaftskapitals halten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafter sollen in der Regel persönlich an
 Gesellschafterversammlungen teilnehmen. Die Gesellschafter können
 sich durch einen anderen vertreten lassen. Die Vollmacht muss
 schriftlich erteilt sein, bei Beginn der Gesellschafterversammlung
 vorgelegt werden und verbleibt bei der Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterbeschlüsse werden in Gesellschafterversammlungen
 gefasst. Außerhalb von Gesellschafterversammlungen können
 Beschlüsse auch durch schriftliche, fernschriftliche, per E-Mail
 oder mündliche auch fernmündliche Abstimmung oder eine Kombination
 der vorgenannten Möglichkeiten, gefasst werden, soweit nicht
 zwingendes Recht eine andere Form vorschreibt und sich jeder
 Gesellschafter an der Abstimmung beteiligt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafterbeschlüsse werden mit der Mehrheit der insgesamt
 vorhandenen und nicht ausgeschlossenen Stimmen gefasst, soweit
 nicht das Gesetz oder der Gesellschaftsvertrag eine größere
 Mehrheit vorsehen. Je EUR 50,– einer Kapitaleinlage eines
 Gesellschafters gewähren eine Stimme. Stimmenthaltungen gelten als
 Nein-Stimmen. Die persönlich haftende Gesellschafterin besitzt
 Stimmrechte nur, soweit dies in diesem Gesellschaftsvertrag
 ausdrücklich vorgesehen ist. Mit den Stimmen eines Gesellschafters
 kann nur einheitlich abgestimmt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafter sind stets auch in eigenen Angelegenheiten
 stimmberechtigt, soweit dem nicht zwingende gesetzliche
 Vorschriften oder dieser Vertrag entgegenstehen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Über Gesellschafterversammlungen und Beschlüsse ist, sofern es
 sich nicht um schriftliche, durch die Gesellschafter unterzeichnete
 Beschlüsse handelt, jeweils eine Niederschrift anzufertigen, die
 vom Vorsitzenden der Gesellschafterversammlung oder der
 Geschäftsführung der Gesellschaft unterzeichnet werden muss. In der
 Niederschrift sind Tag und Ort der Gesellschafterversammlung, die
 Teilnehmer, die Gegenstände der Tagesordnung, eventuelle Anträge
 und die Ergebnisse der Abstimmungen aufzunehmen. Jedem
 Gesellschafter ist unverzüglich eine Kopie dieser Niederschrift
 zuzuleiten, damit der Inhalt gilt als richtig, wenn der
 Gesellschafter nicht binnen zwei Wochen nach Empfang gegenüber dem
 Vorsitzenden der Gesellschafterversammlung oder gegebenenfalls der
 Geschäftsführung der Gesellschaft schriftlich unter Angabe von
 Gründen widerspricht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="821283575"/>
+          <w:numId w:val="597529308"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Unwirksamkeit und die Anfechtbarkeit von
 Gesellschafterbeschlüssen kann nur binnen einer Ausschlussfrist von
 acht Wochen nach Empfang der Niederschrift über die
 Gesellschafterversammlung durch Klage geltend gemacht werden. Nach
 Ablauf dieser Frist gilt ein etwaiger Mangel als geheilt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 8 Geschäftsjahr und
 Jahresabschluss</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224936446"/>
+          <w:numId w:val="355901670"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Geschäftsjahr ist mit dem Kalenderjahr identisch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224936446"/>
+          <w:numId w:val="355901670"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die persönlich haftende Gesellschafterin hat innerhalb der
 gesetzlichen Fristen den Jahresabschluss unter Beachtung der
 ertragsteuerlichen Regeln aufzustellen, soweit nicht zwingende
 unternehmensrechtliche Bestimmungen etwas anderes bestimmen, und
 diesen unverzüglich den Gesellschaftern vorzulegen. Die Vorlage hat
 mindestens zwei Wochen vor der ersten ordentlichen
 Gesellschafterversammlung nach dem Ende des jeweiligen
 Geschäftsjahres zu erfolgen. Die Feststellung des Jahresabschlusses
 erfolgt durch Gesellschafterbeschluss.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224936446"/>
+          <w:numId w:val="355901670"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Geschäftsführer stellen folgende Unterlagen zur Verfügung:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="224936446"/>
+          <w:numId w:val="355901670"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Monatliche Finanz- und Geschäftsinformationen, einschließlich
 von Finanzberichten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="224936446"/>
+          <w:numId w:val="355901670"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Jahresbudget gefolgt von vier (4) vierteljährlichen
 Budgetaktualisierungen und</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="224936446"/>
+          <w:numId w:val="355901670"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einen geprüften und testierten Jahresabschluss, spätestens
 hundertzwanzig (120) Tage nach Ende des Geschäftsjahres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 9 Gesellschafterkonten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202192685"/>
+          <w:numId w:val="357138817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die in § 2 genannten Kapitaleinlagen der Gesellschafter
 werden für jeden Gesellschafter auf einem als Kapitalkonto I
 bezeichneten Konto verbucht. Diese Konten werden als Festkonten
 geführt. Eine Veränderung der Konten bedarf einer Änderung dieses
 Gesellschaftsvertrages. Die Beteiligung der Gesellschafter an der
 Gesellschaft bemisst sich nach dem Kapitalkonto I.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202192685"/>
+          <w:numId w:val="357138817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Neben dem Kapitalkonto I werden für jeden Gesellschafter ein
 Kapitalkonto II, ein Verlustvortragskonto sowie ein Privatkonto
 eingerichtet:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="202192685"/>
+          <w:numId w:val="357138817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Kapitalkonto II werden die Gewinnanteile verbucht,
 soweit sie nach Ausgleich des Verlustvortragskontos auf Beschluss
 der Gesellschafterversammlung nicht dem Privatkonto, sondern dem
 Kapitalkonto II der Gesellschafter zugeführt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="202192685"/>
+          <w:numId w:val="357138817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Verlustvortragskonto werden die Verlustanteile
 gebucht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="202192685"/>
+          <w:numId w:val="357138817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem Privatkonto werden die nach Ausgleich des
 Verlustvortragskontos zur Ausschüttung gelangenden Gewinne, sowie
 der Zahlungsverkehr mit dem Gesellschafter verbucht. Ist das
 Privatkonto zum Zeitpunkt des Ausscheidens eines Gesellschafter
 negativ, ist es von ihm auszugleichen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202192685"/>
+          <w:numId w:val="357138817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eine Verzinsung der Konten findet nicht statt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Gewinn- und
 Verlustverteilung, Entnahmen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17743420"/>
+          <w:numId w:val="145156591"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der persönlich haftenden Gesellschafterin sind alle Auslagen zu
 erstatten, die mit der Geschäftsführung zusammenhängen.
 Voraussetzung ist jedoch, dass die Verträge/Vereinbarungen zwischen
 ihr und ihren Geschäftsführern von der Gesellschafterversammlung
 gebilligt worden sind. Daneben erhält die persönlich haftende
 Gesellschafterin eine jährlich, jeweils am Ende eines
 Geschäftsjahres zu zahlende Haftungsvergütung in Höhe von 6 %
 ihres eingezahlten Stammkapitals, das zu Beginn des Geschäftsjahres
 in ihrer Bilanz ausgewiesen ist. Die Auslagen und die
 Haftungsvergütung der persönlich haftenden Gesellschafterin sowie
 etwaige Tätigkeitsvergütungen eines Gesellschafters werden
 gewinnmindernd als Aufwand der Gesellschaft behandelt und auch dann
 gezahlt, wenn die Gesellschaft in dem Geschäftsjahr einen Verlust
 erwirtschaftet hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17743420"/>
+          <w:numId w:val="145156591"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">An dem verbleibenden Gewinn sowie an einem etwaigen Verlust des
 Geschäftsjahres nehmen die Gesellschafter im Verhältnis ihrer
 Kapitalbeteiligung (Kapitalkonto I) teil (Gewinnanteile bzw
 Verlustanteile). Die gesetzlichen Vorschriften über die
 Haftungsbeschränkung der Kommanditisten bleiben unberührt, die
 Kommanditisten sind der persönlich haftenden Gesellschafterin
 gegenüber in keinem Fall freistellungspflichtig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17743420"/>
+          <w:numId w:val="145156591"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Verlustanteile eines Geschäftsjahres werden, vorbehaltlich
 Z 4, in dem Jahresabschluss dieses Geschäftsjahres auf dem
 Verlustvortragskonto gebucht. Soweit das Verlustvortragskonto noch
 einen Verlust ausweist, ist dieser zunächst durch spätere
 Gewinnanteile auszugleichen. Nach Ausgleich des
 Verlustvortragskontos verbleibende Gewinnanteile eines
 Geschäftsjahres werden vorbehaltlich Z 4 in dem
 Jahresabschluss dieses Geschäftsjahres dem Privatkonto
 gutgeschrieben.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17743420"/>
+          <w:numId w:val="145156591"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann beschließen, dass die
 Gewinnanteile der Gesellschafter vollständig oder teilweise nicht
 dem Privatkonto, sondern dem Kapitalkonto II zugeführt werden.
 Guthaben auf dem Kapitalkonto II reduzieren sich auf etwaige
 zukünftige Verluste. Die Gesellschafterversammlung kann
 beschließen, dass Guthaben auf dem Kapitalkonto II auf das
 Privatkonto der Gesellschafter umgebucht werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17743420"/>
+          <w:numId w:val="145156591"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Entnahmen zulasten der Kapitalkonten I und II sind unzulässig.
 Guthaben auf den Privatkonten werden in Höhe der gemäß Ziffer 3 und
 4 erfolgten Gutschrift innerhalb von zwei Wochen nach Fassung des
 Gesellschafterbeschlusses über den Jahresabschluss ausgezahlt.
 Darüber hinausgehende Auszahlungen von Guthaben auf dem jeweiligen
 Privatkonto erfolgen binnen 4 Wochen nach schriftlicher
 Aufforderung durch den betreffenden Gesellschafter an die
 Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17743420"/>
+          <w:numId w:val="145156591"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Scheidet ein Gesellschafter aus, hat er sein
 Verlustvortragskonto einschließlich der auf ihn entfallenden
 Verlustanteile des dem Ausscheiden vorangehenden Geschäftsjahres
 auszugleichen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 11 Tätigkeitsbeteiligung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesellschafter, die eine natürliche Person sind, können nicht
 auf Dauer, sondern nur solange Gesellschafter sein, wie sie
 Geschäftsführer der persönlich haftenden Gesellschafterin, der
 Gesellschaft oder einer anderen Gesellschaft der X-Planungs-
 Firmengruppe bzw der Gesellschaft sind
 (Tätigkeitsbeteiligung).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist ein solcher Gesellschafter, gleich aus welchem Grund
 (Abberufung, Entziehung, Kündigung, Tod etc) nicht mehr
 Geschäftsführer der persönlich haftenden Gesellschafterin, der
 Gesellschaft oder einer anderen Gesellschaft der
 X-Planungs-Firmengruppe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">veräußerungspflichtiger
 Gesellschafter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), hat er seinen
 Gesellschaftsanteil der Gesellschafterin mit der größten
 Beteiligung an der Gesellschaft bzw nach entsprechendem Beschluss
 der Gesellschafterversammlung einem Dritten zum Kauf anzubieten.
 Der Angebotsempfänger
 (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erwerber</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) hat das Angebot
 innerhalb von drei (3) Monaten nach Zugang anzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Kaufpreis erhält der veräußerungspflichtige Gesellschafter
 von dem Erwerber das 2,5-Fache des Durchschnitts der auf den
 Gesellschaftsanteil des veräußerungspflichtigen Gesellschafters
 entfallenden modifizierten Jahresergebnisse (gemäß nachfolgender
 Definition) der letzten drei (3) vor dem Ausscheiden
 abgeschlossenen Geschäftsjahre. Die modifizierten Jahresergebnisse
 (dh modifizierte Jahresüberschüsse oder modifizierte
 Jahresfehlbeträge) sind auf Basis der festgestellten
 Handelsbilanzen der Gesellschaft, der jeweiligen Geschäftsjahre,
 wie folgt, zu berechnen:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Handelsbilanzieller Jahresüberschuss bzw handelsbilanzieller
 Jahresfehlbetrag (nach Abzug von Ertragssteuern sowie von
 Tätigkeitsvergütungen und etwaigem Unternehmerlohn)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich/steuerliche Bewertungsdifferenzen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">abzüglich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich nicht berücksichtigte Jahresüberschüsse von
 Tochterunternehmen, soweit sie nicht in den drei maßgeblichen
 Geschäftsjahren gewinnerhöhend an die Gesellschaft ausgeschüttet
 wurden (Thesaurierung bzw Zwangsthesaurierung infolge
 Verlustnutzung)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abzüglich nicht berücksichtigte Jahresfehlbeträge von
 Tochterunternehmen soweit sie nicht in den drei maßgeblichen
 Geschäftsjahren bei der Gesellschaft gewinnmindernd berücksichtigt
 wurden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zuzüglich eventueller Beteiligungsabschreibungen wegen
 Verlusten, soweit die den Abschreibungen zugrunde liegenden
 Verluste als Jahresfehlbeträge gem Z (4) berücksichtigt wurden
 (dh betragsmäßig bis zur Höhe der unter Z [4] berücksichtigten
 Verluste)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">= „modifiziertes Jahresergebnis“</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Berechnung des Kaufpreises erfolgt durch die X-Planungs
 Holding GmbH zum Übertragungsstichtag sobald der Jahresabschluss
 der Gesellschaft für das vorangegangene, abgeschlossene
 Geschäftsjahr vorliegt. Die Gesellschaft teilt den Kaufpreis für
 den zu veräußernden Teilkommanditanteil den Parteien schriftlich,
 fernschriftlich oder per E-Mail mit (die
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaufpreismitteilung“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Jahresabschluss für das dem Ausscheiden des
 Veräußerungspflichtigen Gesellschafters unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr bereits
 festgestellt, ist der gemäß den vorstehenden Regelungen ermittelte
 Kaufpreis drei (3) Wochen nach Zugang der Mitteilung des
 Kaufpreises an den veräußerungspflichtigen Gesellschafter und den
 Erwerber durch die Gesellschaft zur Zahlung fällig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Jahresabschluss für das dem Ausscheiden des
 veräußerungspflichtigen Gesellschafters unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr noch nicht
 festgestellt, ist zunächst ein vorläufiger Verkaufspreis auf der
 Grundlage der festgestellten Handelsbilanzen der beiden
 vorausgegangenen, abgeschlossenen Geschäftsjahre und der zum
 Zeitpunkt des Ausscheidens für das dem Ausscheiden unmittelbar
 vorausgegangenen, abgeschlossenen Geschäftsjahr verfügbaren Daten
 zu schätzen. Der vorläufige Verkaufspreis beträgt maximal 80 %
 des 2,5-Fachen des Durchschnitts der auf den Teilkommanditanteil
 des Veräußerungspflichtigen Gesellschafters entfallenden
 modifizierten Jahresergebnisse der letzten zwei (2) vor dem
 Ausscheiden festgestellten Jahresabschlüsse („Vorläufiger
 Kaufpreis“).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der vorläufige Kaufpreis ist durch die X-Planungs Holding GmbH
 zu ermitteln und dem Erwerber und dem veräußerungspflichtigen
 Gesellschafter mitzuteilen. Der vorläufige Kaufpreis ist innerhalb
 von drei (3) Wochen nach dem Zugang der Mitteilung über die Höhe
 des vorläufigen Kaufpreises Zug um Zug gegen Übertragung des
 Gesellschaftsanteils durch den veräußernden Gesellschafter zur
 Zahlung durch den Erwerber fällig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sobald der Jahresabschluss für das dem Ausscheiden des
 Gesellschafters unmittelbar vorausgegangene, abgeschlossene
 Geschäftsjahr festgestellt ist, ist der endgültige Kaufpreis zu
 ermitteln. Innerhalb von vier (4) Wochen nach Mitteilung des so
 ermittelten endgültigen Kaufpreises an den Gesellschafter ist eine
 etwaige positive Differenz zum vorläufigen Kaufpreis (dh der
 endgültige Kaufpreis ist höher als der vorläufige Kaufpreis) von
 dem Erwerber an den ausscheidenden Gesellschafter zu zahlen und
 eine etwaige negative Differenz zum vorläufigen Kaufpreis (dh der
 endgültige Kaufpreis ist niedriger als der vorläufige Kaufpreis)
 von dem ausscheidenden Gesellschafter an den Erwerber des
 Gesellschaftsanteils zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist der Durchschnitt der in den letzten drei, vor dem
 Ausscheiden, abgeschlossenen Geschäftsjahre aus den
 Gesellschaftsanteil des Gesellschafters nach Abzug von Ertragsteuer
 sowie von Tätigkeitsvergütungen entfallenden Jahresergebnisse
 negativ, beträgt der Kaufpreis EUR 1,– (eins).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Erwerber ist berechtigt, von dem Kaufpreis einen Betrag in
 der Höhe des Verlustvortragskontos (einschließlich der auf dem
 Ausscheidenden entfallenden Verlustanteile des dem Ausscheiden
 vorangehenden Geschäftsjahres) sowie eines gegebenenfalls negativen
 Privatkontos des ausscheidenden Gesellschafters als anteilige
 Erfüllung der Kaufpreisschuld direkt an die Gesellschaft als
 Ausgleich des Verlustvortragskonto sowie gegebenenfalls des
 negativen Privatkontos zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Erwerber erwirbt den Gesellschaftsanteil des Ausscheidenden
 zusammen mit dessen Kapitalkonto I. Ein zum Ablauf des dem
 Ausscheiden vorangehenden Geschäftsjahres („Stichtag“) bestehendes
 Guthaben auf seinem Kapitalkonto II abzüglich eventueller Beträge
 auf seinem Verlustvortragskonto (einschließlich der auf dem
 Ausscheidenden entfallenden Verlustanteile das dem Ausscheiden
 vorangehenden Geschäftsjahres) sind dem Ausscheidenden von der
 Gesellschaft mit Wirkung zum Ausscheidenszeitpunkt auszuzahlen. Ein
 zum Stichtag vorhandenes Guthaben auf seinem Privatkonto ist dem
 ausscheidenden Gesellschafter auszuzahlen. Der ausscheidende
 Gesellschafter nimmt an den Gewinnen und Verlusten der Gesellschaft
 des zum Zeitpunkt seines Ausscheidens laufenden Geschäftsjahres
 nicht teil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35031117"/>
+          <w:numId w:val="825539817"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Findet mit Zustimmung der Gesellschafterversammlung eine
 Veräußerung der Tätigkeitsbeteiligung an Dritte statt (§ 12),
 steht dem die Tätigkeitsbeteiligung haltenden Gesellschafter von
 dem Dritten zu zahlenden Kaufpreis nur der Teil zu, der dem
 Kaufpreis gem § 11 Z 3 entspricht. Ein darüber
 hinausgehender Kaufpreis ist an die Gesellschafterin mit der
 größten Beteiligung zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Verfügung über
 Gesellschaftsanteile</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Verfügen über Gesellschaftsanteile, Belastungen des
 Gesellschaftsanteils und die Einräumung einer Unterbeteiligung
 sowie die Verfügung über einzelne Rechte und Ansprüche aus dem
 Gesellschaftsverhältnis sind nur mit Zustimmung der
 Gesellschafterversammlung und der persönlich haftenden
 Gesellschafterin zulässig. Ausgenommen von den
 Verfügungsbeschränkungen nach Satz 1 sind Verfügungen zugunsten
 anderer Gesellschafter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 13 Kündigung, Ausscheiden und
 Ausschluss eines Gesellschafters</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeder Gesellschafter kann die Gesellschaft unter Einhaltung
 einer Frist von zwölf Monaten zum Ende eines Geschäftsjahres
 kündigen, erstmals zum … Die Kündigung bedarf der Form eines
 eingeschriebenen Briefes mit Rückschein und ist an die persönlich
 haftende Gesellschafterin zu richten. Maßgeblich für die
 Rechtzeitig der Kündigung ist der Eingang der Kündigungsschreiben.
 Mit Wirksamwerden der Kündigung scheidet der Gesellschafter aus der
 Gesellschaft aus.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Ausscheiden eines Gesellschafters wird die Gesellschaft
 nicht aufgelöst, sondern von den übrigen Gesellschaftern
 fortgesetzt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterversammlung kann den Ausschluss eines
 Gesellschafters beschließen, wenn
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">über das Vermögen des Gesellschafters das Insolvenzverfahren
 eröffnet oder die Eröffnung eines solchen Verfahrens mangels Masse
 abgewiesen wird;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in der Person des Gesellschafters ein seine Ausschließung
 rechtfertigender Grund vorliegt, was insbesondere bei
 Vertrauensverlust aufgrund des Verhaltens des Gesellschafters
 gegeben ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Gesellschafter, der eine natürliche Person ist, kann durch
 Beschluss der Gesellschafterversammlung ausgeschlossen werden, wenn
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter nicht Geschäftsführer der Gesellschaft, der
 persönlich haftenden Gesellschafterin der Gesellschaft oder einen
 anderen Gesellschaft der X-Planungs-Firmengruppe ist;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter arbeitsunfähig oder sonst gehindert ist,
 seinen Verpflichtungen aus dem Anstellungsvertrag mit der
 Gesellschaft, der persönlich haftenden Gesellschafterin der
 Gesellschaft der X-Planungs-Firmengruppen nachzukommen und die
 volle Wiederherstellung einer Einsatzfähigkeit aller Voraussicht
 nach auf Dauer, mindestens aber für 18 Monate, ausgeschlossen
 ist;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter, gleich aus welchem Grund, seinen
 wesentlichen Verpflichtungen aus seinem mit der Gesellschaft, der
 persönlich haftenden Gesellschafterin der Gesellschaft oder einer
 anderen Gesellschaft der X-Planungs-Gruppe abgeschlossenen Dienst-
 oder Arbeitsvertrag trotz Abmahnungen wiederholt nicht
 nachkommt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter das 65. Lebensjahr vollendet hat oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Gesellschafter verstirbt, soweit der Gesellschafter bzw
 seine Erben nicht bereits nach § 14 ausscheiden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der auszuschließende Gesellschafter hat bei der
 Beschlussfassung kein Stimmrecht. Der Beschluss über die
 Ausschließung wird mit der Mitteilung an den betroffenen
 Gesellschafter durch Übersendung einer Kopie der Niederschrift oder
 des schriftlich gefassten Beschlusses wirksam, wozu jeder der
 übrigen Gesellschafter berechtigt ist. Der Beschluss ist solange
 als wirksam zu behandeln, bis seine Unwirksamkeit rechtskräftig
 festgestellt ist. Bei Vorliegen der Voraussetzungen kann der
 Ausschluss erfolgen, er muss es aber nicht. Solange die
 Voraussetzungen vorliegen, kann der Ausschluss jederzeit
 erfolgen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit Wirksamwerden der Ausschließung scheidet der Gesellschafter
 aus der Gesellschaft aus. Sein Gesellschaftsanteil wächst der
 Gesellschafterin mit der größten Beteiligung an, die an den
 ausgeschiedenen Gesellschafter eine Abfindung gem § 13
 Z 8 zu zahlen hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In Abweichung von § 13 Z 6 kann die
 Gesellschafterversammlung verlangen, dass der ausscheidende
 Gesellschafter seinen Anteil an einen Gesellschafter oder an einen
 Dritten veräußert. In diesem Fall erhält der ausscheidende
 Gesellschafter eine Vergütung, die der Abfindung gem § 13
 Z 8 entspricht. Kommt der Gesellschafter dem
 Übertragungsverlangen nicht nach, verbleibt es bei der Regelung in
 § 13 Z 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Abfindung, die zugleich als Kompensation für die
 Beschränkungen gem § 6 Z 2 und 3 dient, erhält der
 ausgeschiedene bzw ausgeschlossene Gesellschafter von der
 Gesellschafterin, welcher seinen Gesellschaftsanteil gem § 13
 Z 6 anwächst, das 2,5-Fache des Durchschnitts der
 modifizierten Jahresergebnisse gem § 11 Z 3 der letzten
 drei, vor dem Ausscheiden bzw Ausschluss, abgeschlossenen
 Geschäftsjahre, die auf den Gesellschaftsanteil des Gesellschafters
@@ -3923,234 +3883,230 @@
 (eins).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Die Gesellschafterin, welcher der Anteil des Ausscheidenden
 anwächst, ist berechtigt, von der Abfindung einen Betrag in der
 Höhe des Verlustvortragkontos (einschließlich der auf den
 Ausscheidenden entfallenden Verlustanteile des dem Ausscheiden
 vorangehenden Geschäftsjahres) sowie eines gegebenenfalls negativen
 Privatkontos des ausscheidenden Gesellschafters als anteilige
 Erfüllung der Abfindungsschuld direkt an die Gesellschaft als
 Ausgleich des Verlustvortragkontos sowie gegebenenfalls des
 negativen Privatkontos zu zahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="770334126"/>
+          <w:numId w:val="669410986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gesellschafterin, der der Geschäftsanteil anwächst, erwirbt
 den Gesellschaftsanteil des Ausscheidenden zusammen mit dessen
 Kapitalkonto I. Ein zum Ablauf des dem Ausscheiden vorangehenden
 Geschäftsjahres („Stichtag“) bestehendes Guthaben auf seinem
 Kapitalkonto II abzüglich eventueller Beträge auf seinem
 Verlustvortragkonto (einschließlich der auf den Ausscheidenden
 entfallenden Verlustanteile des dem Ausscheiden vorangehenden
 Geschäftsjahres) sind dem Ausscheidenden von der Gesellschaft mit
 der Wirkung zum Ausscheidenszeitpunkt auszuzahlen. Ein zum Stichtag
 vorhandenes Guthaben auf seinem Privatkonto ist dem ausscheidenden
 Gesellschafter auszuzahlen. Der ausscheidende Gesellschafter nimmt
 an den Gewinnen und Verlusten der Gesellschaft des zum Zeitpunkt
 seines Ausscheidens laufenden Geschäftsjahres nicht teil.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 14 Erbfolge</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beim Tod eines Gesellschafters, der eine natürliche Person ist,
 scheidet der Gesellschafter aus der Gesellschaft aus. Die
 Gesellschaft wird nicht aufgelöst, sondern mit den verbleibenden
 Gesellschaftern fortgeführt. Der Gesellschaftsanteil des
 ausgeschiedenen Gesellschafters wächst der Gesellschafterin mit der
 größten Beteiligung an. Der Erbe oder Vermächtnisnehmer des
 verstorbenen Gesellschafters erhält von ihr eine Abfindung gem
 § 13 Z 8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 15 Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="550118618"/>
+          <w:numId w:val="505957719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieser Gesellschaftsvertrag gilt ab Eintragung der Gesellschaft
 im Firmenbuch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="550118618"/>
+          <w:numId w:val="505957719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerichtsstand für alle Streitigkeiten aus diesem Vertrag ist
 Wien.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="550118618"/>
+          <w:numId w:val="505957719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderungen oder Ergänzungen des Gesellschaftsvertrages
 erfolgen, soweit gesetzlich zulässig, durch Beschluss gem
 § 7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="550118618"/>
+          <w:numId w:val="505957719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sollten Bestimmungen dieses Vertrages oder eine künftig in ihn
 aufgenommene Bestimmung ganz oder teilweise nicht rechtswirksam
 oder nicht durchführbar sein oder ihre Rechtswirksamkeit oder
 Durchführbarkeit später verlieren, so soll hiervon die Gültigkeit
 der übrigen Bestimmungen dieses Vertrages nicht berührt werden. Das
 Gleiche gilt, soweit sich herausstellen sollte, dass der Vertrag
 eine Regelungslücke enthält. Anstelle der unwirksamen und
 undurchführbaren Bestimmungen oder zur Ausfüllung der Lücke soll
@@ -4192,73 +4148,69 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">…</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 Firma, Sitz und Gegenstand des Unternehmens</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Firma muss gem § 18 UGB zur Kennzeichnung des
 Unternehmers geeignet sein und Unterscheidungskraft besitzen. Die
 Firma darf keine Angaben enthalten, die geeignet sind, über
@@ -4428,52 +4380,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es ist zu prüfen, ob es sich bei der Tätigkeit um ein freies
 oder reglementiertes Gewerbe handelt (zB § 94 Z 74 GewO
 bzgl der Unternehmens- und Personalberatung) und welche
 Voraussetzungen für die Ausübung zu erfüllen sind.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Gesellschaftskapital, Beteiligung und Einlagen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Komplementärin einer KG haftet grundsätzlich unbeschränkt,
 allerdings handelt es sich hier bei der Komplementärin um eine
 GmbH, weshalb sie nur mit ihrem Gesellschaftsvermögen haftet, was
@@ -4498,52 +4448,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Z Handels OG übernimmt als Kommanditistin eine
 Pflichteinlage in Höhe von EUR 10.000, die voll aufgebracht
 ist. OGs (wie auch natürliche oder juristische Personen) können als
 Kommanditisten fungieren. Die Pflichteinlage bildet die Grundlage
 für die Beteiligung am Gesellschaftsvermögen und für die jeweilige
 Haftungsbegrenzung der Kommanditistin. Im Außenverhältnis haftet
 die Kommanditistin nur in Höhe der im Firmenbuch eingetragenen
 Haftsumme. Eine darüber hinausgehende Haftung ist
 ausgeschlossen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 Geschäftsführung und Vertretung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei der GmbH &amp; Co KG erfolgt die faktische Leitung durch die
 Geschäftsführer der GmbH, sodass intern das GmbHG maßgeblich ist
 (§ 15 GmbHG).</w:t>
@@ -4559,52 +4507,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Kommanditisten sind von der Führung der Geschäfte der
 Gesellschaft gem § 164 UGB ausgeschlossen. Daher führen und
 vertreten nur Komplementäre die Gesellschaft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Zustimmungsbedürftige Geschäfte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 des Gesellschaftsvertrags implementiert eine
 gesellschaftsvertragliche Kontrolle der Komplementär-GmbH durch die
 Kommanditistin im Innenverhältnis.</w:t>
@@ -4625,52 +4571,50 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die vorliegende Bestimmung regelt den Katalog
 zustimmungsbedürftiger Geschäfte der persönlich haftenden
 Gesellschafterin (Komplementär-GmbH) in einer GmbH &amp; Co KG. Sie
 konkretisiert damit das Verhältnis zwischen der
 geschäftsführungsbefugten Komplementärin und der
 Gesellschafterversammlung. Ziel dieser Regelung ist es, eine
 Kontrolle der Kommanditisten über außergewöhnliche
 Geschäftsführungsmaßnahmen sicherzustellen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Wettbewerbsverbot, Kundenschutz und Abwerbeverbot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Oberste Gerichtshof hielt unter Hinweis auf die bisherige
 Judikatur und die überwiegende Lehre fest, dass einen
 ausgeschiedenen Gesellschafter mangels ausdrücklicher Vereinbarung
@@ -4707,52 +4651,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Regelung des Wettbewerbsverbotes ist in jeder Richtung der
 freien Gestaltung unter den Gesellschaftern überlassen. Es steht
 ihnen frei, Vertragsstrafen zu vereinbaren, aber auch, dass solche
 nicht von der Gesellschaft, sondern von einem Gesellschafter im
 eigenen Namen verlangt werden können (RIS-Justiz RS0061731).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Gesellschafterversammlung und
 Gesellschafterbeschlüsse</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hybride Gesellschafterversammlung nach dem Virtuelle
 Gesellschafterversammlungen-Gesetz (VirtGesG):</w:t>
@@ -4844,52 +4786,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Im Gesellschaftsvertrag kann auch vorgesehen werden, dass stets
 eine Versammlung durchzuführen ist, bei der sich die einzelnen
 Teilnehmer zwischen einer physischen und einer virtuellen Teilnahme
 entscheiden können („hybride Versammlung“) oder dass die
 Entscheidung, ob eine hybride Versammlung durchgeführt wird, dem
 einberufenden Organ überlassen wird.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 8 Geschäftsjahr und Jahresabschluss</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Pflicht zur Aufstellung eines Jahresabschlusses für eine
 GmbH &amp; Co KG ergibt sich aus § 189 Abs 1 Z 2
 lit b UGB. Die detaillierten Rechnungslegungsvorschriften
@@ -4973,107 +4913,107 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einreichung der Jahresabschlussunterlagen richtet sich ab
 dem 01.01.2026 nach den neuen Vorgaben der ERV-Novelle. Gem
 § 277 Abs 6 UGB sind diese grundsätzlich in
 elektronischer Form dem zuständigen Firmenbuchgericht (siehe
 § 120 JN) vorzulegen. Darüber hinaus bestimmt § 12
 Abs 2 ERV 2021 in der Fassung BGBl II Nr 27/2025,
 dass die Vorlage grundsätzlich in strukturierter Form gemäß der
 Schnittstellenbeschreibung (§ 7 ERV 2021) zu erfolgen hat. Die
 Möglichkeit der strukturierten Einreichung besteht:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="322570910"/>
+          <w:numId w:val="176325089"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für die Offenlegung gem § 278 Abs 1 UGB (auch iVm
 § 221 Abs 5 UGB)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="322570910"/>
+          <w:numId w:val="176325089"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für die Bilanz und die Gewinn- und Verlustrechnung von
 Rechtsträgern, die den Regeln des dritten Buches des UGB
 unterliegen, es sei denn, die einzureichenden Unterlagen enthalten
 Posten, die mithilfe der in der Schnittstellenbeschreibung
 enthaltenen Struktur (Taxonomie) nicht abgebildet werden
 können</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="322570910"/>
+          <w:numId w:val="176325089"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Für Unterlagen und Berichte, sobald und soweit die Aufstellung
 oder Einreichung in strukturierter Form in einem Unionsrechtsakt
 angeordnet ist, wie bspw für Jahresfinanzberichte nach § 124
 BörseG 2018, BGBl I Nr 107/2017</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -5259,52 +5199,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit dem neuen Formular können die Formblatt-Daten weiterhin
 manuell eingegeben werden. Im Unterschied zum bisherigen Verfahren
 ist es jedoch nicht mehr erforderlich, die generierten Daten in FON
 einzubringen. Stattdessen werden die eingegebenen Formblatt-Daten
 nach Abschluss der Eingabe durch Betätigung der Schaltfläche
 „Senden“ direkt in strukturierter Form gemäß Version 4.0 an das
 zuständige Firmenbuchgericht übermittelt. Im Anschluss an die
 Übermittlung wird dem Einreicher eine Eingangsbestätigung per
 E-Mail zugesandt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 9 Gesellschafterkonten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Kapitalkonto I stellt das Festkapital des Gesellschafters
 dar, das zugleich die Grundlage seiner Beteiligungsquote und damit
 seines Stimmrechts, Gewinn- und Verlustanteils sowie
@@ -5370,52 +5308,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Privatkonto fungiert als Verrechnungskonto zwischen
 Gesellschafter und Gesellschaft und dient der Erfassung von
 Ausschüttungen, Entnahmen und sonstigen gegenseitigen
 Forderungen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Gewinn- und Verlustverteilung, Entnahmen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Risiko, dass der Komplementär seine „Existenz aufs Spiel
 setzt“ (vgl </w:t>
       </w:r>
@@ -5532,52 +5468,50 @@
 und der durch die verbotene Einlagenrückgewähr geschädigten
 Gesellschaft und ihrer Gläubiger andererseits, das
 Leistungsverweigerungsrecht gegenüber dem Kreditgeber nicht nur auf
 Kollusion zu beschränken. Die Interessen der Gesellschaft und ihrer
 Gläubiger müssen jedenfalls auch den Interessen jenes Kreditgebers
 vorgehen, der weiß, dass er den Kredit einem (mittelbaren)
 Gesellschafter gewährt, der damit den Anteilskauf finanziert, und
 dass die Sicherheit am Gesellschaftsvermögen bestellt wird. Das
 Gleiche muss auch für jenen Kreditgeber gelten, dem sich dieses
 Wissen „geradezu aufdrängen“ muss, dessen Unkenntnis demnach auf
 grober Fahrlässigkeit beruht (RIS-Justiz RS0105537).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 11 Tätigkeitsbeteiligung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach § 137 Abs 2 UGB ist dem ausscheidenden
 Gesellschafter einer Personengesellschaft in Geld auszuzahlen, was
 er bei der Auseinandersetzung erhielte, wenn die Gesellschaft zur
@@ -5969,52 +5903,50 @@
         <w:t xml:space="preserve">Jabornegg/Artmann</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, UGB²
 § 137 Rz 23) (OGH 21.11.2017, 6 Ob 161/17w).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 12 Verfügung über Gesellschaftsanteile</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach § 76 Abs 1 GmbHG sind Geschäftsanteile
 grundsätzlich frei übertragbar, allerdings kann im
 Gesellschaftsvertrag die Übertragung von der Zustimmung der
@@ -6062,52 +5994,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Stimmen sämtliche Gesellschafter einer konkreten Teilabtretung
 eines Geschäftsanteils zu oder wirken daran mit, führt das Fehlen
 einer Teilabtretungen gestattenden Bestimmung im
 Gesellschaftsvertrag nicht zur Unwirksamkeit dieser Teilabtretung
 (OGH 06.11.2024, 6 Ob 224/23v).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 13 Kündigung, Ausscheiden und Ausschluss eines
 Gesellschafters</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 132 UGB iVm § 161 UGB sieht ein Kündigungsrecht der
 Gesellschafter vor, wenn die Gesellschaft für unbestimmte Zeit
@@ -6270,52 +6200,50 @@
 Stammeinlage – unzulässig (RIS-Justiz RS0059745; zuletzt 1 Ob
 135/06v ecolex 2007/120 [Reich-Rohrwig]), wenn nicht
 Ausschlussmöglichkeit und Ausschlussverfahren im
 Gesellschaftsvertrag vorgesehen sind (RIS-Justiz RS0102055). Eine
 „rechtsfortbildende Etablierung“ einer Ausschlussklage sei schon
 allein deshalb abzulehnen, weil der Gesetzgeber in Kenntnis dieser
 jahrzehntelangen Rechtsprechung und der Diskussion in der
 Literatur, die überwiegend für eine Rechtsfortbildung eintrete,
 keine andersartige Regelung getroffen habe, was gegen die Annahme
 einer planwidrigen Gesetzeslücke spreche (1 Ob 135/06v) (OGH
 14.09.2011, 6 Ob 80/11z).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 14 Erbfolge</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Bestimmung regelt die sog „Fortsetzungsklausel“ im
 Gesellschaftsvertrag, welche vorsieht, dass die Gesellschaft im
 Todesfall eines Gesellschafters nicht aufgelöst wird, sondern von
@@ -6670,51 +6598,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="322570910">
+  <w:abstractNum w:abstractNumId="176325089">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -6779,51 +6707,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="550118618">
+  <w:abstractNum w:abstractNumId="505957719">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6872,51 +6800,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="770334126">
+  <w:abstractNum w:abstractNumId="669410986">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6965,51 +6893,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35031117">
+  <w:abstractNum w:abstractNumId="825539817">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7058,51 +6986,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17743420">
+  <w:abstractNum w:abstractNumId="145156591">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7151,51 +7079,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="202192685">
+  <w:abstractNum w:abstractNumId="357138817">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7244,51 +7172,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="224936446">
+  <w:abstractNum w:abstractNumId="355901670">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7337,51 +7265,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="821283575">
+  <w:abstractNum w:abstractNumId="597529308">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7430,51 +7358,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="624341154">
+  <w:abstractNum w:abstractNumId="894955035">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7523,51 +7451,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="720415264">
+  <w:abstractNum w:abstractNumId="202633157">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
@@ -7620,51 +7548,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7663241">
+  <w:abstractNum w:abstractNumId="530301259">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7713,51 +7641,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="474403743">
+  <w:abstractNum w:abstractNumId="294524000">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7806,975 +7734,975 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357589">
+  <w:abstractNum w:abstractNumId="85046372">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19989341">
+    <w:lvl w:ilvl="0" w:tplc="68463977">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19989341" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68463977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357588">
+  <w:abstractNum w:abstractNumId="85046371">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78658657">
+    <w:lvl w:ilvl="0" w:tplc="29116652">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78658657" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29116652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357587">
+  <w:abstractNum w:abstractNumId="85046370">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79802033">
+    <w:lvl w:ilvl="0" w:tplc="28569169">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79802033" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28569169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357586">
+  <w:abstractNum w:abstractNumId="85046369">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37346413">
+    <w:lvl w:ilvl="0" w:tplc="59813301">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37346413" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59813301" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357585">
+  <w:abstractNum w:abstractNumId="85046368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75012541">
+    <w:lvl w:ilvl="0" w:tplc="28319598">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75012541" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28319598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357584">
+  <w:abstractNum w:abstractNumId="85046367">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73869654">
+    <w:lvl w:ilvl="0" w:tplc="59175432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73869654" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59175432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357583">
+  <w:abstractNum w:abstractNumId="85046366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88042574">
+    <w:lvl w:ilvl="0" w:tplc="63722177">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88042574" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63722177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357582">
+  <w:abstractNum w:abstractNumId="85046365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47417375">
+    <w:lvl w:ilvl="0" w:tplc="36091816">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47417375" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36091816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357581">
+  <w:abstractNum w:abstractNumId="85046364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99069855">
+    <w:lvl w:ilvl="0" w:tplc="55201384">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99069855" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55201384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357580">
+  <w:abstractNum w:abstractNumId="85046363">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37906499">
+    <w:lvl w:ilvl="0" w:tplc="94026974">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37906499" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94026974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357579">
+  <w:abstractNum w:abstractNumId="85046362">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98042491">
+    <w:lvl w:ilvl="0" w:tplc="28634788">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98042491" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28634788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="163698633">
+  <w:abstractNum w:abstractNumId="565562195">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -8839,51 +8767,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="495652505">
+  <w:abstractNum w:abstractNumId="121269875">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -8932,51 +8860,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="333028863">
+  <w:abstractNum w:abstractNumId="763160370">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -9025,51 +8953,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="990023507">
+  <w:abstractNum w:abstractNumId="453481772">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -9118,51 +9046,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="711384214">
+  <w:abstractNum w:abstractNumId="934485228">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
@@ -9215,51 +9143,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="446767240">
+  <w:abstractNum w:abstractNumId="874140881">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -9308,137 +9236,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357578">
+  <w:abstractNum w:abstractNumId="85046361">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96033022">
+    <w:lvl w:ilvl="0" w:tplc="98732747">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96033022" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98732747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62357577">
+  <w:abstractNum w:abstractNumId="85046360">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64562156">
+    <w:lvl w:ilvl="0" w:tplc="86907337">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10190,142 +10118,142 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62357577">
-    <w:abstractNumId w:val="62357577"/>
+  <w:num w:numId="85046360">
+    <w:abstractNumId w:val="85046360"/>
   </w:num>
-  <w:num w:numId="62357578">
-    <w:abstractNumId w:val="62357578"/>
+  <w:num w:numId="85046361">
+    <w:abstractNumId w:val="85046361"/>
   </w:num>
-  <w:num w:numId="446767240">
-    <w:abstractNumId w:val="446767240"/>
+  <w:num w:numId="874140881">
+    <w:abstractNumId w:val="874140881"/>
   </w:num>
-  <w:num w:numId="711384214">
-    <w:abstractNumId w:val="711384214"/>
+  <w:num w:numId="934485228">
+    <w:abstractNumId w:val="934485228"/>
   </w:num>
-  <w:num w:numId="990023507">
-    <w:abstractNumId w:val="990023507"/>
+  <w:num w:numId="453481772">
+    <w:abstractNumId w:val="453481772"/>
   </w:num>
-  <w:num w:numId="333028863">
-    <w:abstractNumId w:val="333028863"/>
+  <w:num w:numId="763160370">
+    <w:abstractNumId w:val="763160370"/>
   </w:num>
-  <w:num w:numId="495652505">
-    <w:abstractNumId w:val="495652505"/>
+  <w:num w:numId="121269875">
+    <w:abstractNumId w:val="121269875"/>
   </w:num>
-  <w:num w:numId="163698633">
-    <w:abstractNumId w:val="163698633"/>
+  <w:num w:numId="565562195">
+    <w:abstractNumId w:val="565562195"/>
   </w:num>
-  <w:num w:numId="62357579">
-    <w:abstractNumId w:val="62357579"/>
+  <w:num w:numId="85046362">
+    <w:abstractNumId w:val="85046362"/>
   </w:num>
-  <w:num w:numId="62357580">
-    <w:abstractNumId w:val="62357580"/>
+  <w:num w:numId="85046363">
+    <w:abstractNumId w:val="85046363"/>
   </w:num>
-  <w:num w:numId="62357581">
-    <w:abstractNumId w:val="62357581"/>
+  <w:num w:numId="85046364">
+    <w:abstractNumId w:val="85046364"/>
   </w:num>
-  <w:num w:numId="62357582">
-    <w:abstractNumId w:val="62357582"/>
+  <w:num w:numId="85046365">
+    <w:abstractNumId w:val="85046365"/>
   </w:num>
-  <w:num w:numId="62357583">
-    <w:abstractNumId w:val="62357583"/>
+  <w:num w:numId="85046366">
+    <w:abstractNumId w:val="85046366"/>
   </w:num>
-  <w:num w:numId="62357584">
-    <w:abstractNumId w:val="62357584"/>
+  <w:num w:numId="85046367">
+    <w:abstractNumId w:val="85046367"/>
   </w:num>
-  <w:num w:numId="62357585">
-    <w:abstractNumId w:val="62357585"/>
+  <w:num w:numId="85046368">
+    <w:abstractNumId w:val="85046368"/>
   </w:num>
-  <w:num w:numId="62357586">
-    <w:abstractNumId w:val="62357586"/>
+  <w:num w:numId="85046369">
+    <w:abstractNumId w:val="85046369"/>
   </w:num>
-  <w:num w:numId="62357587">
-    <w:abstractNumId w:val="62357587"/>
+  <w:num w:numId="85046370">
+    <w:abstractNumId w:val="85046370"/>
   </w:num>
-  <w:num w:numId="62357588">
-    <w:abstractNumId w:val="62357588"/>
+  <w:num w:numId="85046371">
+    <w:abstractNumId w:val="85046371"/>
   </w:num>
-  <w:num w:numId="62357589">
-    <w:abstractNumId w:val="62357589"/>
+  <w:num w:numId="85046372">
+    <w:abstractNumId w:val="85046372"/>
   </w:num>
-  <w:num w:numId="474403743">
-    <w:abstractNumId w:val="474403743"/>
+  <w:num w:numId="294524000">
+    <w:abstractNumId w:val="294524000"/>
   </w:num>
-  <w:num w:numId="7663241">
-    <w:abstractNumId w:val="7663241"/>
+  <w:num w:numId="530301259">
+    <w:abstractNumId w:val="530301259"/>
   </w:num>
-  <w:num w:numId="720415264">
-    <w:abstractNumId w:val="720415264"/>
+  <w:num w:numId="202633157">
+    <w:abstractNumId w:val="202633157"/>
   </w:num>
-  <w:num w:numId="624341154">
-    <w:abstractNumId w:val="624341154"/>
+  <w:num w:numId="894955035">
+    <w:abstractNumId w:val="894955035"/>
   </w:num>
-  <w:num w:numId="821283575">
-    <w:abstractNumId w:val="821283575"/>
+  <w:num w:numId="597529308">
+    <w:abstractNumId w:val="597529308"/>
   </w:num>
-  <w:num w:numId="224936446">
-    <w:abstractNumId w:val="224936446"/>
+  <w:num w:numId="355901670">
+    <w:abstractNumId w:val="355901670"/>
   </w:num>
-  <w:num w:numId="202192685">
-    <w:abstractNumId w:val="202192685"/>
+  <w:num w:numId="357138817">
+    <w:abstractNumId w:val="357138817"/>
   </w:num>
-  <w:num w:numId="17743420">
-    <w:abstractNumId w:val="17743420"/>
+  <w:num w:numId="145156591">
+    <w:abstractNumId w:val="145156591"/>
   </w:num>
-  <w:num w:numId="35031117">
-    <w:abstractNumId w:val="35031117"/>
+  <w:num w:numId="825539817">
+    <w:abstractNumId w:val="825539817"/>
   </w:num>
-  <w:num w:numId="770334126">
-    <w:abstractNumId w:val="770334126"/>
+  <w:num w:numId="669410986">
+    <w:abstractNumId w:val="669410986"/>
   </w:num>
-  <w:num w:numId="550118618">
-    <w:abstractNumId w:val="550118618"/>
+  <w:num w:numId="505957719">
+    <w:abstractNumId w:val="505957719"/>
   </w:num>
-  <w:num w:numId="322570910">
-    <w:abstractNumId w:val="322570910"/>
+  <w:num w:numId="176325089">
+    <w:abstractNumId w:val="176325089"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -11136,51 +11064,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId857621527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId584583875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId307186237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId834546055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>