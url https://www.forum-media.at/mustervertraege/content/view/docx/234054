--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="77137634" w:name="document"/>
-    <w:bookmarkEnd w:id="77137634"/>
+    <w:bookmarkStart w:id="51355050" w:name="document"/>
+    <w:bookmarkEnd w:id="51355050"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 972355 | WEKA (red) | Muster |
 Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -392,156 +392,156 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Gegenleistung verpflichtet sich der Gesponserte, folgende
 Werbung für den Sponsor für die Zeit der in der Präambel genannten
 Veranstaltung zu gewährleisten:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="434582077"/>
+          <w:numId w:val="214095223"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf den Eintrittskarten wird der Name des Sponsors
 erwähnt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="434582077"/>
+          <w:numId w:val="214095223"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beim Eintritt zum Veranstaltungsgelände wird eine Tafel in der
 Größe von 1,5 x 1 m angebracht, auf der der Sponsor erwähnt
 wird.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="434582077"/>
+          <w:numId w:val="214095223"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei allen Werbeplakaten für die Werbeveranstaltung muss das
 Firmenlogo des Sponsors abgedruckt sein.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="434582077"/>
+          <w:numId w:val="214095223"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Bewerbung der Veranstaltung in den Printmedien ist der Name
 des Sponsors zu erwähnen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="434582077"/>
+          <w:numId w:val="214095223"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei der Siegerehrung muss der Name des Sponsors genannt werden.
 Auf dem T-Shirt der Dame, die den Siegerpokal überreicht, muss das
 Logo des Sponsors abgedruckt sein.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -1602,51 +1602,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="434582077">
+  <w:abstractNum w:abstractNumId="214095223">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -1695,135 +1695,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47312227">
+  <w:abstractNum w:abstractNumId="13337841">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86570840">
+    <w:lvl w:ilvl="0" w:tplc="89532955">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86570840" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89532955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="733083265">
+  <w:abstractNum w:abstractNumId="237238160">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -1872,137 +1872,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47312226">
+  <w:abstractNum w:abstractNumId="13337840">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12508961">
+    <w:lvl w:ilvl="0" w:tplc="74581319">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12508961" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74581319" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47312225">
+  <w:abstractNum w:abstractNumId="13337839">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94921721">
+    <w:lvl w:ilvl="0" w:tplc="34941285">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2754,64 +2754,64 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47312225">
-    <w:abstractNumId w:val="47312225"/>
+  <w:num w:numId="13337839">
+    <w:abstractNumId w:val="13337839"/>
   </w:num>
-  <w:num w:numId="47312226">
-    <w:abstractNumId w:val="47312226"/>
+  <w:num w:numId="13337840">
+    <w:abstractNumId w:val="13337840"/>
   </w:num>
-  <w:num w:numId="733083265">
-    <w:abstractNumId w:val="733083265"/>
+  <w:num w:numId="237238160">
+    <w:abstractNumId w:val="237238160"/>
   </w:num>
-  <w:num w:numId="47312227">
-    <w:abstractNumId w:val="47312227"/>
+  <w:num w:numId="13337841">
+    <w:abstractNumId w:val="13337841"/>
   </w:num>
-  <w:num w:numId="434582077">
-    <w:abstractNumId w:val="434582077"/>
+  <w:num w:numId="214095223">
+    <w:abstractNumId w:val="214095223"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -3622,51 +3622,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId163022312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId354981828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId946264262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId229972928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>