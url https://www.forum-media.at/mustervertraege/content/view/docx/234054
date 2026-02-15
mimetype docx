--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -15,86 +15,84 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="51355050" w:name="document"/>
-    <w:bookmarkEnd w:id="51355050"/>
+    <w:bookmarkStart w:id="35886719" w:name="document"/>
+    <w:bookmarkEnd w:id="35886719"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 972355 | WEKA (red) | Muster |
 Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Eventsponsoring</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">abgeschlossen am heutigen Tag</w:t>
       </w:r>
     </w:p>
@@ -200,52 +198,50 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">wie folgt:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Präambel</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die A GmbH plant in der ersten Juliwoche 2002 in … die
 Durchführung der ersten Eurobeach-Volleyballmeisterschaft.</w:t>
       </w:r>
@@ -260,52 +256,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alleiniger Veranstalter dieses Sportereignisses ist die A
 Gesellschaft mbH, welche auch alleine die Durchführung plant,
 leitet und organisiert.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">I. Vertragszweck</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Firma B stellt dem Gesponserten zur Durchführung des in der
 Präambel näher bezeichneten Projekts finanzielle Mittel zur
 Verfügung.</w:t>
@@ -339,52 +333,50 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die vertraglichen Hauptleistungen werden im folgenden
 Vertragstext noch näher definiert.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">II. Leistungsumfang</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Sponsor verpflichtet sich, dem Gesponserten bis zum … den
 Betrag von EUR … auf ein vom Gesponserten noch näher
 bekanntzugebendes Konto zu überweisen.</w:t>
@@ -392,192 +384,190 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Als Gegenleistung verpflichtet sich der Gesponserte, folgende
 Werbung für den Sponsor für die Zeit der in der Präambel genannten
 Veranstaltung zu gewährleisten:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="214095223"/>
+          <w:numId w:val="970058278"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf den Eintrittskarten wird der Name des Sponsors
 erwähnt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="214095223"/>
+          <w:numId w:val="970058278"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beim Eintritt zum Veranstaltungsgelände wird eine Tafel in der
 Größe von 1,5 x 1 m angebracht, auf der der Sponsor erwähnt
 wird.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="214095223"/>
+          <w:numId w:val="970058278"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei allen Werbeplakaten für die Werbeveranstaltung muss das
 Firmenlogo des Sponsors abgedruckt sein.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="214095223"/>
+          <w:numId w:val="970058278"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Bewerbung der Veranstaltung in den Printmedien ist der Name
 des Sponsors zu erwähnen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="214095223"/>
+          <w:numId w:val="970058278"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei der Siegerehrung muss der Name des Sponsors genannt werden.
 Auf dem T-Shirt der Dame, die den Siegerpokal überreicht, muss das
 Logo des Sponsors abgedruckt sein.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">III. Rechte und Pflichten des
 Gesponserten</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die nähere Ausgestaltung der im Punkt II. definierten
 Sponsorhinweise obliegt ausschließlich dem Gesponserten.</w:t>
@@ -592,307 +582,293 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Gesponserte verpflichtet sich jedoch, berechtigten
 Änderungswünschen des Sponsors unverzüglich zu entsprechen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IV. Exklusivsponsor</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Gesponserte verpflichtet sich, für die
 vertragsgegenständliche Veranstaltung keinen anderen Sponsorvertrag
 abzuschließen und Dritten keine Werbemaßnahmen zu ermöglichen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">V. Bereitstellung und Finanzierung
 von Werbeträgern</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Sponsor verpflichtet sich, dem Gesponserten die für die in
 Punkt II. vereinbarten Werbemaßnahmen erforderlichen Materialien,
 Schilder, Logos etc zur Verfügung zu stellen. Diese Werbeträger
 dürfen nur für den in diesem Vertrag näher geregelten Zweck
 verwendet werden und sind nach Vertragsbeendigung auf Kosten des
 Sponsors zurückzustellen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. Rechtsübertragung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Vertragsparteien halten ausdrücklich fest, dass durch die
 Überlassung der Werbemittel dem Gesponserten keine Rechte welcher
 Art auch immer an den Produkten, Namen bzw Immaterialgüterrechten
 des Sponsors übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VII. Werbeerfolg</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Gesponserte übernimmt keine Gewähr für eine bestimmte
 Besucheranzahl der gesponserten Veranstaltung bzw einen erzielbaren
 Werbeerfolg.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VIII. Höhere Gewalt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sollte die Veranstaltung wegen höherer Gewalt oder aus anderen
 Gründen, die vom Gesponserten zu vertreten sind, nicht stattfinden,
 ist der Gesponserte verpflichtet, den in Punkt II. näher
 bezeichneten Betrag samt den gesetzlichen Zinsen
 zurückzubezahlen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IX. Vertragsbeendigung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieser Vertrag erlischt mit Beendigung der gesponserten
 Veranstaltung, ohne dass es einer Kündigung bedarf. Der
 Sponsor/Gesponserte ist berechtigt, bis zum … unter Einhaltung
 einer Frist von … den Vertrag ohne Angabe von Gründen (oder: aus
 folgenden Gründen …) aufzukündigen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">X. Schriftlichkeit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Durch diese Vereinbarung werden die Rechtsbeziehungen der
 Vertragspartner abschließend geregelt. Abreden, die vor oder bei
 Abschluss dieses Vertrages geschlossen worden sind, verlieren mit
@@ -908,92 +884,88 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nebenabreden, die nach Abschluss dieses Vertrages getroffen
 werden, bedürfen zu ihrer Wirksamkeit der Schriftform.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XI. Anwendbares Recht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieser Vertrag – einschließlich der Frage des gültigen
 Zustandekommens – unterliegt österreichischem Recht.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">XII. Sonstiges</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieser Vertrag wird in zwei Ausfertigungen errichtet, von denen
 jedem Vertragsteil eine zusteht.</w:t>
       </w:r>
@@ -1062,229 +1034,215 @@
         <w:t xml:space="preserve">…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">A Gesellschaft mbH</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gestaltung der Sponsorhinweise</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Empfehlenswert ist eine vertragliche Regelung, wer für die
 Ausgestaltung der Sponsorhinweise verantwortlich ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bereitstellung und Finanzierung von
 Werbeträgern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Es empfiehlt sich, vertraglich festzuhalten, wer die Werbemittel
 bereitstellt bzw wer diese finanziert.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rechtsübertragung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dieser Punkt dient primär der Klarstellung, dass dem Gesponserten
 durch den Vertrag keine Rechte übertragen werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Werbeerfolg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Hiedurch wird klargestellt, dass dem Sponsor gegenüber dem
 Gesponserten bei mangelnder Werbewirkung keine Rechte zustehen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Höhere Gewalt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Eine solche Regelung ist auf jeden Fall zu empfehlen, da dadurch
 genau festgelegt wird, wer die Gefahr bei Entfall der Veranstaltung
 zu tragen hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nebenabreden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Diese Klausel soll die Rechtssicherheit erhöhen, da der Vertrag die
 einzig maßgebende Urkunde ist.</w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:rsidR="00F961DC" w:rsidSect="001A2D5D">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
@@ -1602,51 +1560,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="214095223">
+  <w:abstractNum w:abstractNumId="970058278">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -1695,135 +1653,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13337841">
+  <w:abstractNum w:abstractNumId="33743966">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89532955">
+    <w:lvl w:ilvl="0" w:tplc="46055721">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89532955" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46055721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="237238160">
+  <w:abstractNum w:abstractNumId="765610167">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -1872,137 +1830,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13337840">
+  <w:abstractNum w:abstractNumId="33743965">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74581319">
+    <w:lvl w:ilvl="0" w:tplc="31637910">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74581319" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31637910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13337839">
+  <w:abstractNum w:abstractNumId="33743964">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34941285">
+    <w:lvl w:ilvl="0" w:tplc="57926672">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -2754,64 +2712,64 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13337839">
-    <w:abstractNumId w:val="13337839"/>
+  <w:num w:numId="33743964">
+    <w:abstractNumId w:val="33743964"/>
   </w:num>
-  <w:num w:numId="13337840">
-    <w:abstractNumId w:val="13337840"/>
+  <w:num w:numId="33743965">
+    <w:abstractNumId w:val="33743965"/>
   </w:num>
-  <w:num w:numId="237238160">
-    <w:abstractNumId w:val="237238160"/>
+  <w:num w:numId="765610167">
+    <w:abstractNumId w:val="765610167"/>
   </w:num>
-  <w:num w:numId="13337841">
-    <w:abstractNumId w:val="13337841"/>
+  <w:num w:numId="33743966">
+    <w:abstractNumId w:val="33743966"/>
   </w:num>
-  <w:num w:numId="214095223">
-    <w:abstractNumId w:val="214095223"/>
+  <w:num w:numId="970058278">
+    <w:abstractNumId w:val="970058278"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -3622,51 +3580,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId946264262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId229972928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId307309812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId620258396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>