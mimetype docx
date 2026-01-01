--- v0 (2025-11-05)
+++ v1 (2026-01-01)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="51254333" w:name="document"/>
-    <w:bookmarkEnd w:id="51254333"/>
+    <w:bookmarkStart w:id="31250769" w:name="document"/>
+    <w:bookmarkEnd w:id="31250769"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 874954 | WEKA (red) - Albert
 Scherzer - Sascha Jung | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -195,52 +195,52 @@
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Vertragsgegenstand</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26081644" w:name="link1"/>
-      <w:bookmarkEnd w:id="26081644"/>
+      <w:bookmarkStart w:id="71506450" w:name="link1"/>
+      <w:bookmarkEnd w:id="71506450"/>
       <w:hyperlink w:anchor="note1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
@@ -385,169 +385,169 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Pflege umfasst</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="499016857"/>
+                <w:numId w:val="916097722"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Beseitigung von Fehlern an der Hardware,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="499016857"/>
+                <w:numId w:val="916097722"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Anschaffung neuer, sowie der Ersatz defekter Hardware,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="499016857"/>
+                <w:numId w:val="916097722"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Installation von zu ersetzender Hardware (Treiber
 etc),</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="499016857"/>
+                <w:numId w:val="916097722"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die telefonische Beratung des Kunden in Fragen, die sich für
 ihn bei der Hardwarenutzung ergeben und</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="499016857"/>
+                <w:numId w:val="916097722"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">periodische Wartungen der Hardware.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -918,52 +918,52 @@
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Jede Kündigung bedarf zu ihrer Wirksamkeit der </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Schriftform.</w:t>
             </w:r>
-            <w:bookmarkStart w:id="97118213" w:name="link2"/>
-            <w:bookmarkEnd w:id="97118213"/>
+            <w:bookmarkStart w:id="96385435" w:name="link2"/>
+            <w:bookmarkEnd w:id="96385435"/>
             <w:hyperlink w:anchor="note2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="4"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
@@ -1487,52 +1487,52 @@
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitwirkungspflichten</w:t>
       </w:r>
-      <w:bookmarkStart w:id="31591769" w:name="link3"/>
-      <w:bookmarkEnd w:id="31591769"/>
+      <w:bookmarkStart w:id="77566691" w:name="link3"/>
+      <w:bookmarkEnd w:id="77566691"/>
       <w:hyperlink w:anchor="note3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
@@ -4379,66 +4379,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="86918933" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8051348736757" w:name="note1"/>
+            <w:bookmarkStart w:id="91910505" w:name="note1"/>
+            <w:bookmarkEnd w:id="91910505"/>
+            <w:bookmarkStart w:id="384913379899" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8051348736757"/>
+            <w:bookmarkEnd w:id="384913379899"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4573,66 +4573,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="88287538" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="9347523334236" w:name="note2"/>
+            <w:bookmarkStart w:id="26750442" w:name="note2"/>
+            <w:bookmarkEnd w:id="26750442"/>
+            <w:bookmarkStart w:id="4330268252460" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9347523334236"/>
+            <w:bookmarkEnd w:id="4330268252460"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4650,132 +4650,132 @@
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls der Kunde Verbraucher sein sollte, muss gem § 6
 Abs 1 Z 2 KSchG im Vertrag bereits geregelt sein</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="991612158"/>
+                <w:numId w:val="427377173"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">dass es ohne Erklärung der Kündigung zu einer automatischen
 Verlängerung der ursprünglichen Vertragsdauer kommt,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="991612158"/>
+                <w:numId w:val="427377173"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">der Hinweis, dass der Verbraucher die automatische
 Vertragsverlängerung durch Kündigung verhindern kann.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="991612158"/>
+                <w:numId w:val="427377173"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">eine dem Verbraucher zur Kündigung zur Verfügung stehende
 Frist,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="991612158"/>
+                <w:numId w:val="427377173"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">die Verpflichtung des Unternehmers, den Verbraucher bei Beginn
 der Kündigungsfrist auf die Kündigungsmöglichkeit gesondert (und
 somit erneut) hinzuweisen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -4817,66 +4817,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="83653732" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="6395135919380" w:name="note3"/>
+            <w:bookmarkStart w:id="13642834" w:name="note3"/>
+            <w:bookmarkEnd w:id="13642834"/>
+            <w:bookmarkStart w:id="3228383513833" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6395135919380"/>
+            <w:bookmarkEnd w:id="3228383513833"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5317,51 +5317,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="991612158">
+  <w:abstractNum w:abstractNumId="427377173">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5426,51 +5426,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="499016857">
+  <w:abstractNum w:abstractNumId="916097722">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5519,135 +5519,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58649786">
+  <w:abstractNum w:abstractNumId="66375296">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58214472">
+    <w:lvl w:ilvl="0" w:tplc="79583917">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58214472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79583917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="305088932">
+  <w:abstractNum w:abstractNumId="149373717">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5712,51 +5712,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="721775666">
+  <w:abstractNum w:abstractNumId="389624442">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5805,137 +5805,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58649785">
+  <w:abstractNum w:abstractNumId="66375295">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12363174">
+    <w:lvl w:ilvl="0" w:tplc="47988122">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12363174" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47988122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58649784">
+  <w:abstractNum w:abstractNumId="66375294">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59667852">
+    <w:lvl w:ilvl="0" w:tplc="66097398">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6687,70 +6687,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58649784">
-    <w:abstractNumId w:val="58649784"/>
+  <w:num w:numId="66375294">
+    <w:abstractNumId w:val="66375294"/>
   </w:num>
-  <w:num w:numId="58649785">
-    <w:abstractNumId w:val="58649785"/>
+  <w:num w:numId="66375295">
+    <w:abstractNumId w:val="66375295"/>
   </w:num>
-  <w:num w:numId="721775666">
-    <w:abstractNumId w:val="721775666"/>
+  <w:num w:numId="389624442">
+    <w:abstractNumId w:val="389624442"/>
   </w:num>
-  <w:num w:numId="305088932">
-    <w:abstractNumId w:val="305088932"/>
+  <w:num w:numId="149373717">
+    <w:abstractNumId w:val="149373717"/>
   </w:num>
-  <w:num w:numId="58649786">
-    <w:abstractNumId w:val="58649786"/>
+  <w:num w:numId="66375296">
+    <w:abstractNumId w:val="66375296"/>
   </w:num>
-  <w:num w:numId="499016857">
-    <w:abstractNumId w:val="499016857"/>
+  <w:num w:numId="916097722">
+    <w:abstractNumId w:val="916097722"/>
   </w:num>
-  <w:num w:numId="991612158">
-    <w:abstractNumId w:val="991612158"/>
+  <w:num w:numId="427377173">
+    <w:abstractNumId w:val="427377173"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -7561,51 +7561,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId808856105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId986547457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId971241587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId732387785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>