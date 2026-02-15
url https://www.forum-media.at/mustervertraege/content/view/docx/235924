--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -15,107 +15,103 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="31250769" w:name="document"/>
-    <w:bookmarkEnd w:id="31250769"/>
+    <w:bookmarkStart w:id="39789158" w:name="document"/>
+    <w:bookmarkEnd w:id="39789158"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 874954 | WEKA (red) - Albert
 Scherzer - Sascha Jung | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardware-Servicevertrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Hardware-Service und
 Pflegevertrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">abgeschlossen</w:t>
       </w:r>
@@ -176,77 +172,71 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">wie folgt:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Vertragsgegenstand</w:t>
       </w:r>
-      <w:bookmarkStart w:id="71506450" w:name="link1"/>
-      <w:bookmarkEnd w:id="71506450"/>
+      <w:bookmarkStart w:id="12132797" w:name="link1"/>
+      <w:bookmarkEnd w:id="12132797"/>
       <w:hyperlink w:anchor="note1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
@@ -385,169 +375,169 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Pflege umfasst</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="916097722"/>
+                <w:numId w:val="760738826"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Beseitigung von Fehlern an der Hardware,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="916097722"/>
+                <w:numId w:val="760738826"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Anschaffung neuer, sowie der Ersatz defekter Hardware,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="916097722"/>
+                <w:numId w:val="760738826"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Installation von zu ersetzender Hardware (Treiber
 etc),</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="916097722"/>
+                <w:numId w:val="760738826"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die telefonische Beratung des Kunden in Fragen, die sich für
 ihn bei der Hardwarenutzung ergeben und</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="916097722"/>
+                <w:numId w:val="760738826"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">periodische Wartungen der Hardware.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -626,52 +616,50 @@
 unsachgemäße Behandlung seitens des Kunden, durch Einwirkung
 Dritter oder durch höhere Gewalt verursacht werden, ist nicht
 Gegenstand dieses Vertrages, kann aber im Einzelfall gegen
 gesonderte Vergütung vereinbart werden. Gleiches gilt für Schäden
 und Störungen, die durch Umweltbedingungen am Aufstellungsort,
 durch Fehler oder Nichtleistung der Stromversorgung, fehlerhafte
 Software, Schadsoftware oder sonstige, nicht vom Anbieter zu
 vertretende Einwirkungen verursacht werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 2 Vertragsdauer</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -918,86 +906,82 @@
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Jede Kündigung bedarf zu ihrer Wirksamkeit der </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Schriftform.</w:t>
             </w:r>
-            <w:bookmarkStart w:id="96385435" w:name="link2"/>
-            <w:bookmarkEnd w:id="96385435"/>
+            <w:bookmarkStart w:id="95116122" w:name="link2"/>
+            <w:bookmarkEnd w:id="95116122"/>
             <w:hyperlink w:anchor="note2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                  <w:b/>
-                  <w:bCs/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="4"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 3 Leistungsumfang</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1468,77 +1452,71 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Nicht vom Vertrag erfasste zusätzliche Leistungen übernimmt der
 Anbieter auf Aufforderung des Kunden gegen gesonderte Zahlung, wenn
 ihm zum Zeitpunkt der Anforderung ausreichendes Pflegepersonal zur
 Verfügung steht. Die Berechnung erfolgt auf der Basis der zum
 Zeitpunkt der Durchführung gültigen Stundensätze des Anbieters
 unter Berücksichtigung des erforderlichen Zeitaufwandes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitwirkungspflichten</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77566691" w:name="link3"/>
-      <w:bookmarkEnd w:id="77566691"/>
+      <w:bookmarkStart w:id="16235907" w:name="link3"/>
+      <w:bookmarkEnd w:id="16235907"/>
       <w:hyperlink w:anchor="note3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
@@ -1774,52 +1752,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Kunde benennt dem Anbieter einen sachkundigen Mitarbeiter,
 der die zur Durchführung des Vertrages erforderlichen Auskünfte
 erteilen und Entscheidungen selbst treffen oder veranlassen
 kann.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 5 Fernmündliche Beratung und
 Störungsmeldung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -2120,52 +2096,50 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Eine darüber hinausgehende Pflegebereitschaft bedarf der
 besonderen Vereinbarung.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 6 Systemverantwortlicher</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2312,52 +2286,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der/die Systemverantwortliche und sein(e)/ihr(e)
 Stellvertreter(in) sind Ansprechpartner des Anbieters in allen
 Fragen der Durchführung des Vertrages. Im Falle dessen Verhinderung
 ist eine geeignete Ersatzperson rechtzeitig zu benennen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 7 Entgelt</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2826,52 +2798,50 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Zu den zu berechnenden Vergütungen tritt die jeweils geltende
 Umsatzsteuer hinzu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 8 Geheimhaltung,
 Datenschutz</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -3102,52 +3072,50 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Anbieter verpflichtet sich, sein Personal entsprechend zu
 unterweisen und zur Einhaltung der Vereinbarung nach § 7
 Abs 1 schriftlich zu verpflichten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 9 Gewährleistung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3683,52 +3651,50 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Gewährleistungsansprüche des Kunden verjähren innerhalb einer
 Frist von zwei Jahren ab Zugang der Mängelanzeige. Es gilt die
 Bestimmung des § 924 ABGB.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 10 Haftung des Anbieters</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3958,52 +3924,50 @@
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Für Datenverluste haftet der Anbieter – außer bei vorsätzlichem
 oder grob fahrlässigem Handeln – nur, wenn der Kunde in
 regelmäßigen Abständen Systemprüfungen und Datensicherungen
 durchgeführt hat und nur in dem Umfang, in dem die Daten mit
 vertretbarem Aufwand reproduzierbar sind.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 11 Allfälliges</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -4335,138 +4299,132 @@
         <w:t xml:space="preserve">Anlage:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Leistungsschein</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
         <w:gridCol w:w="4670"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="91910505" w:name="note1"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="54859501" w:name="note1"/>
+            <w:bookmarkEnd w:id="54859501"/>
+            <w:bookmarkStart w:id="7498062902743" w:name="note1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="384913379899"/>
+            <w:bookmarkEnd w:id="7498062902743"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Vertragsgegenstand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4573,209 +4531,205 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="26750442" w:name="note2"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="2128057" w:name="note2"/>
+            <w:bookmarkEnd w:id="2128057"/>
+            <w:bookmarkStart w:id="5075662599772" w:name="note2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4330268252460"/>
+            <w:bookmarkEnd w:id="5075662599772"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Vertragsdauer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls der Kunde Verbraucher sein sollte, muss gem § 6
 Abs 1 Z 2 KSchG im Vertrag bereits geregelt sein</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="427377173"/>
+                <w:numId w:val="784466583"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">dass es ohne Erklärung der Kündigung zu einer automatischen
 Verlängerung der ursprünglichen Vertragsdauer kommt,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="427377173"/>
+                <w:numId w:val="784466583"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">der Hinweis, dass der Verbraucher die automatische
 Vertragsverlängerung durch Kündigung verhindern kann.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="427377173"/>
+                <w:numId w:val="784466583"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">eine dem Verbraucher zur Kündigung zur Verfügung stehende
 Frist,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="427377173"/>
+                <w:numId w:val="784466583"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">die Verpflichtung des Unternehmers, den Verbraucher bei Beginn
 der Kündigungsfrist auf die Kündigungsmöglichkeit gesondert (und
 somit erneut) hinzuweisen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -4817,94 +4771,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="13642834" w:name="note3"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="64915569" w:name="note3"/>
+            <w:bookmarkEnd w:id="64915569"/>
+            <w:bookmarkStart w:id="9237467560201" w:name="note3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3228383513833"/>
+            <w:bookmarkEnd w:id="9237467560201"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Mitwirkungspflichten</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5317,51 +5267,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="427377173">
+  <w:abstractNum w:abstractNumId="784466583">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5426,51 +5376,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="916097722">
+  <w:abstractNum w:abstractNumId="760738826">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5519,135 +5469,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66375296">
+  <w:abstractNum w:abstractNumId="46801504">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79583917">
+    <w:lvl w:ilvl="0" w:tplc="24573317">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79583917" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24573317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="149373717">
+  <w:abstractNum w:abstractNumId="831593982">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5712,51 +5662,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="389624442">
+  <w:abstractNum w:abstractNumId="36679288">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5805,137 +5755,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66375295">
+  <w:abstractNum w:abstractNumId="46801503">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47988122">
+    <w:lvl w:ilvl="0" w:tplc="12397602">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47988122" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12397602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66375294">
+  <w:abstractNum w:abstractNumId="46801502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66097398">
+    <w:lvl w:ilvl="0" w:tplc="28479464">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6687,70 +6637,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66375294">
-    <w:abstractNumId w:val="66375294"/>
+  <w:num w:numId="46801502">
+    <w:abstractNumId w:val="46801502"/>
   </w:num>
-  <w:num w:numId="66375295">
-    <w:abstractNumId w:val="66375295"/>
+  <w:num w:numId="46801503">
+    <w:abstractNumId w:val="46801503"/>
   </w:num>
-  <w:num w:numId="389624442">
-    <w:abstractNumId w:val="389624442"/>
+  <w:num w:numId="36679288">
+    <w:abstractNumId w:val="36679288"/>
   </w:num>
-  <w:num w:numId="149373717">
-    <w:abstractNumId w:val="149373717"/>
+  <w:num w:numId="831593982">
+    <w:abstractNumId w:val="831593982"/>
   </w:num>
-  <w:num w:numId="66375296">
-    <w:abstractNumId w:val="66375296"/>
+  <w:num w:numId="46801504">
+    <w:abstractNumId w:val="46801504"/>
   </w:num>
-  <w:num w:numId="916097722">
-    <w:abstractNumId w:val="916097722"/>
+  <w:num w:numId="760738826">
+    <w:abstractNumId w:val="760738826"/>
   </w:num>
-  <w:num w:numId="427377173">
-    <w:abstractNumId w:val="427377173"/>
+  <w:num w:numId="784466583">
+    <w:abstractNumId w:val="784466583"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -7561,51 +7511,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId971241587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId732387785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId653367851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId547883361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>