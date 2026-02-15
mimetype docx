--- v2 (2026-02-15)
+++ v3 (2026-02-15)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="39789158" w:name="document"/>
-    <w:bookmarkEnd w:id="39789158"/>
+    <w:bookmarkStart w:id="86393654" w:name="document"/>
+    <w:bookmarkEnd w:id="86393654"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 874954 | WEKA (red) - Albert
 Scherzer - Sascha Jung | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -187,52 +187,52 @@
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Vertragsgegenstand</w:t>
       </w:r>
-      <w:bookmarkStart w:id="12132797" w:name="link1"/>
-      <w:bookmarkEnd w:id="12132797"/>
+      <w:bookmarkStart w:id="6774542" w:name="link1"/>
+      <w:bookmarkEnd w:id="6774542"/>
       <w:hyperlink w:anchor="note1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
@@ -375,169 +375,169 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Pflege umfasst</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="760738826"/>
+                <w:numId w:val="840844101"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Beseitigung von Fehlern an der Hardware,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="760738826"/>
+                <w:numId w:val="840844101"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Anschaffung neuer, sowie der Ersatz defekter Hardware,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="760738826"/>
+                <w:numId w:val="840844101"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die Installation von zu ersetzender Hardware (Treiber
 etc),</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="760738826"/>
+                <w:numId w:val="840844101"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">die telefonische Beratung des Kunden in Fragen, die sich für
 ihn bei der Hardwarenutzung ergeben und</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="760738826"/>
+                <w:numId w:val="840844101"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">periodische Wartungen der Hardware.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -906,52 +906,52 @@
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Jede Kündigung bedarf zu ihrer Wirksamkeit der </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Schriftform.</w:t>
             </w:r>
-            <w:bookmarkStart w:id="95116122" w:name="link2"/>
-            <w:bookmarkEnd w:id="95116122"/>
+            <w:bookmarkStart w:id="94268182" w:name="link2"/>
+            <w:bookmarkEnd w:id="94268182"/>
             <w:hyperlink w:anchor="note2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="4"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
@@ -1467,52 +1467,52 @@
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">§ 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitwirkungspflichten</w:t>
       </w:r>
-      <w:bookmarkStart w:id="16235907" w:name="link3"/>
-      <w:bookmarkEnd w:id="16235907"/>
+      <w:bookmarkStart w:id="37006409" w:name="link3"/>
+      <w:bookmarkEnd w:id="37006409"/>
       <w:hyperlink w:anchor="note3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
@@ -4341,64 +4341,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="54859501" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7498062902743" w:name="note1"/>
+            <w:bookmarkStart w:id="25963814" w:name="note1"/>
+            <w:bookmarkEnd w:id="25963814"/>
+            <w:bookmarkStart w:id="453239996924" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7498062902743"/>
+            <w:bookmarkEnd w:id="453239996924"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4531,64 +4531,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="2128057" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5075662599772" w:name="note2"/>
+            <w:bookmarkStart w:id="92165204" w:name="note2"/>
+            <w:bookmarkEnd w:id="92165204"/>
+            <w:bookmarkStart w:id="8506910786356" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5075662599772"/>
+            <w:bookmarkEnd w:id="8506910786356"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4604,132 +4604,132 @@
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls der Kunde Verbraucher sein sollte, muss gem § 6
 Abs 1 Z 2 KSchG im Vertrag bereits geregelt sein</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="784466583"/>
+                <w:numId w:val="671695622"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">dass es ohne Erklärung der Kündigung zu einer automatischen
 Verlängerung der ursprünglichen Vertragsdauer kommt,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="784466583"/>
+                <w:numId w:val="671695622"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">der Hinweis, dass der Verbraucher die automatische
 Vertragsverlängerung durch Kündigung verhindern kann.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="784466583"/>
+                <w:numId w:val="671695622"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">eine dem Verbraucher zur Kündigung zur Verfügung stehende
 Frist,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="784466583"/>
+                <w:numId w:val="671695622"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">die Verpflichtung des Unternehmers, den Verbraucher bei Beginn
 der Kündigungsfrist auf die Kündigungsmöglichkeit gesondert (und
 somit erneut) hinzuweisen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -4771,64 +4771,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="64915569" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="9237467560201" w:name="note3"/>
+            <w:bookmarkStart w:id="2243602" w:name="note3"/>
+            <w:bookmarkEnd w:id="2243602"/>
+            <w:bookmarkStart w:id="620313215687" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9237467560201"/>
+            <w:bookmarkEnd w:id="620313215687"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5267,51 +5267,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="784466583">
+  <w:abstractNum w:abstractNumId="671695622">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5376,51 +5376,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="760738826">
+  <w:abstractNum w:abstractNumId="840844101">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5469,135 +5469,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46801504">
+  <w:abstractNum w:abstractNumId="85762636">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24573317">
+    <w:lvl w:ilvl="0" w:tplc="59636848">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24573317" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59636848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="831593982">
+  <w:abstractNum w:abstractNumId="39936788">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5662,51 +5662,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36679288">
+  <w:abstractNum w:abstractNumId="166060143">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5755,137 +5755,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46801503">
+  <w:abstractNum w:abstractNumId="85762635">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12397602">
+    <w:lvl w:ilvl="0" w:tplc="46425408">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12397602" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46425408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46801502">
+  <w:abstractNum w:abstractNumId="85762634">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28479464">
+    <w:lvl w:ilvl="0" w:tplc="33949631">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6637,70 +6637,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46801502">
-    <w:abstractNumId w:val="46801502"/>
+  <w:num w:numId="85762634">
+    <w:abstractNumId w:val="85762634"/>
   </w:num>
-  <w:num w:numId="46801503">
-    <w:abstractNumId w:val="46801503"/>
+  <w:num w:numId="85762635">
+    <w:abstractNumId w:val="85762635"/>
   </w:num>
-  <w:num w:numId="36679288">
-    <w:abstractNumId w:val="36679288"/>
+  <w:num w:numId="166060143">
+    <w:abstractNumId w:val="166060143"/>
   </w:num>
-  <w:num w:numId="831593982">
-    <w:abstractNumId w:val="831593982"/>
+  <w:num w:numId="39936788">
+    <w:abstractNumId w:val="39936788"/>
   </w:num>
-  <w:num w:numId="46801504">
-    <w:abstractNumId w:val="46801504"/>
+  <w:num w:numId="85762636">
+    <w:abstractNumId w:val="85762636"/>
   </w:num>
-  <w:num w:numId="760738826">
-    <w:abstractNumId w:val="760738826"/>
+  <w:num w:numId="840844101">
+    <w:abstractNumId w:val="840844101"/>
   </w:num>
-  <w:num w:numId="784466583">
-    <w:abstractNumId w:val="784466583"/>
+  <w:num w:numId="671695622">
+    <w:abstractNumId w:val="671695622"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -7511,51 +7511,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId653367851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId547883361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId488402891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId809393745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>