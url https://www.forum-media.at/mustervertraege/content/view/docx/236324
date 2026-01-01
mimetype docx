--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="69931839" w:name="document"/>
-    <w:bookmarkEnd w:id="69931839"/>
+    <w:bookmarkStart w:id="32344719" w:name="document"/>
+    <w:bookmarkEnd w:id="32344719"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 678313 | WEKA (red) | Muster |
 Textbaustein</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -229,66 +229,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="42245458" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="4143722964664" w:name="note1"/>
+            <w:bookmarkStart w:id="68624114" w:name="note1"/>
+            <w:bookmarkEnd w:id="68624114"/>
+            <w:bookmarkStart w:id="2768489995936" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4143722964664"/>
+            <w:bookmarkEnd w:id="2768489995936"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -347,66 +347,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="79245736" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2362238386483" w:name="note2"/>
+            <w:bookmarkStart w:id="11796292" w:name="note2"/>
+            <w:bookmarkEnd w:id="11796292"/>
+            <w:bookmarkStart w:id="1307301331140" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2362238386483"/>
+            <w:bookmarkEnd w:id="1307301331140"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -439,66 +439,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="1193178" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="3573812843689" w:name="note3"/>
+            <w:bookmarkStart w:id="96464807" w:name="note3"/>
+            <w:bookmarkEnd w:id="96464807"/>
+            <w:bookmarkStart w:id="7862283757366" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3573812843689"/>
+            <w:bookmarkEnd w:id="7862283757366"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -578,179 +578,179 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Seit 01.09.2018</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> bestehen folgende
 Überstundengrenzen:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="889170271"/>
+                <w:numId w:val="2672751"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Pro Woche sind maximal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20 Überstunden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 zulässig. Ein Jahres-Kontingent an Überstunden, welches nicht
 überschritten werden darf, besteht nicht mehr.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="889170271"/>
+                <w:numId w:val="2672751"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Es darf eine Tagesarbeitszeit von </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">zwölf
 Stunden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> nicht überschritten werden (statt vorher 10
 Stunden).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="889170271"/>
+                <w:numId w:val="2672751"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gem § 8 AZG neu kann die Arbeitszeit zur Vornahme von Vor-
 und Abschlussarbeiten unter gewissen Voraussetzungen um eine
 weitere halbe Stunde ausgedehnt werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="889170271"/>
+                <w:numId w:val="2672751"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -778,127 +778,127 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 Stunden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 (statt vorher im Regelfall 50 Stunden).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="889170271"/>
+                <w:numId w:val="2672751"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">§ 7 Abs 2, 4 und 4a AZG wurden ersatzlos gestrichen,
 § 7 Abs 5 geändert.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="889170271"/>
+                <w:numId w:val="2672751"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Überstunden setzen – wie bisher – einen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">erhöhten
 Arbeitsbedarf</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> voraus.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="889170271"/>
+                <w:numId w:val="2672751"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die durchschnittliche Wochenarbeitszeit darf innerhalb eines
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1060,78 +1060,78 @@
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">§ 6 Abs 1 AZG sieht nämlich vor, dass eine Überstunde
 immer dann anzunehmen ist, wenn</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="423359849"/>
+                <w:numId w:val="66046910"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">die Grenzen der nach §§ 3 bis 5a AZG zulässigen
 wöchentlichen Normalarbeitszeit überschritten werden oder</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="423359849"/>
+                <w:numId w:val="66046910"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">die </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -1197,66 +1197,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="67318014" w:name="note4"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="3851298080657" w:name="note4"/>
+            <w:bookmarkStart w:id="9243632" w:name="note4"/>
+            <w:bookmarkEnd w:id="9243632"/>
+            <w:bookmarkStart w:id="2983545526843" w:name="note4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3851298080657"/>
+            <w:bookmarkEnd w:id="2983545526843"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1281,191 +1281,191 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> einigen sich
 Dienstnehmer und Dienstgeber darauf, dass allfällige Überstunden
 bereits im Arbeitsentgelt enthalten sind und nicht gesondert
 entlohnt werden. Die Pauschale ist auch dann in voller Höhe
 auszuzahlen, wenn keine oder weniger Überstunden geleistet werden,
 als durch die Überzahlung abgedeckt sind. Im Vergleich zu einer
 Überstundenpauschale, findet in der All-In-Vereinbarung, eine
 höhere Anzahl an Überstunden Deckung, deren Grundlohn nach der
 Rechtsprechung „nur“ nach dem angemessenen Entgelt bzw dem
 kollektivvertraglichen Mindestentgelt bemisst.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="768052583"/>
+                <w:numId w:val="58392255"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Im Rahmen der All-In-Vereinbarung darf jedoch der Dienstnehmer
 nicht schlechter gestellt werden, als er ohne dieser Vereinbarung
 stünde. Der Dienstgeber ist daher verpflichtet eine
 Vergleichsrechnung vorzunehmen. Sind die Überstunden durch die
 Pauschale nicht gedeckt, so sind diese zusätzlich abzugelten.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="768052583"/>
+                <w:numId w:val="58392255"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei pauschalen Entgeltvereinbarungen muss seit 01.01.2016 die
 Höhe des Grundgehalts angegeben werden. Ist dies nicht der Fall,
 hat der Dienstnehmer zwingend Anspruch auf den branchen- und
 ortsüblichen Normalstundenlohn (Ist-Lohn), der am Arbeitsort
 vergleichbaren Dienstnehmern von vergleichbaren Dienstgebern
 gebührt. Der branchen- und ortsübliche Normalstundenlohn ist der
 Berechnung der abzugeltenden zeitbezogenen Entgeltbestandteile
 zugrunde zu legen. Der Arbeitnehmer hat damit einen doppelten
 Vorteil: einerseits einen höheren Grundlohn, andererseits eine
 eindeutige Grundlage für die Geltendmachung bzw Berechnung der über
 die Pauschale hinaus geleisteten Überstunden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="768052583"/>
+                <w:numId w:val="58392255"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dem Dienstnehmer ist bei Fälligkeit des Entgelts eine
 schriftliche, übersichtliche, nachvollziehbare und vollständige
 Abrechnung von Entgelt und Aufwandsentschädigungen zu übermitteln.
 Die Abrechnung kann dem Dienstnehmer auch auf elektronischem Weg
 zur Verfügung gestellt werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="768052583"/>
+                <w:numId w:val="58392255"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Anspruch von Dienstnehmern auf eine vereinbarte
 Überstundenpauschale ruht während der Elternteilzeit. Wurde eine
 All-in-Vereinbarung getroffen, wird während der Elternteilzeit
 ausschließlich jener Teil des Arbeitsentgelts gekürzt, der
 zusätzlich zum Grundentgelt für die Leistung von Mehr- und
 Überstunden vereinbart ist. Für erbrachte Mehr- und Überstunden hat
 der/die Elternteilzeitbeschäftigte selbstverständlich Anspruch auf
 eine entsprechende Vergütung. Diese erfolgt dann nicht pauschal,
 sondern per Einzelverrechnung der erbrachten Mehrleistungen. Dass
 die zwischen Arbeitgeber und Arbeitnehmer getroffene
 Entgeltvereinbarung keinen Widerrufsvorbehalt der
 Überstundenpauschale enthält, hat keinen Einfluss auf diesen
 Umstand. Bei einer wirksam vereinbarten Überstundenpauschale
 besteht zwar die Möglichkeit zu vereinbaren, dass diese vom
 Arbeitgeber widerrufen oder unter bestimmten Umständen auf
 Einzelverrechnung übergegangen werden kann (RS0051758), ein
 Widerrufsvorbehalt ist aber keine unabdingbare Voraussetzung für
 die Kürzung des Entgelts eines Elternteilzeitbeschäftigten um die
 Überstundenpauschale.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="768052583"/>
+                <w:numId w:val="58392255"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wird laut einer Formulierung in einer All-In-Vereinbarung davon
 ausgegangen, „dass im Durchschnitt 25 Mehr- und Überstunden pro
 Monat geleistet werden“, so muss diese Formulierung so verstanden
 werden, dass Überstunden in diesem Ausmaß vom Arbeitgeber verlangt
 werden können, bei Bedarf zu leisten sind und mit dem Fixgehalt
 pauschal abgegolten werden. Diese Formulierung lässt damit eine
 ausreichende Abgrenzung eines bestimmten Überstundenanteils in
@@ -1494,311 +1494,311 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="45785802" w:name="note5"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5549245214073" w:name="note5"/>
+            <w:bookmarkStart w:id="47932938" w:name="note5"/>
+            <w:bookmarkEnd w:id="47932938"/>
+            <w:bookmarkStart w:id="1287885029493" w:name="note5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5549245214073"/>
+            <w:bookmarkEnd w:id="1287885029493"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei der Vereinbarung einer Überstundenpauschale gilt es folgende
 wichtige Punkte zu beachten:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Eine Vereinbarung über die Bezahlung eines
 Überstundenpauschales verpflichtet den Dienstnehmer nicht
 automatisch, Überstunden zu leisten. Eine Leistungsverpflichtung
 muss explizit vereinbart werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Anzahl der bezahlten Überstunden und die tatsächlich
 geleisteten Überstunden sind nach einem Beobachtungszeitraum (in
 der Regel ein Kalenderjahr) gegenüber zu stellen. Die
 Überstundenpauschale darf aber im Durchschnitt eines längeren
 Zeitraums nicht geringer sein als die zwingend zustehende
 Überstundenvergütung.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn der Dienstnehmer im Beobachtungszeitraum weniger
 Überstunden leistet, als mit dem Überstundenpauschale bezahlt
 wurden, so ist weder das Überstundenpauschale zurück zu erstatten,
 noch sind die fehlenden Überstunden zu einem späteren Zeitpunkt
 nach zu leisten.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn der Dienstnehmer im Beobachtungszeitraum mehr Überstunden
 leistet, als mit dem Überstundenpauschale bezahlt wurden, so sind
 ihm diese zusätzlich zu bezahlen. Andernfalls liegt eine
 Unterentlohnung vor, die zu einer Verwaltungsstrafe führen
 kann.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Bezahlung eines Überstundenpauschales kann nur mittels
 einer ausdrücklichen Widerrufsvereinbarung einseitig entzogen
 werden. Andernfalls ist es weiter zu bezahlen – auch wenn keine
 Überstunden mehr geleistet werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Das Überstundenpauschale ist ein Teil des Entgelts, und somit
 bei allen Bemessungen, die auf dem Entgelt beruhen, zu
 berücksichtigen. Dazu gehören ua: Abfertigung, Urlaubsentgelt,
 Feiertagsentgelt.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls der Dienstnehmer grundsätzlich Überstunden leistet, so
 gelten diese im Urlaub, während des Krankenstandes bzw an einem
 Feiertag ebenfalls als erbracht.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="353888615"/>
+                <w:numId w:val="901942435"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nur für Überstunden, die auch tatsächlich geleistet werden,
 kann die Steuerbefreiung in Anspruch genommen werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
@@ -1865,66 +1865,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="38877816" w:name="note6"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="6601046528949" w:name="note6"/>
+            <w:bookmarkStart w:id="14434728" w:name="note6"/>
+            <w:bookmarkEnd w:id="14434728"/>
+            <w:bookmarkStart w:id="4719808531831" w:name="note6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6601046528949"/>
+            <w:bookmarkEnd w:id="4719808531831"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1989,66 +1989,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="68223381" w:name="note7"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="9775314317930" w:name="note7"/>
+            <w:bookmarkStart w:id="87242956" w:name="note7"/>
+            <w:bookmarkEnd w:id="87242956"/>
+            <w:bookmarkStart w:id="5455423264175" w:name="note7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[7]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9775314317930"/>
+            <w:bookmarkEnd w:id="5455423264175"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2106,66 +2106,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="21253739" w:name="note8"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7479372642741" w:name="note8"/>
+            <w:bookmarkStart w:id="8767239" w:name="note8"/>
+            <w:bookmarkEnd w:id="8767239"/>
+            <w:bookmarkStart w:id="4057795339824" w:name="note8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[8]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7479372642741"/>
+            <w:bookmarkEnd w:id="4057795339824"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2228,66 +2228,66 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="28558619" w:name="note9"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="1146540635282" w:name="note9"/>
+            <w:bookmarkStart w:id="17399940" w:name="note9"/>
+            <w:bookmarkEnd w:id="17399940"/>
+            <w:bookmarkStart w:id="9608126701351" w:name="note9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[9]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1146540635282"/>
+            <w:bookmarkEnd w:id="9608126701351"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2330,378 +2330,378 @@
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Für die Durchführung der Deckungsprüfung sind folgende Schritte
 zu empfehlen:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ermittlung des Beobachtungszeitraumes (im Zweifel ein
 Jahr)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Berechnung der Mindestansprüche des Arbeitnehmers:
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welches Gehalt/welcher Lohn wurde für die Normalarbeitszeit
 vereinbart?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welche Mehr- und Überstunden wurden tatsächlich geleistet?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welche fiktiven Mehr- und Überstunden ergeben sich aufgrund des
 Ausfallsprinzips?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Was soll die Pauschale sonst noch abdecken?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">AZG und/oder Kollektivvertrag anwendbar?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welche Mindestansprüche ergeben sich daraus?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vergleich: Mindestansprüche und Pauschalentlohnung
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn zwischen den Mindestansprüchen und der Pauschalentlohnung
 eine Entgeltdifferenz zu Lasten des Arbeitnehmers entstanden ist,
 hat eine Nachzahlung zu erfolgen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Werden weniger Überstunden geleistet, als durch die
 Pauschalentgeltvereinbarung abgegolten ist, kann die daraus
 resultierende „Überzahlung“ vom Arbeitnehmer nicht zurückgefordert
 werden. Gleiches gilt, wenn überhaupt keine Mehr- und Überstunden
 geleistet wurden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zur Berechnung der Mindestansprüche wird bei echten
 Überstundenpauschalen grundsätzlich der IST-Lohn für die
 Normalarbeitszeit zuzüglich der auf dieser Basis berechneten
 Überstundenentgelte (tatsächlich geleistete Überstunden zuzüglich
 der Überstunden aufgrund des Ausfallsprinzips) herangezogen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="608787363"/>
+                <w:numId w:val="294356335"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei Berechnung der Mindestansprüche ist ua zu berücksichtigen,
 ob zum Beispiel kollektivvertraglich besondere Überstundenteiler
 oder Zuschläge vorgesehen sind.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -3220,51 +3220,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="608787363">
+  <w:abstractNum w:abstractNumId="294356335">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3319,51 +3319,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="353888615">
+  <w:abstractNum w:abstractNumId="901942435">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3412,51 +3412,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="768052583">
+  <w:abstractNum w:abstractNumId="58392255">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3505,51 +3505,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="423359849">
+  <w:abstractNum w:abstractNumId="66046910">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -3614,51 +3614,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="889170271">
+  <w:abstractNum w:abstractNumId="2672751">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -3723,303 +3723,303 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49088840">
+  <w:abstractNum w:abstractNumId="99889037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56546054">
+    <w:lvl w:ilvl="0" w:tplc="79490988">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56546054" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79490988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49088839">
+  <w:abstractNum w:abstractNumId="99889036">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81725078">
+    <w:lvl w:ilvl="0" w:tplc="94482532">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81725078" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94482532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49088838">
+  <w:abstractNum w:abstractNumId="99889035">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36827912">
+    <w:lvl w:ilvl="0" w:tplc="28331697">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36827912" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28331697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61343238">
+  <w:abstractNum w:abstractNumId="814418791">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -4074,51 +4074,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="677195283">
+  <w:abstractNum w:abstractNumId="999273838">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -4167,51 +4167,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="135840851">
+  <w:abstractNum w:abstractNumId="692027487">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -4276,137 +4276,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49088837">
+  <w:abstractNum w:abstractNumId="99889034">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67485613">
+    <w:lvl w:ilvl="0" w:tplc="96841142">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67485613" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96841142" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49088836">
+  <w:abstractNum w:abstractNumId="99889033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44030095">
+    <w:lvl w:ilvl="0" w:tplc="98191599">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5158,88 +5158,88 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49088836">
-    <w:abstractNumId w:val="49088836"/>
+  <w:num w:numId="99889033">
+    <w:abstractNumId w:val="99889033"/>
   </w:num>
-  <w:num w:numId="49088837">
-    <w:abstractNumId w:val="49088837"/>
+  <w:num w:numId="99889034">
+    <w:abstractNumId w:val="99889034"/>
   </w:num>
-  <w:num w:numId="135840851">
-    <w:abstractNumId w:val="135840851"/>
+  <w:num w:numId="692027487">
+    <w:abstractNumId w:val="692027487"/>
   </w:num>
-  <w:num w:numId="677195283">
-    <w:abstractNumId w:val="677195283"/>
+  <w:num w:numId="999273838">
+    <w:abstractNumId w:val="999273838"/>
   </w:num>
-  <w:num w:numId="61343238">
-    <w:abstractNumId w:val="61343238"/>
+  <w:num w:numId="814418791">
+    <w:abstractNumId w:val="814418791"/>
   </w:num>
-  <w:num w:numId="49088838">
-    <w:abstractNumId w:val="49088838"/>
+  <w:num w:numId="99889035">
+    <w:abstractNumId w:val="99889035"/>
   </w:num>
-  <w:num w:numId="49088839">
-    <w:abstractNumId w:val="49088839"/>
+  <w:num w:numId="99889036">
+    <w:abstractNumId w:val="99889036"/>
   </w:num>
-  <w:num w:numId="49088840">
-    <w:abstractNumId w:val="49088840"/>
+  <w:num w:numId="99889037">
+    <w:abstractNumId w:val="99889037"/>
   </w:num>
-  <w:num w:numId="889170271">
-    <w:abstractNumId w:val="889170271"/>
+  <w:num w:numId="2672751">
+    <w:abstractNumId w:val="2672751"/>
   </w:num>
-  <w:num w:numId="423359849">
-    <w:abstractNumId w:val="423359849"/>
+  <w:num w:numId="66046910">
+    <w:abstractNumId w:val="66046910"/>
   </w:num>
-  <w:num w:numId="768052583">
-    <w:abstractNumId w:val="768052583"/>
+  <w:num w:numId="58392255">
+    <w:abstractNumId w:val="58392255"/>
   </w:num>
-  <w:num w:numId="353888615">
-    <w:abstractNumId w:val="353888615"/>
+  <w:num w:numId="901942435">
+    <w:abstractNumId w:val="901942435"/>
   </w:num>
-  <w:num w:numId="608787363">
-    <w:abstractNumId w:val="608787363"/>
+  <w:num w:numId="294356335">
+    <w:abstractNumId w:val="294356335"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -6050,51 +6050,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId144999019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId245136030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId880119925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId860809839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>