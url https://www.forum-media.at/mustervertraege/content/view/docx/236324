--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -15,108 +15,104 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="32344719" w:name="document"/>
-    <w:bookmarkEnd w:id="32344719"/>
+    <w:bookmarkStart w:id="12843418" w:name="document"/>
+    <w:bookmarkEnd w:id="12843418"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 678313 | WEKA (red) | Muster |
 Textbaustein</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Dienstvertrag – Textbaustein Überstundenpauschale,
 All-In-Vereinbarung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Überstundenpauschale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es wird vereinbart, dass mit dem überkollektivvertraglichen
 Gehalt in Höhe von EUR … brutto (darin ist ein
 kollektivvertraglicher Bezug iHv EUR … brutto für die
@@ -136,196 +132,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es bleibt dem Dienstgeber vorbehalten, die Überstundenpauschale
 jederzeit einseitig zu widerrufen. In diesem Fall wird ab dem
 Zeitpunkt des Widerrufes auf eine Einzelverrechnung
 übergegangen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">All-In-Vereinbarung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es wird vereinbart, dass mit dem überkollektivvertraglichen
 Bezug in Höhe von EUR … brutto (darin ist ein
 kollektivvertraglicher Bezug iHv EUR … brutto für die
 Normalarbeitszeit enthalten), sämtliche vom Dienstnehmer
 geleisteten Mehr- und Überstunden, einschließlich derjenigen, die
 aus Arbeiten resultieren, die an Samstag, Sonn- oder Feiertagen
 geleistet wurden, abgegolten sind. Es bleibt dem Dienstgeber
 vorbehalten, die Pauschale jederzeit einseitig zu widerrufen. In
 diesem Fall gelangt das kollektivvertraglich festgesetzte Gehalt
 zur Auszahlung, sämtliche bislang von der Pauschale abgedeckten
 Leistungen werden im Wege der Einzelverrechnung abgerechnet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
         <w:gridCol w:w="4670"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="68624114" w:name="note1"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="41099273" w:name="note1"/>
+            <w:bookmarkEnd w:id="41099273"/>
+            <w:bookmarkStart w:id="4005837235080" w:name="note1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2768489995936"/>
+            <w:bookmarkEnd w:id="4005837235080"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Eine bestimmte </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ist für eine
 Pauschalierungsvereinbarung nicht erforderlich: Sie kann durch
 Einzelvertrag entweder ausdrücklich oder schlüssig getroffen
 werden, ohne dass es auf deren Bezeichnung ankäme (OGH 9 ObA
 218/90). Dem Arbeitnehmer muss aber bei Vertragsabschluss erkennbar
 sein, was mit der gewährten Pauschale abgegolten sein soll (zB
 Normallohn und Überstundenzuschlag nach § 10 AZG) und dass es
 sich um eine Pauschalierungsvereinbarung handelt (RIS-Justiz
 RS0051519).</w:t>
             </w:r>
@@ -347,66 +335,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="11796292" w:name="note2"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="11170710" w:name="note2"/>
+            <w:bookmarkEnd w:id="11170710"/>
+            <w:bookmarkStart w:id="4388203781198" w:name="note2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1307301331140"/>
+            <w:bookmarkEnd w:id="4388203781198"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -439,525 +425,503 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="96464807" w:name="note3"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="53037902" w:name="note3"/>
+            <w:bookmarkEnd w:id="53037902"/>
+            <w:bookmarkStart w:id="8407066713101" w:name="note3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7862283757366"/>
+            <w:bookmarkEnd w:id="8407066713101"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Echte Überstundenpauschale:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bei der echten
 Überstundenpauschale wird eine bestimmte Anzahl von zu leistenden
 Überstunden vereinbart. Diese wird, vorausgesetzt die Überstunden
 wurden tatsächlich geleistet, mit dem gebührenden Zuschlag
 abgerechnet und abgegolten.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Unechte Überstundenpauschale:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Auch bei der
 unechten Überstundenpauschale wird eine bestimmte Anzahl an zu
 leistenden Überstunden vereinbart. Im Gegensatz zur echten
 Pauschale werden diese aber unabhängig von ihrer tatsächlichen
 Erbringung abgegolten. Der Pauschalbetrag steht auch zu, wenn die
 Überstunden nicht oder nicht mehr anfallen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Seit 01.09.2018</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> bestehen folgende
 Überstundengrenzen:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2672751"/>
+                <w:numId w:val="701864200"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Pro Woche sind maximal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20 Überstunden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 zulässig. Ein Jahres-Kontingent an Überstunden, welches nicht
 überschritten werden darf, besteht nicht mehr.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2672751"/>
+                <w:numId w:val="701864200"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Es darf eine Tagesarbeitszeit von </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">zwölf
 Stunden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> nicht überschritten werden (statt vorher 10
 Stunden).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2672751"/>
+                <w:numId w:val="701864200"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gem § 8 AZG neu kann die Arbeitszeit zur Vornahme von Vor-
 und Abschlussarbeiten unter gewissen Voraussetzungen um eine
 weitere halbe Stunde ausgedehnt werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2672751"/>
+                <w:numId w:val="701864200"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">maximale Wochenarbeitszeit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> beträgt
 gem § 9 AZG grundsätzlich </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 Stunden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 (statt vorher im Regelfall 50 Stunden).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2672751"/>
+                <w:numId w:val="701864200"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">§ 7 Abs 2, 4 und 4a AZG wurden ersatzlos gestrichen,
 § 7 Abs 5 geändert.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2672751"/>
+                <w:numId w:val="701864200"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Überstunden setzen – wie bisher – einen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">erhöhten
 Arbeitsbedarf</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> voraus.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2672751"/>
+                <w:numId w:val="701864200"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die durchschnittliche Wochenarbeitszeit darf innerhalb eines
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Durchrechnungszeitraumes von 17 Wochen 48 Stunden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 nicht überschritten werden (wie bisher).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -982,181 +946,175 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">§ 32c Abs 10 AZG sieht nämlich vor, dass Regelungen in
 Kollektivverträgen und Betriebsvereinbarungen, die für die
 Arbeitnehmerinnen und Arbeitnehmer günstigere Bestimmungen
 vorsehen, durch die Änderungen des BGBl I 53/2018 nicht
 berührt werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die 11. und 12. tägliche Arbeitsstunde stellt im Regelfall eine
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">zuschlagspflichtige Überstunde</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dar.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">§ 6 Abs 1 AZG sieht nämlich vor, dass eine Überstunde
 immer dann anzunehmen ist, wenn</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="66046910"/>
+                <w:numId w:val="682205323"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">die Grenzen der nach §§ 3 bis 5a AZG zulässigen
 wöchentlichen Normalarbeitszeit überschritten werden oder</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="66046910"/>
+                <w:numId w:val="682205323"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">die </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">tägliche Normalarbeitszeit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> überschritten
 wird, die sich aufgrund der Verteilung der wöchentlichen
 Normalarbeitszeit gem §§ 3 bis 5a und 18 Abs 2 AZG
 ergibt.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
@@ -1197,275 +1155,271 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="9243632" w:name="note4"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="89930789" w:name="note4"/>
+            <w:bookmarkEnd w:id="89930789"/>
+            <w:bookmarkStart w:id="9444489900018" w:name="note4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2983545526843"/>
+            <w:bookmarkEnd w:id="9444489900018"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei einer </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">All-In-Vereinbarung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> einigen sich
 Dienstnehmer und Dienstgeber darauf, dass allfällige Überstunden
 bereits im Arbeitsentgelt enthalten sind und nicht gesondert
 entlohnt werden. Die Pauschale ist auch dann in voller Höhe
 auszuzahlen, wenn keine oder weniger Überstunden geleistet werden,
 als durch die Überzahlung abgedeckt sind. Im Vergleich zu einer
 Überstundenpauschale, findet in der All-In-Vereinbarung, eine
 höhere Anzahl an Überstunden Deckung, deren Grundlohn nach der
 Rechtsprechung „nur“ nach dem angemessenen Entgelt bzw dem
 kollektivvertraglichen Mindestentgelt bemisst.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="58392255"/>
+                <w:numId w:val="330688474"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Im Rahmen der All-In-Vereinbarung darf jedoch der Dienstnehmer
 nicht schlechter gestellt werden, als er ohne dieser Vereinbarung
 stünde. Der Dienstgeber ist daher verpflichtet eine
 Vergleichsrechnung vorzunehmen. Sind die Überstunden durch die
 Pauschale nicht gedeckt, so sind diese zusätzlich abzugelten.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="58392255"/>
+                <w:numId w:val="330688474"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei pauschalen Entgeltvereinbarungen muss seit 01.01.2016 die
 Höhe des Grundgehalts angegeben werden. Ist dies nicht der Fall,
 hat der Dienstnehmer zwingend Anspruch auf den branchen- und
 ortsüblichen Normalstundenlohn (Ist-Lohn), der am Arbeitsort
 vergleichbaren Dienstnehmern von vergleichbaren Dienstgebern
 gebührt. Der branchen- und ortsübliche Normalstundenlohn ist der
 Berechnung der abzugeltenden zeitbezogenen Entgeltbestandteile
 zugrunde zu legen. Der Arbeitnehmer hat damit einen doppelten
 Vorteil: einerseits einen höheren Grundlohn, andererseits eine
 eindeutige Grundlage für die Geltendmachung bzw Berechnung der über
 die Pauschale hinaus geleisteten Überstunden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="58392255"/>
+                <w:numId w:val="330688474"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dem Dienstnehmer ist bei Fälligkeit des Entgelts eine
 schriftliche, übersichtliche, nachvollziehbare und vollständige
 Abrechnung von Entgelt und Aufwandsentschädigungen zu übermitteln.
 Die Abrechnung kann dem Dienstnehmer auch auf elektronischem Weg
 zur Verfügung gestellt werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="58392255"/>
+                <w:numId w:val="330688474"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Anspruch von Dienstnehmern auf eine vereinbarte
 Überstundenpauschale ruht während der Elternteilzeit. Wurde eine
 All-in-Vereinbarung getroffen, wird während der Elternteilzeit
 ausschließlich jener Teil des Arbeitsentgelts gekürzt, der
 zusätzlich zum Grundentgelt für die Leistung von Mehr- und
 Überstunden vereinbart ist. Für erbrachte Mehr- und Überstunden hat
 der/die Elternteilzeitbeschäftigte selbstverständlich Anspruch auf
 eine entsprechende Vergütung. Diese erfolgt dann nicht pauschal,
 sondern per Einzelverrechnung der erbrachten Mehrleistungen. Dass
 die zwischen Arbeitgeber und Arbeitnehmer getroffene
 Entgeltvereinbarung keinen Widerrufsvorbehalt der
 Überstundenpauschale enthält, hat keinen Einfluss auf diesen
 Umstand. Bei einer wirksam vereinbarten Überstundenpauschale
 besteht zwar die Möglichkeit zu vereinbaren, dass diese vom
 Arbeitgeber widerrufen oder unter bestimmten Umständen auf
 Einzelverrechnung übergegangen werden kann (RS0051758), ein
 Widerrufsvorbehalt ist aber keine unabdingbare Voraussetzung für
 die Kürzung des Entgelts eines Elternteilzeitbeschäftigten um die
 Überstundenpauschale.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="58392255"/>
+                <w:numId w:val="330688474"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wird laut einer Formulierung in einer All-In-Vereinbarung davon
 ausgegangen, „dass im Durchschnitt 25 Mehr- und Überstunden pro
 Monat geleistet werden“, so muss diese Formulierung so verstanden
 werden, dass Überstunden in diesem Ausmaß vom Arbeitgeber verlangt
 werden können, bei Bedarf zu leisten sind und mit dem Fixgehalt
 pauschal abgegolten werden. Diese Formulierung lässt damit eine
 ausreichende Abgrenzung eines bestimmten Überstundenanteils in
@@ -1494,311 +1448,309 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="47932938" w:name="note5"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="32540742" w:name="note5"/>
+            <w:bookmarkEnd w:id="32540742"/>
+            <w:bookmarkStart w:id="3961609379286" w:name="note5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1287885029493"/>
+            <w:bookmarkEnd w:id="3961609379286"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei der Vereinbarung einer Überstundenpauschale gilt es folgende
 wichtige Punkte zu beachten:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Eine Vereinbarung über die Bezahlung eines
 Überstundenpauschales verpflichtet den Dienstnehmer nicht
 automatisch, Überstunden zu leisten. Eine Leistungsverpflichtung
 muss explizit vereinbart werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Anzahl der bezahlten Überstunden und die tatsächlich
 geleisteten Überstunden sind nach einem Beobachtungszeitraum (in
 der Regel ein Kalenderjahr) gegenüber zu stellen. Die
 Überstundenpauschale darf aber im Durchschnitt eines längeren
 Zeitraums nicht geringer sein als die zwingend zustehende
 Überstundenvergütung.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn der Dienstnehmer im Beobachtungszeitraum weniger
 Überstunden leistet, als mit dem Überstundenpauschale bezahlt
 wurden, so ist weder das Überstundenpauschale zurück zu erstatten,
 noch sind die fehlenden Überstunden zu einem späteren Zeitpunkt
 nach zu leisten.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn der Dienstnehmer im Beobachtungszeitraum mehr Überstunden
 leistet, als mit dem Überstundenpauschale bezahlt wurden, so sind
 ihm diese zusätzlich zu bezahlen. Andernfalls liegt eine
 Unterentlohnung vor, die zu einer Verwaltungsstrafe führen
 kann.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Bezahlung eines Überstundenpauschales kann nur mittels
 einer ausdrücklichen Widerrufsvereinbarung einseitig entzogen
 werden. Andernfalls ist es weiter zu bezahlen – auch wenn keine
 Überstunden mehr geleistet werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Das Überstundenpauschale ist ein Teil des Entgelts, und somit
 bei allen Bemessungen, die auf dem Entgelt beruhen, zu
 berücksichtigen. Dazu gehören ua: Abfertigung, Urlaubsentgelt,
 Feiertagsentgelt.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Falls der Dienstnehmer grundsätzlich Überstunden leistet, so
 gelten diese im Urlaub, während des Krankenstandes bzw an einem
 Feiertag ebenfalls als erbracht.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="901942435"/>
+                <w:numId w:val="506219617"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nur für Überstunden, die auch tatsächlich geleistet werden,
 kann die Steuerbefreiung in Anspruch genommen werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
@@ -1865,66 +1817,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="14434728" w:name="note6"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="89569335" w:name="note6"/>
+            <w:bookmarkEnd w:id="89569335"/>
+            <w:bookmarkStart w:id="9577963212037" w:name="note6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4719808531831"/>
+            <w:bookmarkEnd w:id="9577963212037"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1989,94 +1939,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="87242956" w:name="note7"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="61460298" w:name="note7"/>
+            <w:bookmarkEnd w:id="61460298"/>
+            <w:bookmarkStart w:id="1713091755680" w:name="note7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[7]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5455423264175"/>
+            <w:bookmarkEnd w:id="1713091755680"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Überstundenpauschale und Minderleistung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2106,94 +2052,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="8767239" w:name="note8"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="32650877" w:name="note8"/>
+            <w:bookmarkEnd w:id="32650877"/>
+            <w:bookmarkStart w:id="1513376034880" w:name="note8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[8]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4057795339824"/>
+            <w:bookmarkEnd w:id="1513376034880"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Überstundenpauschale und Schwangerschaft</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2228,94 +2170,90 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="17399940" w:name="note9"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="24972373" w:name="note9"/>
+            <w:bookmarkEnd w:id="24972373"/>
+            <w:bookmarkStart w:id="9927215804702" w:name="note9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[9]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9608126701351"/>
+            <w:bookmarkEnd w:id="9927215804702"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="2"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Deckungsprüfung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2330,378 +2268,378 @@
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Für die Durchführung der Deckungsprüfung sind folgende Schritte
 zu empfehlen:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ermittlung des Beobachtungszeitraumes (im Zweifel ein
 Jahr)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Berechnung der Mindestansprüche des Arbeitnehmers:
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welches Gehalt/welcher Lohn wurde für die Normalarbeitszeit
 vereinbart?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welche Mehr- und Überstunden wurden tatsächlich geleistet?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welche fiktiven Mehr- und Überstunden ergeben sich aufgrund des
 Ausfallsprinzips?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Was soll die Pauschale sonst noch abdecken?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">AZG und/oder Kollektivvertrag anwendbar?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Welche Mindestansprüche ergeben sich daraus?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vergleich: Mindestansprüche und Pauschalentlohnung
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wenn zwischen den Mindestansprüchen und der Pauschalentlohnung
 eine Entgeltdifferenz zu Lasten des Arbeitnehmers entstanden ist,
 hat eine Nachzahlung zu erfolgen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Werden weniger Überstunden geleistet, als durch die
 Pauschalentgeltvereinbarung abgegolten ist, kann die daraus
 resultierende „Überzahlung“ vom Arbeitnehmer nicht zurückgefordert
 werden. Gleiches gilt, wenn überhaupt keine Mehr- und Überstunden
 geleistet wurden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zur Berechnung der Mindestansprüche wird bei echten
 Überstundenpauschalen grundsätzlich der IST-Lohn für die
 Normalarbeitszeit zuzüglich der auf dieser Basis berechneten
 Überstundenentgelte (tatsächlich geleistete Überstunden zuzüglich
 der Überstunden aufgrund des Ausfallsprinzips) herangezogen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="294356335"/>
+                <w:numId w:val="681433551"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei Berechnung der Mindestansprüche ist ua zu berücksichtigen,
 ob zum Beispiel kollektivvertraglich besondere Überstundenteiler
 oder Zuschläge vorgesehen sind.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
@@ -2742,52 +2680,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Dienstgeber ist verpflichtet, die Deckungsprüfung von sich
 aus am Ende des vereinbarten Beobachtungszeitraumes vorzunehmen.
 Sofern eine Vereinbarung keine abweichende Regelung vorsieht, ist
 der Durchrechnungszeitraum für eine Überstundenpauschale das
 Kalenderjahr (OGH 9 ObA 166/13x).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">Beispiel: Deckungsprüfung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3220,51 +3156,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="294356335">
+  <w:abstractNum w:abstractNumId="681433551">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3319,51 +3255,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="901942435">
+  <w:abstractNum w:abstractNumId="506219617">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3412,51 +3348,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58392255">
+  <w:abstractNum w:abstractNumId="330688474">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -3505,51 +3441,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66046910">
+  <w:abstractNum w:abstractNumId="682205323">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -3614,51 +3550,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2672751">
+  <w:abstractNum w:abstractNumId="701864200">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -3723,303 +3659,303 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99889037">
+  <w:abstractNum w:abstractNumId="54836479">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79490988">
+    <w:lvl w:ilvl="0" w:tplc="13149217">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79490988" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13149217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99889036">
+  <w:abstractNum w:abstractNumId="54836478">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94482532">
+    <w:lvl w:ilvl="0" w:tplc="53811792">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94482532" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53811792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99889035">
+  <w:abstractNum w:abstractNumId="54836477">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28331697">
+    <w:lvl w:ilvl="0" w:tplc="88923812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28331697" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88923812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="814418791">
+  <w:abstractNum w:abstractNumId="53953038">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -4074,51 +4010,51 @@
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="999273838">
+  <w:abstractNum w:abstractNumId="881533852">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -4167,51 +4103,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="692027487">
+  <w:abstractNum w:abstractNumId="926075952">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -4276,137 +4212,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99889034">
+  <w:abstractNum w:abstractNumId="54836476">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96841142">
+    <w:lvl w:ilvl="0" w:tplc="81595458">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96841142" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81595458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99889033">
+  <w:abstractNum w:abstractNumId="54836475">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98191599">
+    <w:lvl w:ilvl="0" w:tplc="85906810">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5158,88 +5094,88 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99889033">
-    <w:abstractNumId w:val="99889033"/>
+  <w:num w:numId="54836475">
+    <w:abstractNumId w:val="54836475"/>
   </w:num>
-  <w:num w:numId="99889034">
-    <w:abstractNumId w:val="99889034"/>
+  <w:num w:numId="54836476">
+    <w:abstractNumId w:val="54836476"/>
   </w:num>
-  <w:num w:numId="692027487">
-    <w:abstractNumId w:val="692027487"/>
+  <w:num w:numId="926075952">
+    <w:abstractNumId w:val="926075952"/>
   </w:num>
-  <w:num w:numId="999273838">
-    <w:abstractNumId w:val="999273838"/>
+  <w:num w:numId="881533852">
+    <w:abstractNumId w:val="881533852"/>
   </w:num>
-  <w:num w:numId="814418791">
-    <w:abstractNumId w:val="814418791"/>
+  <w:num w:numId="53953038">
+    <w:abstractNumId w:val="53953038"/>
   </w:num>
-  <w:num w:numId="99889035">
-    <w:abstractNumId w:val="99889035"/>
+  <w:num w:numId="54836477">
+    <w:abstractNumId w:val="54836477"/>
   </w:num>
-  <w:num w:numId="99889036">
-    <w:abstractNumId w:val="99889036"/>
+  <w:num w:numId="54836478">
+    <w:abstractNumId w:val="54836478"/>
   </w:num>
-  <w:num w:numId="99889037">
-    <w:abstractNumId w:val="99889037"/>
+  <w:num w:numId="54836479">
+    <w:abstractNumId w:val="54836479"/>
   </w:num>
-  <w:num w:numId="2672751">
-    <w:abstractNumId w:val="2672751"/>
+  <w:num w:numId="701864200">
+    <w:abstractNumId w:val="701864200"/>
   </w:num>
-  <w:num w:numId="66046910">
-    <w:abstractNumId w:val="66046910"/>
+  <w:num w:numId="682205323">
+    <w:abstractNumId w:val="682205323"/>
   </w:num>
-  <w:num w:numId="58392255">
-    <w:abstractNumId w:val="58392255"/>
+  <w:num w:numId="330688474">
+    <w:abstractNumId w:val="330688474"/>
   </w:num>
-  <w:num w:numId="901942435">
-    <w:abstractNumId w:val="901942435"/>
+  <w:num w:numId="506219617">
+    <w:abstractNumId w:val="506219617"/>
   </w:num>
-  <w:num w:numId="294356335">
-    <w:abstractNumId w:val="294356335"/>
+  <w:num w:numId="681433551">
+    <w:abstractNumId w:val="681433551"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -6050,51 +5986,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId880119925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId860809839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId507167007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId258412344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>