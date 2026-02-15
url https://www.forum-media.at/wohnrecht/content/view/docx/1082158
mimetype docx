--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -15,328 +15,461 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="62629734" w:name="document"/>
-    <w:bookmarkEnd w:id="62629734"/>
+    <w:bookmarkStart w:id="56604382" w:name="document"/>
+    <w:bookmarkEnd w:id="56604382"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 589077 | Markus Bulgarini - WEKA
 (red) - Karin Zahiragic | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompromiss-Mietvertrag für eine Wohnung (Kategorie A, B oder C
-ab 1994) – bei Nichtanwendbarkeit des KSchG</w:t>
+ab 1994)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Bei Nichtanwendbarkeit des KSchG, Berücksichtigung des 5. MILG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mietvertrag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">abgeschlossen am untenstehenden Tag zwischen</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="NormalTablePHPDOCX"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="nil" w:color="363A40" w:sz="0"/>
+          <w:left w:val="nil" w:color="363A40" w:sz="0"/>
+          <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
+          <w:right w:val="nil" w:color="363A40" w:sz="0"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1"/>
+        <w:gridCol w:w="1"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="0" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="156" w:type="dxa"/>
+              <w:left w:w="0" w:type="auto"/>
+              <w:bottom w:w="78" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="156" w:type="dxa"/>
+              <w:left w:w="0" w:type="auto"/>
+              <w:bottom w:w="78" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">…</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">[Vor- und Zuname, akad Titel, geboren am, Beruf,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Adresse (bisheriger gewöhnlicher Aufenthalt)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. …</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Adresse (bisheriger gewöhnlicher Aufenthalt)</w:t>
+        <w:t xml:space="preserve">im Folgenden kurz „Mieter“ genannt, einerseits und</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...39 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Das Geburtsdatum des Mieters kann bei einer späteren
 Forderungsexekution auf Dienstbezüge sehr dienlich sein, auch für
 Meldeanfragen bezüglich verschwundener Mieter wird das Geburtsdatum
 benötigt. Der bisherige gewöhnliche Aufenthalt kann auch zu
 Nachforschungszwecken dienlich sein.</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="NormalTablePHPDOCX"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="nil" w:color="363A40" w:sz="0"/>
+          <w:left w:val="nil" w:color="363A40" w:sz="0"/>
+          <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
+          <w:right w:val="nil" w:color="363A40" w:sz="0"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1"/>
+        <w:gridCol w:w="1"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="0" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="156" w:type="dxa"/>
+              <w:left w:w="0" w:type="auto"/>
+              <w:bottom w:w="78" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="156" w:type="dxa"/>
+              <w:left w:w="0" w:type="auto"/>
+              <w:bottom w:w="78" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">…</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">[Vor- und Zuname, akad Titel, geboren am, Beruf, Adresse]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. …</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Vor- und Zuname, akad Titel, geboren am, Beruf, Adresse</w:t>
+        <w:t xml:space="preserve">im Folgenden kurz „Vermieter“ genannt, andererseits wie
+folgt:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
-[...38 lines deleted...]
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Mietgegenstand</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -429,93 +562,115 @@
               </w:rPr>
               <w:t xml:space="preserve">Mietgegenstand ist die Wohnung Tür/Top/Stiege im Haus … [genaue
 Anschrift]. Die Nutzfläche dieser Wohnung beträgt … [Angabe der
 Quadratmeterzahl] m².</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vermietet ist nur der Innenraum des Mietgegenstands der
-[...18 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Einvernehmlich wird festgestellt, dass im Mietgegenstand ein
+Anschluss für Telefon/Satellitenfernsehen/Internet vorhanden ist,
+der vom Mieter verwendet werden kann. Vermietet ist nur der
+Innenraum des Mietgegenstands der Ausstattungskategorie …,
+bestehend aus … [genaue Beschreibung des Mietobjekts].</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Der Richtwertmietzins gelangt nur bei der Vermietung von Wohnungen
 der Ausstattungskategorie A, B und C zur Anwendung. Der Mieter
 mietet nun diesen Mietgegenstand zu den Bedingungen dieses
-Mietvertrages. Der Mieter ist berechtigt, folgende
-Gemeinschaftsanlagen mitzubenutzen: (Lift, Waschküche, etc).</w:t>
+Mietvertrages.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mieter ist berechtigt, folgende Gemeinschaftsanlagen
+mitzubenutzen: (Lift, Waschküche, etc).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -712,98 +867,127 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Mietgegenstand darf ausschließlich zu Wohnzwecken verwendet
 werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Unter „Wohnzwecke“ sind auch solche beruflichen Tätigkeiten zu
-verstehen, die üblicherweise in Wohnungen ausgeübt werden. Eine
-[...3 lines deleted...]
-Kündigungsgrund nach § 30 Abs 2 Z 13 MRG dar.</w:t>
+verstehen, die üblicherweise in Wohnungen ausgeübt werden.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Nach der Rechtsprechung des Obersten Gerichtshofs ist die
+vertragliche Einschränkung auf Vermietung zu Wohnzwecken – als
+Abgrenzung zu Geschäftszwecken verstanden – grundsätzlich zulässig
+(9 Ob 4/23p).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Mietdauer</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -850,218 +1034,157 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Vertragsdauer</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Das Mietverhältnis beginnt am … [Datum] und wird auf drei Jahre
 abgeschlossen. Es endet daher, ohne dass es einer Aufkündigung
 bedarf, am … [Datum].</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Hinweis 1:</w:t>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Im Voll- und Teilanwendungsbereich des MRG muss die Befristung
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Hinweis 2:</w:t>
+              <w:t xml:space="preserve">Im Rahmen des 5. MILG wurde beschlossen, dass für Mietverhältnisse
+ab 01.01.2026 die Befristung bei Wohnungsmietverträgen mindestens 5
+Jahre betragen muss. Befristungen mit einer kürzeren Laufzeit sind
+unzulässig und führen zum Wegfall der Befristungsklausel und damit
+zu einem unbefristeten Mietvertrag, der nur bei Vorliegen wichtiger
+Gründe gekündigt werden kann. Für Vermieter, die im Zeitpunkt des
+Vertragsabschlusses keine Unternehmer im Sinne des
+Konsumentenschutzgesetzes (kurz: KSchG) sind, gilt weiterhin die
+Mindestbefristung von 3 Jahren. Ausgenommen von der
+Mindestbefristung sind lediglich Wohnungen, für die das
+Mietrechtsgesetz (kurz: MRG) keine Geltung hat (zB Ein- und
+Zweifamilienhäuser).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Befristungen bei Mietverträgen über Wohnungen dürfen drei Jahre
-[...90 lines deleted...]
-ff).</w:t>
+              <w:t xml:space="preserve">Beim gegenständlichen Mustermietvertrag findet das KSchG keine
+Anwendung, sodass davon ausgegangen werden kann, dass der Vermieter
+Verbraucher ist. Es gilt daher weiterhin die Mindestbefristung von
+3 Jahren.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1092,927 +1215,1925 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Kündigung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Das Mietverhältnis kann vom Mieter nach Ablauf einer einjährigen
 Vertragsdauer unter Einhaltung einer dreimonatigen Kündigungsfrist
 vor Ablauf der bedungenen Zeit zum Monatsletzten schriftlich oder
 gerichtlich aufgekündigt werden.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Gem § 29 Abs 2 MRG hat der Mieter einer Wohnung nach
-[...4 lines deleted...]
-dreimonatigen Kündigungsfrist aufzukündigen. </w:t>
+              <w:t xml:space="preserve">Mietverträge auf bestimmte Zeit, die nach Ablauf der wirksam
+vereinbarten oder verlängerten Vertragsdauer weder vertraglich
+verlängert noch aufgelöst werden, gelten einmalig als auf drei
+Jahre oder, sofern der Vermieter ein Unternehmer im Sinne des KSchG
+ist, als auf fünf Jahre erneuert. Der Mieter hat jedoch jederzeit
+das unverzichtbare und unbeschränkbare Recht, den erneuerten
+Mietvertrag jeweils zum Monatsletzten gerichtlich oder schriftlich
+unter Einhaltung einer dreimonatigen Kündigungsfrist zu kündigen.
+Wird der Mietvertrag nach Ablauf dieser drei oder fünf Jahre ein
+weiteres Mal nicht aufgelöst, gilt er als auf unbestimmte Zeit
+erneuert (§ 29 Abs 3 lit b MRG).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Mietzins</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hinweis:</w:t>
+        <w:t xml:space="preserve">Vorbemerkung 1:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Der Richtwertmietzins ist nach oben hin begrenzt durch die
-[...4 lines deleted...]
-für eine vergleichbare Wohnung liegen (MietSlg 47.267).</w:t>
+        <w:t xml:space="preserve">Der Richtwertmietzins ist ein angemessener Hauptmietzins,
+allerdings mit einem feststehenden Ausgangswert, dem Richtwert.
+Dieser Richtwert wurde pro Bundesland für die mietrechtliche
+Normwohnung (§ 2 RichtWG) festgelegt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hinweis:</w:t>
+        <w:t xml:space="preserve">Nach § 2 Abs 1 RichtWG ist unter einer
+„mietrechtlichen Normwohnung“ eine Wohnung mit einer Nutzfläche
+zwischen 30 m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:position w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...13 lines deleted...]
-Der Mietvertrag wurde nach dem 01.03.1994 abgeschlossen.</w:t>
+        <w:t xml:space="preserve"> und 130 m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:position w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in brauchbarem
+Zustand, die aus Zimmer, Küche (Kochnische), Vorraum, Klosett und
+einer dem zeitgemäßen Standard entsprechenden Badegelegenheit
+(Baderaum oder Badenische) besteht, über eine Etagenheizung oder
+eine gleichwertige stationäre Heizung verfügt und in einem
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gebäude mit ordnungsgemäßem Erhaltungszustand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auf
+einer Liegenschaft </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mit durchschnittlicher Lage
+(Wohnumgebung)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gelegen ist, zu verstehen. Ordnungsgemäß
+ist der Erhaltungszustand des Gebäudes jedenfalls dann nicht, wenn
+im Zeitpunkt der Vermietung Erhaltungsarbeiten iSd § 3
+Abs 3 Z 2 MRG anstehen. Die durchschnittliche Lage
+(Wohnumgebung) ist nach der allgemeinen Verkehrsauffassung und
+Erfahrung des täglichen Lebens zu beurteilen, wobei eine Lage
+(Wohnumgebung) mit einem überwiegenden Gebäudezustand, der in der
+Zeit von 1870 bis 1917 errichtet wurde und im Zeitpunkt der
+Errichtung überwiegend kleine, mangelhaft ausgestattete Wohnungen
+(Wohnungen der Ausstattungskategorie D) aufgewiesen hat, höchstens
+als durchschnittlich einzustufen ist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hinweis:</w:t>
+        <w:t xml:space="preserve">Zur Ermittlung des Richtwertmietzinses wird dieser Richtwert mit
+Zu- und Abschlägen versehen.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Das Richtwertgesetz enthält die Regelung über die Neuvermietung von
-[...1 lines deleted...]
-Richtwertmietzins wie folgt berechnet:</w:t>
+        <w:t xml:space="preserve">Der Richtwertmietzins ist nach oben hin begrenzt durch die
+Angemessenheit iSd § 16 Abs 1 MRG und nach unten durch
+die Kategoriesätze des § 15a Abs 3 MRG. Ebenso findet
+§ 16 Abs 2 MRG Anwendung. Der Richtwertmietzins kann
+daher immer nur über dem Kategoriemietzins und unter dem
+angemessenen Mietzins für eine vergleichbare Wohnung liegen
+(MietSlg 47.267).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Richtwertmiete = Richtwert + Zuschläge – Abschläge.</w:t>
+        <w:t xml:space="preserve">Im Vollanwendungsbereich des MRG wird ein Richtwertmietzins
+vereinbart für:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="648791782"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Vermietung von Wohnungen der Kategorie A, B oder C ab dem
+01.03.1994 und das Gebäude, in dem sich die Wohnung befindet, wurde
+vor dem 09.05.1945 geschaffen. Die Vereinbarung eines freien oder
+angemessenen Mietzinses ist aber nicht zulässig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="648791782"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bei Abtretung von Mietrechten oder bei Eintritt im Todesfall
+jedoch mit betraglichen Obergrenzen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">Vorbemerkung 2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">§ 16 Abs 2 MRG zählt die Kriterien für Zu- und Abschläge
+des Richtwertmietzinses auf:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Zweckbestimmung der Wohnung, ihre Stockwerkslage, ihre Lage
+innerhalb eines Stockwerks, ihre über oder unter dem Durchschnitt
+liegende Ausstattung mit anderen Teilen der Liegenschaft,
+beispielsweise mit Balkonen, Terrassen, Keller- oder
+Dachbodenräumen, Hausgärten oder Abstellplätzen, ihre sonstige
+Ausstattung oder Grundrissgestaltung, eine gegenüber der
+mietrechtlichen Normwohnung bessere Ausstattung oder
+Grundrissgestaltung jedoch nur, wenn sie nicht allein auf Kosten
+des Hauptmieters vorgenommen wurde</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Alle zwei Jahre zum 1. April wird der Richtwert an die Inflation
-[...3 lines deleted...]
-entfällt die Erhöhung der Richtwerte für das Jahr 2025.</w:t>
+        <w:t xml:space="preserve">Der OGH (5 Ob 208/10i) billigt folgende Zu- und Abschläge vom
+Richtwert:
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 % Zuschlag für das Badezimmer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 % Zuschlag für die Parkettböden in fast allen
+Räumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 % Zuschlag für die Anschlussmöglichkeit von
+Geschirrspüler und Waschmaschine</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 % Zuschlag für die Begehung sämtlicher Räume vom Vorraum
+aus</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 % Zuschlag für die unverbaute Lage mit sehr schöner
+Aussicht aus den Zimmern</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 % Zuschlag für die besondere Ausgestaltung mit freien
+Balkonen von ca 30 m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:position w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 % Abstrich für die teilweise Ausrichtung zur Straße mit
+damit verbundenen Lärmbelästigungen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 % Abstrich für die fehlende Dachbodenmitbenützung</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Einen Zuschlag gab es nach der Judikatur für: Gegensprechanlage,
+Telefon, Telekabel, zentrales Vorzimmer, Parkettböden, optimalen
+Grundriss, Fenster im Badezimmer, Waschmaschinenanschluss, guten
+Zustand des Kellers, Heizung, Lift, Antenne, Garage, Kinderwagen-
+oder Fahrradabstellraum (MietSlg 54.283, 53.323, 53.322,
+50.334).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Einen Abschlag von 50 % für Kategorie C wurde durch einen
+20 %-Zuschlag für jene vorhandene Ausstattung, die der
+Kategorie B entspricht, teilweise ausgeglichen. Für das zweite WC
+wurde ein Zuschlag von 5 % für angemessen erachtet (5 Ob
+86/08w).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Für die höherwertige Ausstattung einer Küche mit Einbaumöbeln ist
+ebenso wenig ein Zuschlag zum Richtwert gerechtfertigt wie für die
+Trennung von Bad und WC und die Entlüftung beider Räume ins
+Freie.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Kein Zuschlag für ein Kellerabteil und die Dachbodenmitbenützung
+oder wenn ein Lift dauernd unbrauchbar ist
+(MietSlg 50.334)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Ausstattung der Wohnung mit den in § 3 Abs 4
+RichtWG angeführten Anlagen (Aufzug, Zentralheizung), Garagen,
+Flächen und Räumen, wobei die jeweiligen Zuschläge mit den bei der
+Ermittlung des Richtwerts abgezogenen Baukostenanteilen begrenzt
+sind</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Das Vorhandensein im Altgebäude üblicherweise fehlender Räume,
+Flächen oder Anlagen (etwa Heizung, Lift, Antenne, Garage,
+Kinderwagen- oder Fahrradabstellraum) rechtfertigt die Vereinbarung
+eines Zuschlags, sofern diese Einrichtungen vom Mieter mitbenützt
+werden können und nicht ohnedies ein gesondertes Entgelt für diese
+Nebenleistungen vereinbart wird. Solche werterhöhende, nach
+Verfügbarkeit nutzbare Anlagen müssen somit den Wohnwert des
+konkreten Objektes erhöhen. Verfügt ein Gebäude etwa über Einstell-
+oder Abstellplätze, die aber vom Mieter der Wohnung nicht
+wenigstens dann benützt werden können, wenn sie gerade frei sind,
+so rechtfertigt dies keinen Zuschlag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Verpflichtung des Vermieters zur Erhaltung einer
+Etagenheizung, die er errichtet oder deren Errichtungskosten er
+übernommen hat, durch einen entsprechenden Zuschlag</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Lage (Wohnumgebung) des Hauses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Der Lagezuschlag beträgt 0,33 vH der Differenz zwischen dem im
+Richtwert enthaltenen Grundkostenanteil und dem der Lage des Hauses
+entsprechenden Grundkostenanteil je Quadratmeter der Nutzfläche
+unter Berücksichtigung der nach der Bauordnung zulässigen
+Bebaubarkeit und darf verlangt werden, wenn die Lage
+überdurchschnittlich ist.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Die für den Lagezuschlag maßgebenden Umstände sind dem Mieter in
+Schriftform bis spätestens bei Zustandekommen des Mietvertrages
+ausdrücklich bekannt gegeben worden. Nach der Judikaturlinie des
+OGH zu § 16 Abs 4 MRG reichen im Mietvertrag folgende
+Hinweise aus: „ruhige, zentrumsnahe Lage in Innsbruck“, „zentrale
+Verkehrslage des Hauses in der Wiener Innenstadt“,
+„verkehrsgünstige Lage mit Grünblick“, „insbesondere Lagezuschlag
+(Villenviertel, Hausgarten)“, „Grünlage“, „Infrastruktur“,
+„Anbindung an das öffentliche Verkehrsnetz“.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Den Erhaltungszustand des Gebäudes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Abblätterungen und Abbröckelungen des Anstriches und Verputzes an
+der Fassade im Bereich leerstehender Geschäftslokale sowie Risse
+und Verputzabbröckelungen an mehreren Stellen im Bereich des
+Innenhofes des Hauses und Feuchtigkeitsschäden im Hausflur
+beeinträchtigen wohl das äußere Erscheinungsbild des Gebäudes,
+können aber keinen Abschlagsgrund bilden (MitSlg 51.317).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="515517592"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die gegenüber der mietrechtlichen Normwohnung niedrigere
+Ausstattungskategorie bei einer Wohnung der Ausstattungskategorie B
+und bei einer Wohnung der Ausstattungskategorie C durch
+entsprechende Abstriche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Das Landesgericht für Zivilrechtssachen Wien hat einen Abschlag von
+25 % vom Richtwert für Kategorie A für eine Wohnung ermittelt,
+in der die Küche über eine Warmwasseraufbereitung verfügte, aber
+unbeheizt war, das Bad durch die Küche entlüftet wurde und der
+Vorraum fehlte (MietSlg 56.297).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hinweis:</w:t>
+        <w:t xml:space="preserve">Vorbemerkung 3:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Über den Lagezuschlag hinaus wurde gesetzlich kein fixer Katalog an
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Der vereinbarte Hauptmietzins errechnet sich aus:</w:t>
+        <w:t xml:space="preserve">Entscheidend zur Berechnung von Ab- und Zuschlägen ist immer der
+Zustand der Mietwohnung im Zeitpunkt des Mietvertragsabschlusses.
+Spätere Verbesserungen bzw Verschlechterungen des Mietgegenstandes
+sind unbeachtlich.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10815"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1"/>
+        <w:gridCol w:w="1"/>
+        <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="363A40"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dem Hauptmietzins von monatlich EUR … [Betrag] und</w:t>
-[...108 lines deleted...]
-berücksichtigt:</w:t>
+              <w:t xml:space="preserve">Höhe</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der vereinbarte Hauptmietzins errechnet sich aus:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="NormalTablePHPDOCX"/>
               <w:tblW w:w="5000" w:type="pct"/>
               <w:tblInd w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil" w:color="363A40" w:sz="0"/>
                 <w:left w:val="nil" w:color="363A40" w:sz="0"/>
                 <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
                 <w:right w:val="nil" w:color="363A40" w:sz="0"/>
               </w:tblBorders>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="10815"/>
-[...1 lines deleted...]
-              <w:gridCol w:w="1560"/>
+              <w:gridCol w:w="1"/>
+              <w:gridCol w:w="1"/>
+              <w:gridCol w:w="1"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="0" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="10815" w:type="dxa"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="auto"/>
                     <w:left w:w="0" w:type="auto"/>
                     <w:bottom w:w="0" w:type="auto"/>
                     <w:right w:w="120" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Hauptmietzins ohne Befristung</w:t>
+                    <w:t xml:space="preserve">3.1.1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1395" w:type="dxa"/>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:gridSpan w:val="3"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="auto"/>
                     <w:left w:w="0" w:type="auto"/>
                     <w:bottom w:w="0" w:type="auto"/>
                     <w:right w:w="120" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">EUR</w:t>
+                    <w:t xml:space="preserve">Dem Hauptmietzins von monatlich EUR … [Betrag] und der
+jeweiligen gesetzlichen Umsatzsteuer.</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:position w:val="0"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t xml:space="preserve">Hinweis:</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:position w:val="0"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t xml:space="preserve">Gem § 10 Abs 2 Z 3 lit a UStG beträgt die
+Umsatzsteuer für die Vermietung zu Wohnzwecken 10 %, sonst
+20 %. Befristungsabschlag: Im vereinbarten Hauptmietzins
+(Hauptmietzins, Anteil an Betriebskosten und öffentlichen Abgaben
+und an der gesetzlichen Umsatzsteuer) ist der in § 16
+Abs 7 MRG vorgesehene Abschlag auf die Befristungsdauer
+(25 %) wie folgt berücksichtigt:</w:t>
                   </w:r>
                 </w:p>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblStyle w:val="NormalTablePHPDOCX"/>
+                    <w:tblW w:w="5000" w:type="pct"/>
+                    <w:tblInd w:w="0" w:type="auto"/>
+                    <w:tblBorders>
+                      <w:top w:val="nil" w:color="363A40" w:sz="0"/>
+                      <w:left w:val="nil" w:color="363A40" w:sz="0"/>
+                      <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
+                      <w:right w:val="nil" w:color="363A40" w:sz="0"/>
+                    </w:tblBorders>
+                    <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="1"/>
+                    <w:gridCol w:w="1"/>
+                    <w:gridCol w:w="1"/>
+                  </w:tblGrid>
+                  <w:tr>
+                    <w:trPr>
+                      <w:trHeight w:val="0" w:hRule="atLeast"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="6195" w:type="dxa"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Hauptmietzins ohne Befristung</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="3390" w:type="dxa"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">EUR</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="0" w:type="auto"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">…</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr>
+                    <w:trPr>
+                      <w:trHeight w:val="0" w:hRule="atLeast"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="6195" w:type="dxa"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Abzüglich 25 % Befristungsabschlag</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="3390" w:type="dxa"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">EUR</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="0" w:type="auto"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">…</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr>
+                    <w:trPr>
+                      <w:trHeight w:val="0" w:hRule="atLeast"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="6195" w:type="dxa"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Hauptmietzins im Befristungszeitraum</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="3390" w:type="dxa"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">EUR</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="0" w:type="auto"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="auto"/>
+                          <w:left w:w="0" w:type="auto"/>
+                          <w:bottom w:w="0" w:type="auto"/>
+                          <w:right w:w="120" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="top"/>
+                      </w:tcPr>
+                      <w:p>
+                        <w:pPr>
+                          <w:widowControl w:val="on"/>
+                          <w:pBdr/>
+                          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                          <w:jc w:val="left"/>
+                          <w:textAlignment w:val="top"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">…</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p/>
               </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="0" w:hRule="atLeast"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1560" w:type="dxa"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="auto"/>
                     <w:left w:w="0" w:type="auto"/>
                     <w:bottom w:w="0" w:type="auto"/>
                     <w:right w:w="120" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">…</w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
-            </w:tr>
-[...3 lines deleted...]
-              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="10815" w:type="dxa"/>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:gridSpan w:val="3"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="auto"/>
                     <w:left w:w="0" w:type="auto"/>
                     <w:bottom w:w="0" w:type="auto"/>
                     <w:right w:w="120" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Abzüglich 25 % Befristungsabschlag</w:t>
+                    <w:t xml:space="preserve">Hinweis:</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:position w:val="0"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t xml:space="preserve">Der Befristungsabschlag wird lediglich bei befristeten
+Mietverhältnissen, die dem Vollanwendungsbereich des MRG
+unterliegen, berücksichtigt. Diese Verminderung gilt im Fall der
+Umwandlung in einen Mietvertrag auf unbestimmte Zeit ab dem
+Umwandlungszeitpunkt nicht mehr.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="0" w:hRule="atLeast"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1395" w:type="dxa"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="auto"/>
                     <w:left w:w="0" w:type="auto"/>
                     <w:bottom w:w="0" w:type="auto"/>
                     <w:right w:w="120" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">EUR</w:t>
+                    <w:t xml:space="preserve">3.1.2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1560" w:type="dxa"/>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:gridSpan w:val="3"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="auto"/>
                     <w:left w:w="0" w:type="auto"/>
                     <w:bottom w:w="0" w:type="auto"/>
                     <w:right w:w="120" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">…</w:t>
+                    <w:t xml:space="preserve">Zwischen den Parteien wird festgehalten, dass der unter Punkt
+3.1. angeführte Hauptmietzins nach dem Richtwertgesetz unter
+Zugrundelegung des Richtwertmietzinses, sowie Zu- und Abschläge und
+eines Lagezuschlages, der sich aus dem Grundkostenanteil im
+Vergleich zu der im RichtWG festgesetzten Durchschnittslage ergibt,
+berechnet wird.</w:t>
                   </w:r>
                 </w:p>
-              </w:tc>
-[...16 lines deleted...]
-                </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Hauptmietzins im Befristungszeitraum</w:t>
+                    <w:t xml:space="preserve">Der Mieter nimmt ausdrücklich zur Kenntnis, dass aufgrund der
+besonderen Lage des Mietobjektes, insbesondere der Ruhelage und der
+günstigen Verkehrsanbindungen in (… genau ausführen, warum das so
+ist), der vereinbarte Richtwertmietzins (Punkt 3.1) einen
+Lagezuschlag zum gesetzlichen Richtwert beinhaltet.</w:t>
                   </w:r>
                 </w:p>
-              </w:tc>
-[...11 lines deleted...]
-                </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="on"/>
                     <w:pBdr/>
                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
                     <w:ind w:left="0" w:right="0"/>
                     <w:jc w:val="left"/>
                     <w:textAlignment w:val="top"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">EUR</w:t>
+                    <w:t xml:space="preserve">Hinweis:</w:t>
                   </w:r>
-                </w:p>
-[...22 lines deleted...]
-                  </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:position w:val="0"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">…</w:t>
+                    <w:br/>
+                    <w:t xml:space="preserve">Die für einen Lagezuschlag maßgebenden Umstände müssen gem
+§ 16 Abs 4 MRG dem Mieter spätestens bei
+Mietvertragsabschluss bekannt gegeben werden.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
-          <w:p>
-[...38 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
@@ -2041,120 +3162,321 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zwischen den Parteien wird festgehalten, dass der unter Punkt
-[...47 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Wertsicherungsvereinbarung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der vereinbarte Hauptmietzins wird „wertgesichert gem § 1
+Abs 2 und Abs 3 MieWeG“ vereinbart.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der vereinbarte Hauptmietzins wird nach § 5 Richtwertgesetz
+(RichtWG) unter Zugrundelegung des Richtwertmietzinses, sowie Zu-
+und Abschläge und eines Lagezuschlags berechnet.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ausgangsbasis für die Wertsicherung ist der im Zeitpunkt des
+Vertragsabschlusses wirksame Richtwert.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wenn aufgrund gesetzlicher Änderungen die Wertsicherung nicht
+mehr möglich sein sollte, erfolgt eine solche nach dem von der
+Bundesanstalt Statistik Austria monatlich verlautbarten
+Verbraucherpreisindex 2020 oder dem an seine Stelle tretenden
+Index.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die durch die Wertsicherung eingetretene Erhöhung des Mietzinses
+wird dem Mieter vom Vermieter schriftlich bekannt gegeben, dies
+spätestens 14 Tage vor dem Zeitraum, zu dem dann der Mieter zur
+Bezahlung des erhöhten Betrages verpflichtet ist.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Die für einen Lagezuschlag maßgebenden Umstände müssen gem
-[...1 lines deleted...]
-Mietvertragsabschluss bekannt gegeben werden.</w:t>
+              <w:t xml:space="preserve">Mit dem 5. MILG ist auch § 5 Abs 2 Richtwertgesetz
+geändert worden. Diese Änderung sieht im Wesentlichen vor, dass die
+gesetzliche Valorisierung der mietrechtlichen Kategoriebeträge und
+der mietrechtlichen Richtwerte mit der Systematik des MieWeG
+gleichgeschaltet wird. Dies heißt: Es gibt im Jahr 2026 eine
+Anhebungsgrenze von 1 % und im Jahr 2027 eine solche von
+2 %. Ab dem Jahr 2028 wird bei einer Vorjahresinflation von
+mehr als 3 % der Teil, der 3 % übersteigt, im Rahmen der
+Mietzinserhöhung nur zur Hälfte berücksichtigt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beispiel:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Beträgt die Veränderung der mietrechtlichen Rechtwerte 4,6 %,
+dürfen nur 3,8 % berücksichtigt werden (3 % + die Hälfte
+von 1,6 %= 0 0,8 % = 3,8 %).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">In einem Wohnungsmietvertrag kann gem § 2 MieWeG eine
+Wertsicherung auch durch bloße Bezugnahme auf § 1 Abs 2
+MieWeG sowie gegebenenfalls auf § 1 Abs 3 MieWeG wirksam
+vereinbart werden.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">§ 2 MieWeG gilt auch für Richtwertmietzinse.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2185,240 +3507,240 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der vereinbarte Hauptmietzins wird mit dem Richtwertmietzins
-[...123 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Betriebskosten</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neben dem Hauptmietzins hat der Mieter auch den Anteil an den
+Betriebskosten in der Höhe von monatlich EUR ..., der
+entsprechend dem Nutzflächenschlüssel für diesen Mietgegenstand
+derzeit … % beträgt, zu entrichten.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Mit einer Wertsicherungsvereinbarung soll ein Ausgleich für die
-[...23 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Jeder Mieter hat einen Anteil an den Gesamtkosten entsprechend der
+Nutzfläche des von ihm gemieteten Objektes zu zahlen. Der Anteil
+richtet sich nach dem Verhältnis der Nutzfläche des gemieteten
+Objektes zur Nutzfläche aller Mietobjekte.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Im Einzelfall kann eine durch Wertsicherung dem Mieter
-[...2 lines deleted...]
-ist (vgl 10 Ob 23/24s).</w:t>
+              <w:t xml:space="preserve">Die Nutzfläche wird nach dem Naturmaß berechnet und ist die
+Bodenfläche eines Mietobjektes abzüglich der Wandstärke. Keine
+Nutzfläche und daher in die Berechnung nicht einzubeziehen sind
+Keller, Dachbodenabteile, Treppen, Balkone und Terrassen. Verändert
+sich die Nutzfläche in einem Mietobjekt aufgrund baulicher
+Maßnahmen durch den Mieter, wird das bis zur Beendigung des
+Mietvertrages nicht berücksichtigt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Im Vollanwendungsbereich des MRG dürfen den Mietern folgende Kosten
+als Betriebskosten anteilig weiterverrechnet werden: Wasser- und
+Abwassergebühren inkl Wartungsgebühren, Kosten der Eichung, Wartung
+und Ablesung von Messvorrichtungen zur Verbrauchsermittlung,
+Rauchfangkehrerkosten, Kanalräumungskosten, Müllabfuhr,
+Schädlingsbekämpfungskosten, Beleuchtungskosten des allgemeinen
+Teils des Hauses, Feuerversicherung, Haftpflichtversicherung,
+Leitungswasserschädenversicherung, Versicherung gegen Glasbruch und
+Sturmschäden, Kosten der Verwaltung, Hausbetreuungskosten (externe
+Hausbetreuung oder Hausbesorger nach dem alten
+Hausbesorgergesetz).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Die anteilig anrechenbaren öffentlichen Abgaben sind die von der
+Liegenschaft zu entrichtenden laufenden öffentlichen Abgaben mit
+Ausnahme solcher, die nach landesgesetzlichen Bestimmungen auf die
+Mieter nicht überwälzt werden dürfen. Überwälzbar sind demnach
+beispielsweise die Grundsteuer und die aufgrund landesgesetzlicher
+Bestimmungen zu entrichtenden laufenden Abgaben, wie etwa die
+Gebrauchsabgabe des Landes Wien für die Inanspruchnahme
+öffentlichen Luftraumes („Luftsteuer“) oder in der Stadt Innsbruck
+die „Gehsteigabgabe“. Nicht überwälzbar ist beispielsweise für
+einen von den Mietern nicht benützten Garten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2449,127 +3771,244 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neben dem Hauptmietzins hat der Mieter auch den Anteil an den
-[...19 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Der Mieter hat weiters den Anteil für besondere Aufwendungen,
+insbesondere für … gemäß obigem Prozentsatz zu entrichten.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Vgl § 21 MRG</w:t>
-[...16 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Sofern der Hauptmieter einer Wohnung aufgrund des Mietvertrages
+oder einer anderen Vereinbarung berechtigt ist, eine der
+gemeinsamen Benützung der Bewohner dienende Anlage des Hauses
+(Personenaufzug, Zentralheizung, Waschküche, etc) zu benützen, muss
+er gem § 24 Abs 1 MRG ebenfalls einen Teil der
+anfallenden Gesamtkosten des Betriebes dieser Anlage mittragen. Die
+Aufteilung der Kosten erfolgt wie bei den Betriebskosten, dh nach
+dem Nutzflächenschlüssel, sofern nicht zwischen dem Vermieter und
+allen Mietern ein anderer Aufteilungsschlüssel vereinbart worden
+ist.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Nach dem Nutzflächenschlüssel sind alle Wohnungen im Haus (auch die
-unvermieteten, jedoch vermietbaren) zu berücksichtigen.</w:t>
+              <w:t xml:space="preserve">Eine Vereinbarung über die Liftbenützung für Erdgeschoßmieter ist
+hingegen in der Regel unwirksam und eine Weiterverrechnung der
+Kosten unzulässig.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Können bei Gemeinschaftsanlagen die Energiekosten den Benützern
+zugeordnet werden, so dürfen diese Energiekosten in pauschalierter
+Form (zB durch Münzautomaten) von den Benützern eingehoben werden.
+Diese Entgelte sind in der Abrechnung als Einnahmen
+auszuweisen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Bezüglich der Heiz- und Warmwasserkosten einer gemeinsamen
+Wärmeversorgungsanlage sind primär die Verteilungsregelungen des
+Heizkostenabrechnungsgesetzes anzuwenden.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Bei Grünanlagen handelt es sich um Gemeinschaftseinrichtungen
+besonderer Art, bei der es grundsätzlich nicht notwendig bzw üblich
+ist, besondere Vereinbarungen über die Benützung zu treffen.
+Lediglich dann, wenn das alleinige Nutzungsrecht einzelnen Mietern
+oder dem Vermieter vorbehalten ist, können die Kosten hierfür nicht
+den übrigen Mietern weiterverrechnet werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2600,127 +4039,263 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der Mieter hat den Anteil für besondere Aufwendungen
-[...19 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Betriebskostenabrechnung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mieter ist damit einverstanden, dass für die Betriebskosten,
+sowie Zuschläge für sonstige besondere Aufwendungen monatliche
+Pauschalbeträge in gleichbleibender Höhe gegen einmalige jährliche
+Verrechnung entrichtet werden.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nach Ablauf des jeweiligen Kalenderjahres werden die
+tatsächlichen Betriebskosten abgerechnet und dem Mieter entweder
+eine Gutschrift erteilt oder er hat die Mehrkosten mit der
+nachfolgenden Monatsvorschreibung zu bezahlen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Vgl § 23 ff 4 MRG</w:t>
-[...16 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Es gibt zwei Arten der Betriebskostenabrechnung: die
+Einzelvorschreibung und die Pauschalverrechnung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Gegebenenfalls sind die Vorschriften des
-Heizkostenabrechnungsgesetzes zu beachten.</w:t>
+              <w:t xml:space="preserve">Bei der Pauschalverrechnung wird den Mietern jährlich ein monatlich
+gleichbleibender Betrag vorgeschrieben. Bis spätestens 30.06. eines
+jeden Kalenderjahres muss der Vermieter den Mietern eine Abrechnung
+der Betriebskosten des Vorjahres erstellen und an einer geeigneten
+Stelle im Haus allen Mietern zur Einsichtnahme auflegen. Die
+Aufstellung muss in einer übersichtlichen und für einen
+durchschnittlichen Mieter nachvollziehbaren Form erfolgen. Eine
+Übersendung an jeden einzelnen Mieter ist nicht erforderlich. Die
+Mieter können in die Belege einsehen und auf ihre Kosten Kopien
+anfertigen lassen. Das neue monatliche Akonto wird auf Basis der
+vorangegangenen Jahresabrechnung ermittelt und darf diesen Betrag
+um 10 % übersteigen. Weist die Betriebskostenabrechnung ein
+Guthaben aus, muss dies den Mietern bis zum übernächsten
+Zinsfälligkeitstermin (zB Datum der Abrechnung 30.06., Rückzahlung
+spätestens 01.08.) zurückerstattet werden. Ein allfälliger
+Fehlbetrag ist vom Mieter zum übernächsten Zinstermin nachzuzahlen.
+Das Recht zur Rückforderung bzw die Pflicht zur Nachzahlung trifft
+denjenigen, der zu diesem Zeitpunkt Hauptmieter ist, selbst wenn er
+nicht die volle Abrechnungsperiode Hauptmieter war.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Vermieter hat Betriebskosten und öffentliche Abgaben
+innerhalb eines Jahres geltend zu machen. Die Frist zur
+Geltendmachung beginnt mit Ablauf des Kalenderjahres zu laufen, in
+dem die Kosten gegenüber dem Vermieter fällig geworden sind. Es
+handelt sich dabei um eine so genannte Präklusionsfrist. Dies
+bedeutet, dass Betriebskosten und Abgaben, deren Fälligkeit vor
+mehr als einem Jahr eingetreten ist, nicht mehr geltend gemacht
+werden können. Für die rechtzeitige Geltendmachung reicht es aus,
+eine Aufstellung der Ausgabenposten, die der Vermieter als
+Betriebskosten und Abgaben verrechnen will, samt Belegen zu
+erstellen. Wurden die Betriebskosten und öffentlichen Abgaben auf
+diese Weise geltend gemacht, können sie als Teil des gesetzlichen
+Mietzinses innerhalb der Verjährungsfrist von drei Jahren gegenüber
+dem Mieter geltend gemacht werden.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Im Falle der Einzelvorschreibung kann der Vermieter die
+Betriebskosten und öffentlichen Abgaben zum 1. des jeweiligen
+Monats vorschreiben, die spätestens an diesem Tag fällig werden.
+Dem Mieter ist die Höhe wenigstens drei Tage im Vorhinein unter
+Vorlage der Rechnungsbelege nachzuweisen. Kosten, deren Fälligkeit
+vor mehr als einem Jahr eingetreten ist, können nicht mehr geltend
+gemacht werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2751,54 +4326,113 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der Mieter ist damit einverstanden, dass für die Betriebskosten,
-[...2 lines deleted...]
-gegen einmalige jährliche Verrechnung entrichtet werden.</w:t>
+              <w:t xml:space="preserve">Fälligkeit</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der vereinbarte Mietzins samt allem Anhang ist im Voraus
+monatlich jeweils am 5. eines Monats zu entrichten. Die Zahlung des
+monatlichen Mietzinses hat ausschließlich durch Überweisung auf das
+vom Vermieter bekanntzugebende Konto zu erfolgen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Kommt aufgrund des Mietgegenstandes das MRG zur Anwendung, ist der
+Mietzins am Fünften des Kalendermonats zu entrichten, sofern kein
+späterer Zahlungstermin vereinbart ist (§ 15 Abs 3 MRG).
+Es darf kein früherer Zahlungstermin vereinbart werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2829,132 +4463,78 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der vereinbarte Mietzins samt allem Anhang ist im Voraus
-[...80 lines deleted...]
-übersteigen.</w:t>
+              <w:t xml:space="preserve">Sonstige Kosten</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Im Mietzins nicht enthalten sind die Kosten für Strom,
+Warmwasser, Heizung und diverse Nebengebühren, wie Rundfunk- und
+Fernsehgebühren, Telefonkosten, usw. Diesbezüglich hat der Mieter
+selbst direkt mit den jeweiligen Versorgungsunternehmen die
+entsprechenden Verträge im eigenen Namen und auf eigene Rechnung
+abzuschließen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2985,200 +4565,143 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Die Zahlung des monatlichen Mietzinses hat ausschließlich durch
-[...96 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Aufrechnung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Aufrechnung von Gegenforderungen gegen den Mietzins ist –
+ausgenommen im Fall der Zahlungsunfähigkeit des Vermieters –
+ausgeschlossen, soweit sie nicht im rechtlichen Zusammenhang mit
+dem Mietverhältnis stehen oder gerichtlich festgestellt oder vom
+Vermieter anerkannt wurden.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Im Verhältnis zwischen Unternehmer und Verbraucher ist ein
-Kompensationsverbot sittenwidrig. Dies gilt unter anderem auch für
-[...7 lines deleted...]
-Kompensationsverbot auch für konnexe Gegenforderungen des Mieters
+Kompensationsverbot (Aufrechnungsverbot) sittenwidrig. Dies gilt
+unter anderem auch für konnexe Gegenforderungen (§ 6
+Abs 1 Z 8 KSchG). Anderes gilt im Fall eines unter
+Verbrauchern abgeschlossenen Mietvertrags. Das
+Konsumentenschutzgesetz (KSchG) ist nicht unmittelbar anzuwenden.
+Aus dem bloßen Umstand, dass zwischen einem Vermieter und einem
+Mieter ein wirtschaftliches Ungleichgewicht bestehen vermag, kann
+auch nicht die analoge Anwendung von Bestimmungen des KSchG
+abgeleitet werden. Daher ist ein Kompensationsverbot
+(Aufrechnungsverbot) auch für konnexe Gegenforderungen des Mieters
 gegen Mietzinsforderungen des Vermieters grundsätzlich
 zulässig.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Kaution</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3265,76 +4788,74 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Mieter übergibt dem Vermieter bei Abschluss dieses
 Mietvertrags als Kaution einen Geldbetrag in Höhe von EUR …
 [Betrag].</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Nach der Rechtsprechung ist im Vollanwendungsbereich grundsätzlich
-[...4 lines deleted...]
-werden.</w:t>
+              <w:t xml:space="preserve">Nach der Rechtsprechung ist im Vollanwendungsbereich des MRG
+grundsätzlich eine Kaution in Höhe von sechs Bruttomonatsmieten
+zulässig; eine höhere Kaution bedarf eines besonderen
+Sicherstellungsinteresses. Sollte ein solches bestehen, sollte
+dieses auch unbedingt im Mietvertrag als Grund für eine höhere
+Kaution festgehalten werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -3388,92 +4909,96 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Veranlagung und Verzinsung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Vermieter ist zur fruchtbringenden Anlegung des
-Kautionsbetrages iSd § 16b Abs 1 MRG verpflichtet.</w:t>
-[...16 lines deleted...]
-                <w:bCs/>
+Kautionsbetrages iSd § 16b Abs 1 MRG verpflichtet. Der
+Vermieter wird diesen Geldbetrag auf einem Sparbuch oder Sparkonto
+anlegen, und den Mieter darüber informieren. Vorbehaltlich
+Gegenforderungen wird der Vermieter dem Mieter nach Rückstellung
+des Mietgegenstandes die Kaution zuzüglich Zinsen abzüglich
+Veranlagungskosten ausfolgen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Wenn die Kaution dem Vermieter nicht ohnehin bereits in Gestalt
-eines Sparbuchs, sondern als Geldbetrag übergeben wird, hat sie der
-[...3 lines deleted...]
-gute Verzinsung – insbesondere durch Anwendbarkeit der gesetzlichen
+eines Sparbuchs oder eines Sparkontos, sondern als Geldbetrag
+übergeben wird, hat sie der Vermieter auf einem Sparbuch oder auf
+einem Sparkonto fruchtbringend zu veranlagen und den Mieter darüber
+auf Verlangen schriftlich zu informieren. Andere Arten der
+Kautionsveranlagung sind zulässig, wenn sie eine gleich gute
+Verzinsung – insbesondere durch Anwendbarkeit der gesetzlichen
 Einlagensicherung – eine gleich hohe Sicherheit wie eine
 Spareinlage bieten und wenn sie eine eindeutige Abgrenzung vom
 Vermögen des Vermieters und bei dessen Insolvenz eine Absonderung
 ermöglichen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
@@ -3508,76 +5033,82 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergänzungspflicht</w:t>
-[...24 lines deleted...]
-ergänzen.</w:t>
+              <w:t xml:space="preserve">Verwendungszweck</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Kaution dient zur Sicherstellung für sämtliche Forderungen
+des Vermieters gegen den Mieter aus dem Mietverhältnis,
+insbesondere wegen Mietzinsausfällen betreffend das gegenständliche
+Mietobjekt, welcher Art auch immer (einschließlich anteiliger
+Betriebskosten), Abnützung, Beschädigung, Devastierung des
+Mietgegenstandes, Entfernung oder Vernichtung von Inventar und
+Beschädigungen anderer Teile des Hauses. Die Kaution gilt
+insbesondere zur Absicherung des Vermieters für eine ordnungsgemäße
+Rückgabe des Mietgegenstandes nach Beendigung des
+Mietverhältnisses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -3608,288 +5139,176 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verwendungszweck</w:t>
-[...104 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Zurückstellung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Nach Beendigung des Mietverhältnisses hat der Vermieter dem
 Mieter die Kaution samt den aus ihrer Veranlagung erzielten Zinsen
 unverzüglich zurückzustellen, soweit die Kaution nicht zur Tilgung
 von Forderungen des Vermieters aus dem Mietverhältnis herangezogen
 wird.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Nach § 16b Abs 2 MRG hat der Vermieter nach Beendigung
 des Mietvertrages dem Mieter die Kaution samt den aus ihrer
 Veranlagung erzielten Zinsen unverzüglich zurückzustellen, soweit
 sie nicht zur Tilgung von berechtigten Forderungen des Vermieters
 aus dem Mietverhältnis herangezogen wird.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Übergabe/Übernahme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit Abschluss dieses Mietvertrages mietet der Mieter das in
 Punkt 1 genannte Mietobjekt zu den Bedingungen dieses
-Mietvertrages. Er bestätigt gleichzeitig, dass sich der
-[...1 lines deleted...]
-befunden hat.</w:t>
+Mietvertrages. Beide Vertragsparteien bestätigen gleichzeitig, dass
+sich der Mietgegenstand bei Übergabe in einem guten und brauchbaren
+Zustand befunden hat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Erhaltung und Schutz des
 Mietgegenstandes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
@@ -3937,109 +5356,164 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der Mieter ist verpflichtet, alles für die Erhaltung des guten
-[...57 lines deleted...]
-ein Verschulden trifft.</w:t>
+              <w:t xml:space="preserve">Erhaltungspflicht</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mieter ist verpflichtet, alles für die Erhaltung des
+Zustandes im Inneren des Mietobjektes zu unternehmen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mieter erklärt, den Mietgegenstand in einem guten und
+brauchbaren Zustand übernommen zu haben.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mieter verpflichtet sich, den Mietgegenstand sowie alle in
+diesem Mietgegenstand enthaltenen Einrichtungs- und
+Ausstattungsgegenstände, die in einer diesem Vertrag
+angeschlossenen Inventarliste aufgezählt und beschrieben sind und
+dem Mieter zur Benützung überlassen wurden, schonend zu
+behandeln.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Eine generelle Überwälzung von Erhaltungspflichten auf den Mieter,
+ohne dafür ein entsprechendes Äquivalent zu gewähren, wird von der
+Rechtsprechung jedoch als sachlich nicht gerechtfertigte Abweichung
+vom dispositiven Recht (§§ 3 und 8 MRG) gesehen. Derartige
+Vertragsklauseln werden nach der jüngeren Rechtsprechung der
+Inhaltskontrolle gem § 879 Abs 3 ABGB unterzogen und
+können im Einzelfall gröblich benachteiligend und nichtig sein.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4070,92 +5544,111 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der Mieter ist verpflichtet, den Mietgegenstand und die für den
-[...21 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Anzeigepflicht</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Werden am Mietgegenstand Ausbesserungen notwendig, deren
+Vornahme dem Vermieter obliegen, so ist der Mieter bei sonstigem
+Schadenersatz verpflichtet, dem Vermieter diese unverzüglich
+anzuzeigen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Vgl § 8 Abs 1 MRG.</w:t>
+              <w:t xml:space="preserve">Diese Klausel entspricht § 1097 ABGB und ist nicht
+sittenwidrig.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4186,97 +5679,78 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ferner hat der Mieter den Mietgegenstand und die für den
-[...45 lines deleted...]
-Z2a MRG.</w:t>
+              <w:t xml:space="preserve">Duldungspflicht</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mieter hat die vorübergehende Benützung und die Veränderung
+seines Mietgegenstandes zuzulassen, wenn dies zur Durchführung von
+Erhaltungs- oder Verbesserungsarbeiten an allgemeinen Teilen des
+Hauses oder zur Behebung ernster Schäden des Hauses in seinem oder
+einem anderen Mietobjekt (Wohnungseigentumsobjekt) notwendig oder
+zweckmäßig ist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4307,77 +5781,97 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Sicherheitsbeschränkungen</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Dem Mieter ist es ausdrücklich untersagt Geräte aller Art zu
 installieren, welche nicht den zum jeweiligen Zeitpunkt gültigen
 Sicherheitsvorschriften entsprechen. Insbesondere dürfen Strom- und
 Gasgeräte nicht angeschlossen werden, welche nicht den
 österreichischen Sicherheitsstandards entsprechen (ÖVE udgl).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Benützung des
 Mietgegenstandes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
@@ -4425,79 +5919,75 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Die Vornahme aller wesentlichen Veränderungen (Verbesserungen)
-[...27 lines deleted...]
-anzuzeigen.</w:t>
+              <w:t xml:space="preserve">Gesonderte Vereinbarung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Im gegenständlichen Mietvertrag nicht angeführte
+Liegenschaftsteile können nur durch gesonderte schriftliche
+Vereinbarung Gegenstand dieses Mietvertrages werden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4528,109 +6018,101 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Tierhaltung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Jegliche Tierhaltung im Mietobjekt ist nur in sachgerechter
 Weise und unter Rücksichtnahme auf die schutzwürdigen Interessen
 der übrigen Bewohner des Hauses zulässig. Bewirkt die Tierhaltung
 Übelstände im Mietobjekt oder an den allgemeinen Teilen des Hauses
 (wie insbesondere Schäden und Verunreinigungen) oder unzumutbare
 Beeinträchtigungen der Hausbewohner durch Lärm,
 Geruchsbelästigungen etc, so hat der Mieter über Aufforderung des
 Vermieters die im Mietobjekt gehaltenen Tiere zu entfernen.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Untersagt ist das Abstellen von Fahrzeugen jeder Art in den
-[...28 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Auch wenn die Tierhaltung im Mietvertrag nicht absolut verboten,
 sondern von der Zustimmung des Vermieters abhängig gemacht wurde,
 kann der Vermieter die Unterlassung einer solchen Tierhaltung, die
 ohne seine Bewilligung erfolgt, verlangen, ohne dass er triftige
 Gründe für sein Verlangen beweisen müsste (RS0014419).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
@@ -4696,52 +6178,50 @@
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Vermieter hat zwar die Möglichkeit, von Anfang an generell
 Tierhaltung im Mietobjekt zu verbieten. Räumt er dem Mieter jedoch
 eine von seiner Zustimmung abhängige Möglichkeit dazu ein, darf er
 diese nicht willkürlich ablehnen (6 Ob 129/08a).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Wurde vertraglich nichts vereinbart, kommt es für die Frage, ob der
 Mieter im Einzelfall berechtigt ist, Haustiere zu halten, auf den
 Zweck des Vertrages, auf den Ortsgebrauch und auf die Verkehrssitte
 an. Danach ist das Halten der üblichen Haustiere (insbesondere von
 Hunden und Katzen) regelmäßig erlaubt. Belästigungen, die über das
 zu duldende Normalmaß hinausgehen, müssen aber nicht hingenommen
 werden (RS0109603).</w:t>
@@ -4797,50 +6277,72 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Besitzstörung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Wird der Mieter im Genuss der Mietrechte gestört, ist er
 berechtigt, seine Ansprüche gegen den Störer selbst unmittelbar
 klageweise durchzusetzen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4874,55 +6376,77 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Hausordnung und Energieausweis</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Der Mieter verpflichtet sich zur Einhaltung der diesem Vertrag
 als Beilage ./A angeschlossenen und einen integrierenden
-Bestandteil desselben bildenden Hausordnung. Ferner bestätigt
-[...1 lines deleted...]
-Energieausweis-Vorlage-Gesetzes 2012, Beilage ./B.</w:t>
+Bestandteil desselben bildenden Hausordnung. Ferner bestätigt der
+Mieter den Erhalt einer Kopie des Energieausweises gem
+Energieausweis-Vorlage-Gesetz 2012, Beilage ./B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -4953,171 +6477,76 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der Vermieter oder ein von ihm Beauftragter (insbesondere
-[...119 lines deleted...]
-Folge hat.</w:t>
+              <w:t xml:space="preserve">Abstellen von Fahrzeugen und Transportmitteln</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Das Abstellen von Fahrzeugen und Transportmitteln, wie Fahrräder
+und Kraftfahrräder, Fahrzeuge, Kinderwägen, usw. außerhalb des
+Mietgegenstandes ist dem Mieter nur auf den rot eingezeichneten
+Flächen laut Lageplan, Beilage ./C., gestattet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -5148,77 +6577,94 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Die Ausschaltung oder Beeinträchtigung von
-[...3 lines deleted...]
-energietechnischen Anlagen.</w:t>
+              <w:t xml:space="preserve">Elektrobefund</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mieter bestätigt den Erhalt einer Kopie des Elektrobefundes,
+Beilage ./D.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Rückgabe des
 Mietgegenstandes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
@@ -5266,53 +6712,75 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Rückstellung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Nach Beendigung des Mietvertrags ist der Mieter verpflichtet,
 dem Vermieter das Mietobjekt – unter Berücksichtigung der
-gewöhnlichen Abnützung – in gleich gutem Zustand, wie bei Übergabe,
+gewöhnlichen Abnützung – in gleich gutem Zustand wie bei Übergabe
 zurückzugeben.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
@@ -5344,254 +6812,270 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Benützungsentgelt</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">Im Fall verspäteter Übergabe schuldet der Mieter dem Vermieter
-ein angemessenes Benützungsentgelt in Höhe des zuletzt
-gezahlten Mietzinses.</w:t>
+ein angemessenes Benützungsentgelt in Höhe des zuletzt gezahlten
+Mietzinses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Untervermietung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mieter ist – vorbehaltlich des § 11 MRG – nicht
 berechtigt, das Mietobjekt zur Gänze unterzuvermieten.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Auf ein vertragliches Verbot der Untervermietung kann sich der
 Vermieter gem § 11 Abs 1 MRG nur berufen, wenn ein
 wichtiger Grund gegen die Untervermietung vorliegt. Ein wichtiger
-Grund gegen die Untervermietung liegt vor, wenn</w:t>
+Grund gegen die Untervermietung liegt vor, wenn:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="438723164"/>
+          <w:numId w:val="783139441"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">der Mietgegenstand zur Gänze untervermietet werden soll;</w:t>
+        <w:t xml:space="preserve">Der Mietgegenstand zur Gänze untervermietet werden soll</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="438723164"/>
+          <w:numId w:val="783139441"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">der in Aussicht genommene Untermietzins eine im Vergleich zu
+        <w:t xml:space="preserve">Der in Aussicht genommene Untermietzins eine im Vergleich zu
 dem vom Untervermieter zu entrichtenden Mietzins und etwaigen
 sonstigen Leistungen des Untervermieters unverhältnismäßig hohe
-Gegenleistung darstellt;</w:t>
+Gegenleistung darstellt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="438723164"/>
+          <w:numId w:val="783139441"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">die Anzahl der Bewohner einer gemieteten Wohnung die Anzahl der
+        <w:t xml:space="preserve">Die Anzahl der Bewohner einer gemieteten Wohnung die Anzahl der
 Wohnräume übersteigt oder nach der Aufnahme des Untermieters
 übersteigen würde, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="438723164"/>
+          <w:numId w:val="783139441"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">wenn mit Grund zu besorgen ist, dass der Untermieter den
-Frieden der Hausgemeinschaft stören wird.</w:t>
+        <w:t xml:space="preserve">Wenn mit Grund zu besorgen ist, dass der Untermieter den
+Frieden der Hausgemeinschaft stören wird</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Vereinbarte Kündigungsgründe und
 Vertragsauflösung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
@@ -5639,96 +7123,211 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neben den im Gesetz vorgesehenen Kündigungsgründen wird als
-[...20 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Vereinbarter Kündigungsgrund</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Als wichtiger und bedeutsamer Kündigungsgrund seitens des
+Vermieters iSd § 30 Abs 2 Z 13 MRG ist anzusehen,
+wenn der Mietgegenstand nicht zur Befriedigung des dringenden
+Wohnbedürfnisses des Mieters regelmäßig verwendet wird.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hinweis:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Dem Benützer dieses Musters sei nochmals klargemacht, dass eine
 Kündigung grundsätzlich nur nach den wenigen gesetzlichen
 Kündigungsgründen möglich ist und allenfalls nach dem hier
 dargestellten Kündigungsgrund. Das Hinzuerfinden weiterer
 Kündigungsgründe, seien sie auch noch so logisch, führt zu nichts
 (vgl § 30 Abs 3 MRG)!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Nach § 30 Abs 2 Z 13 MRG können im Mietvertrag –
+ergänzend zum Katalog des § 30 Abs 2 MRG – wichtige und
+bedeutsame Umstände als Kündigungsgründe vereinbart werden. Der
+vereinbarte Kündigungsgrund muss bestimmt bezeichnet und für den
+Vermieter objektiv bedeutsam sein sowie den sonst in § 30
+Abs 2 MRG angeführten Gründen zwar nicht gleich-, aber doch
+nahekommen (RIS-Justiz RS0070752, RIS-Justiz RS0070705). Jene
+Tatsache, die den Kündigungsgrund bilden soll, muss also bereits im
+Mietvertrag zur Gänze konkret angeführt werden. Es reicht nicht
+aus, nur einen allgemeinen Tatbestand (zB Verkauf oder Eigenbedarf)
+zu nennen und die Konkretisierung der Kündigung zu überlassen
+(RIS-Justiz RS007079). Beispielsweise kann also nicht der
+Eigenbedarf schlechthin, sondern nur ein ganz bestimmter Fall von
+Eigenbedarf als Endigungsgrund für das Mietverhältnis rechtswirksam
+vereinbart werden, und dieser Fall muss sodann tatsächlich
+eingetreten sein (RIS-Justiz RS0070705).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Nach § 30 Abs 3 MRG ist eine Vereinbarung
+rechtsunwirksam, wonach dem Vermieter das Kündigungsrecht
+unbeschränkt oder in einem weiteren als dem nach § 30
+Abs 1 und 2 MRG bestimmten Maß zustehen soll. Diese zwingende
+Bestimmung kann nicht dadurch umgangen werden, dass ein nicht den
+Kündigungstatbeständen zu unterstellendes Verhalten als
+Kündigungsgrund vereinbart wird. Als solche unzulässige Umgehung
+der Kündigungsbeschränkungen wurde etwa die schriftliche
+Vereinbarung der Veräußerung der Liegenschaft als wichtiger Umstand
+für die Kündigung ohne besonderes Bedürfnis des Vermieters nach
+dieser Auflösungsmöglichkeit gewertet (RIS-Justiz RS0070712) und
+demgemäß auch ausgesprochen, dass im Allgemeinen die Veräußerung
+des Bestandobjekts für sich allein nicht als wichtiger Umstand für
+die Kündigung angesehen werden kann (3 Ob 181/1h, usw).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -5759,1372 +7358,790 @@
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dessen unbeschadet steht dem Vermieter jederzeit das Recht zu,
-den Mietvertrag iSd Bestimmungen des § 1118 ABGB fristlos
+              <w:t xml:space="preserve">Vertragsauflösung des Mieters</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dessen unbeschadet steht dem Mieter jederzeit das Recht zu, den
+Mietvertrag iSd Bestimmungen des § 1117 ABGB vorzeitig
 aufzulösen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Nicht jede Vertragsverletzung versetzt den Mieter in die Lage, gem
+§ 1117 ABGB, die Vertragsauflösung zu erklären, sondern nur
+dann, wenn die in § 1117 ABGB verwirklichten Tatbestände
+vorliegen. Die Verletzung irgendeiner Nebenabrede dieses Vertrages
+wird dazu regelmäßig nicht ausreichen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Gerichtsstand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Vertragsparteien vereinbaren für sämtliche Streitigkeiten
 aus diesem Vertragsverhältnis die ausschließliche und alleinige
 Zuständigkeit des Bezirksgerichts … [Angabe des
 Bezirksgerichts].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Kosten und Gebühren</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Kosten der Errichtung dieses Mietvertrages trägt der
 Vermieter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Seit dem Erkenntnis des OGH (wobl 1993/125 zust </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Würth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)
 können diese Kosten nicht mehr auf den Mieter überwälzt werden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hinweis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Mietvertragserrichtungskosten werden manchmal bei Abschluss eines
+Mietvertrages für den dadurch entstandenen Aufwand vom Mieter
+verlangt. Es gibt dafür keine gesetzliche Grundlage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Seit 11.11.2017 entfällt durch die Novelle
 BGBl Nr 147/2017 die Gebühr für Mietverträge über
 Wohnraum, die ab dem 11. November 2017 abgeschlossen werden. Für
 Mieter fallen somit keine Kosten für die Vergebührung des Vertrages
 an.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Schlüssel</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Vermieter übergibt dem Mieter anlässlich des
-Vertragsabschlusses fünf Schlüssel, weitere Schlüssel hat der
-[...57 lines deleted...]
-        <w:t xml:space="preserve">Anmerkungen:</w:t>
+Vertragsabschlusses fünf Schlüssel: … [Es folgt eine Aufzählung der
+Schlüssel].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zu Punkt 3. Mietzins: Richtwerte</w:t>
-[...19 lines deleted...]
-wie folgt:</w:t>
+        <w:t xml:space="preserve">14. Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
-        <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
-              <w:right w:w="0" w:type="auto"/>
+              <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Burgenland:</w:t>
+              <w:t xml:space="preserve">14.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
-              <w:right w:w="0" w:type="auto"/>
+              <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUR</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">6,09</w:t>
+              <w:t xml:space="preserve">Schriftform</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Parteien erklären übereinstimmend, dass mit Ausnahme dieses
+Vertrages keine weiteren Abreden bestehen. Sie versprechen einander
+überdies, künftige Abänderungen dieses Vertrages ausschließlich der
+Schriftform vorzubehalten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
-              <w:right w:w="0" w:type="auto"/>
+              <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kärnten:</w:t>
+              <w:t xml:space="preserve">14.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
-              <w:right w:w="0" w:type="auto"/>
+              <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUR</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">7,81</w:t>
+              <w:t xml:space="preserve">Salvatorische Klausel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sollten einzelne Bestimmungen dieses Vertrages unwirksam sein
+oder werden, so bleibt die Wirksamkeit der übrigen Bestimmungen
+unberührt. Anstelle der unwirksamen Bestimmungen gilt eine wirksame
+Bestimmung als vereinbart, die dem wirtschaftlichen Zweck der
+unwirksamen Bestimmung möglichst nahekommt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Die salvatorische Klausel im Mietvertrag ist in Österreich
+gesetzlich nicht vorgesehen, wird jedoch empfohlen, um
+Unsicherheiten zu vermeiden.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hinweis:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Eine salvatorische Klausel sollte klar und eindeutig formuliert
+sein und sicherstellen, dass die übrigen Bestimmungen des
+Mietvertrags unberührt bleiben, auch wenn einzelne Klauseln
+unwirksam sind.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
-              <w:right w:w="0" w:type="auto"/>
+              <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Niederösterreich:</w:t>
+              <w:t xml:space="preserve">14.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
-              <w:right w:w="0" w:type="auto"/>
+              <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUR</w:t>
-[...694 lines deleted...]
-              <w:t xml:space="preserve">6,67</w:t>
+              <w:t xml:space="preserve">Vertragsausfertigung</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:widowControl w:val="on"/>
+              <w:pBdr/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dieser Vertrag wird in zwei Ausfertigungen errichtet, von
+welchen je eine für die Partei bestimmt ist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…, am …</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:rsidR="00F961DC" w:rsidSect="001A2D5D">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
                                     </w:comments>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="001A2D5D" w:rsidRDefault="001A2D5D" w:rsidP="001A2D5D">
@@ -7424,51 +8441,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="438723164">
+  <w:abstractNum w:abstractNumId="783139441">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -7533,73 +8550,71 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="203358890">
+  <w:abstractNum w:abstractNumId="515517592">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7642,51 +8657,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="245020187">
+  <w:abstractNum w:abstractNumId="648791782">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -7751,137 +8766,353 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13535760">
+  <w:abstractNum w:abstractNumId="351476818">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47343081">
+    <w:lvl w:ilvl="0">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="549917152">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="67229985">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0" w:tplc="27044856">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47343081" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27044856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13535759">
+  <w:abstractNum w:abstractNumId="67229984">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28284082">
+    <w:lvl w:ilvl="0" w:tplc="26391489">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8633,64 +9864,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13535759">
-    <w:abstractNumId w:val="13535759"/>
+  <w:num w:numId="67229984">
+    <w:abstractNumId w:val="67229984"/>
   </w:num>
-  <w:num w:numId="13535760">
-    <w:abstractNumId w:val="13535760"/>
+  <w:num w:numId="67229985">
+    <w:abstractNumId w:val="67229985"/>
   </w:num>
-  <w:num w:numId="245020187">
-    <w:abstractNumId w:val="245020187"/>
+  <w:num w:numId="549917152">
+    <w:abstractNumId w:val="549917152"/>
   </w:num>
-  <w:num w:numId="203358890">
-    <w:abstractNumId w:val="203358890"/>
+  <w:num w:numId="351476818">
+    <w:abstractNumId w:val="351476818"/>
   </w:num>
-  <w:num w:numId="438723164">
-    <w:abstractNumId w:val="438723164"/>
+  <w:num w:numId="648791782">
+    <w:abstractNumId w:val="648791782"/>
+  </w:num>
+  <w:num w:numId="515517592">
+    <w:abstractNumId w:val="515517592"/>
+  </w:num>
+  <w:num w:numId="783139441">
+    <w:abstractNumId w:val="783139441"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -9501,51 +10738,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId416217069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId717266071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId560340916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId445015156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>