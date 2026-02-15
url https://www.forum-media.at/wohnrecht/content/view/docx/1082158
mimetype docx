--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="56604382" w:name="document"/>
-    <w:bookmarkEnd w:id="56604382"/>
+    <w:bookmarkStart w:id="29747570" w:name="document"/>
+    <w:bookmarkEnd w:id="29747570"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 589077 | Markus Bulgarini - WEKA
 (red) - Karin Zahiragic | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -1511,79 +1511,79 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Im Vollanwendungsbereich des MRG wird ein Richtwertmietzins
 vereinbart für:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="648791782"/>
+          <w:numId w:val="526451932"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Vermietung von Wohnungen der Kategorie A, B oder C ab dem
 01.03.1994 und das Gebäude, in dem sich die Wohnung befindet, wurde
 vor dem 09.05.1945 geschaffen. Die Vereinbarung eines freien oder
 angemessenen Mietzinses ist aber nicht zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="648791782"/>
+          <w:numId w:val="526451932"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Abtretung von Mietrechten oder bei Eintritt im Todesfall
 jedoch mit betraglichen Obergrenzen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1594,51 +1594,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vorbemerkung 2:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">§ 16 Abs 2 MRG zählt die Kriterien für Zu- und Abschläge
 des Richtwertmietzinses auf:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Zweckbestimmung der Wohnung, ihre Stockwerkslage, ihre Lage
 innerhalb eines Stockwerks, ihre über oder unter dem Durchschnitt
 liegende Ausstattung mit anderen Teilen der Liegenschaft,
 beispielsweise mit Balkonen, Terrassen, Keller- oder
 Dachbodenräumen, Hausgärten oder Abstellplätzen, ihre sonstige
 Ausstattung oder Grundrissgestaltung, eine gegenüber der
 mietrechtlichen Normwohnung bessere Ausstattung oder
 Grundrissgestaltung jedoch nur, wenn sie nicht allein auf Kosten
@@ -1649,268 +1649,268 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Der OGH (5 Ob 208/10i) billigt folgende Zu- und Abschläge vom
 Richtwert:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3 % Zuschlag für das Badezimmer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3 % Zuschlag für die Parkettböden in fast allen
 Räumen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2 % Zuschlag für die Anschlussmöglichkeit von
 Geschirrspüler und Waschmaschine</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3 % Zuschlag für die Begehung sämtlicher Räume vom Vorraum
 aus</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">5 % Zuschlag für die unverbaute Lage mit sehr schöner
 Aussicht aus den Zimmern</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8 % Zuschlag für die besondere Ausgestaltung mit freien
 Balkonen von ca 30 m </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:position w:val="3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">5 % Abstrich für die teilweise Ausrichtung zur Straße mit
 damit verbundenen Lärmbelästigungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3 % Abstrich für die fehlende Dachbodenmitbenützung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1975,51 +1975,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Kein Zuschlag für ein Kellerabteil und die Dachbodenmitbenützung
 oder wenn ein Lift dauernd unbrauchbar ist
 (MietSlg 50.334)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Ausstattung der Wohnung mit den in § 3 Abs 4
 RichtWG angeführten Anlagen (Aufzug, Zentralheizung), Garagen,
 Flächen und Räumen, wobei die jeweiligen Zuschläge mit den bei der
 Ermittlung des Richtwerts abgezogenen Baukostenanteilen begrenzt
 sind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2034,78 +2034,78 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Das Vorhandensein im Altgebäude üblicherweise fehlender Räume,
 Flächen oder Anlagen (etwa Heizung, Lift, Antenne, Garage,
 Kinderwagen- oder Fahrradabstellraum) rechtfertigt die Vereinbarung
 eines Zuschlags, sofern diese Einrichtungen vom Mieter mitbenützt
 werden können und nicht ohnedies ein gesondertes Entgelt für diese
 Nebenleistungen vereinbart wird. Solche werterhöhende, nach
 Verfügbarkeit nutzbare Anlagen müssen somit den Wohnwert des
 konkreten Objektes erhöhen. Verfügt ein Gebäude etwa über Einstell-
 oder Abstellplätze, die aber vom Mieter der Wohnung nicht
 wenigstens dann benützt werden können, wenn sie gerade frei sind,
 so rechtfertigt dies keinen Zuschlag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Verpflichtung des Vermieters zur Erhaltung einer
 Etagenheizung, die er errichtet oder deren Errichtungskosten er
 übernommen hat, durch einen entsprechenden Zuschlag</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Lage (Wohnumgebung) des Hauses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2139,101 +2139,101 @@
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Die für den Lagezuschlag maßgebenden Umstände sind dem Mieter in
 Schriftform bis spätestens bei Zustandekommen des Mietvertrages
 ausdrücklich bekannt gegeben worden. Nach der Judikaturlinie des
 OGH zu § 16 Abs 4 MRG reichen im Mietvertrag folgende
 Hinweise aus: „ruhige, zentrumsnahe Lage in Innsbruck“, „zentrale
 Verkehrslage des Hauses in der Wiener Innenstadt“,
 „verkehrsgünstige Lage mit Grünblick“, „insbesondere Lagezuschlag
 (Villenviertel, Hausgarten)“, „Grünlage“, „Infrastruktur“,
 „Anbindung an das öffentliche Verkehrsnetz“.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Den Erhaltungszustand des Gebäudes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Abblätterungen und Abbröckelungen des Anstriches und Verputzes an
 der Fassade im Bereich leerstehender Geschäftslokale sowie Risse
 und Verputzabbröckelungen an mehreren Stellen im Bereich des
 Innenhofes des Hauses und Feuchtigkeitsschäden im Hausflur
 beeinträchtigen wohl das äußere Erscheinungsbild des Gebäudes,
 können aber keinen Abschlagsgrund bilden (MitSlg 51.317).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="515517592"/>
+          <w:numId w:val="874022281"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gegenüber der mietrechtlichen Normwohnung niedrigere
 Ausstattungskategorie bei einer Wohnung der Ausstattungskategorie B
 und bei einer Wohnung der Ausstattungskategorie C durch
 entsprechende Abstriche</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -6915,131 +6915,131 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Auf ein vertragliches Verbot der Untervermietung kann sich der
 Vermieter gem § 11 Abs 1 MRG nur berufen, wenn ein
 wichtiger Grund gegen die Untervermietung vorliegt. Ein wichtiger
 Grund gegen die Untervermietung liegt vor, wenn:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="783139441"/>
+          <w:numId w:val="711836202"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mietgegenstand zur Gänze untervermietet werden soll</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="783139441"/>
+          <w:numId w:val="711836202"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der in Aussicht genommene Untermietzins eine im Vergleich zu
 dem vom Untervermieter zu entrichtenden Mietzins und etwaigen
 sonstigen Leistungen des Untervermieters unverhältnismäßig hohe
 Gegenleistung darstellt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="783139441"/>
+          <w:numId w:val="711836202"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Anzahl der Bewohner einer gemieteten Wohnung die Anzahl der
 Wohnräume übersteigt oder nach der Aufnahme des Untermieters
 übersteigen würde, oder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="783139441"/>
+          <w:numId w:val="711836202"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wenn mit Grund zu besorgen ist, dass der Untermieter den
 Frieden der Hausgemeinschaft stören wird</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8441,51 +8441,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="783139441">
+  <w:abstractNum w:abstractNumId="711836202">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -8550,51 +8550,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="515517592">
+  <w:abstractNum w:abstractNumId="874022281">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -8657,51 +8657,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="648791782">
+  <w:abstractNum w:abstractNumId="526451932">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -8766,51 +8766,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="351476818">
+  <w:abstractNum w:abstractNumId="324557028">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -8873,51 +8873,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="549917152">
+  <w:abstractNum w:abstractNumId="20552379">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -8982,137 +8982,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67229985">
+  <w:abstractNum w:abstractNumId="36613610">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27044856">
+    <w:lvl w:ilvl="0" w:tplc="92881969">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27044856" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92881969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67229984">
+  <w:abstractNum w:abstractNumId="36613609">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26391489">
+    <w:lvl w:ilvl="0" w:tplc="76828500">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9864,70 +9864,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67229984">
-    <w:abstractNumId w:val="67229984"/>
+  <w:num w:numId="36613609">
+    <w:abstractNumId w:val="36613609"/>
   </w:num>
-  <w:num w:numId="67229985">
-    <w:abstractNumId w:val="67229985"/>
+  <w:num w:numId="36613610">
+    <w:abstractNumId w:val="36613610"/>
   </w:num>
-  <w:num w:numId="549917152">
-    <w:abstractNumId w:val="549917152"/>
+  <w:num w:numId="20552379">
+    <w:abstractNumId w:val="20552379"/>
   </w:num>
-  <w:num w:numId="351476818">
-    <w:abstractNumId w:val="351476818"/>
+  <w:num w:numId="324557028">
+    <w:abstractNumId w:val="324557028"/>
   </w:num>
-  <w:num w:numId="648791782">
-    <w:abstractNumId w:val="648791782"/>
+  <w:num w:numId="526451932">
+    <w:abstractNumId w:val="526451932"/>
   </w:num>
-  <w:num w:numId="515517592">
-    <w:abstractNumId w:val="515517592"/>
+  <w:num w:numId="874022281">
+    <w:abstractNumId w:val="874022281"/>
   </w:num>
-  <w:num w:numId="783139441">
-    <w:abstractNumId w:val="783139441"/>
+  <w:num w:numId="711836202">
+    <w:abstractNumId w:val="711836202"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -10738,51 +10738,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId560340916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId445015156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId303512105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId128461420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>