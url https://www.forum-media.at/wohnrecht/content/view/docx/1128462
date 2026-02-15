--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="40005950" w:name="document"/>
-    <w:bookmarkEnd w:id="40005950"/>
+    <w:bookmarkStart w:id="19532903" w:name="document"/>
+    <w:bookmarkEnd w:id="19532903"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 627402 | Wolfgang Steinberger -
 Albert Scherzer | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -3838,203 +3838,203 @@
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Käufer verpflichtet sich, bis längstens am Tag der
 Vertragsunterzeichnung, den Kaufpreisbetrag von EUR 300.000,–
 bei der hiermit von allen Vertragsparteien unwiderruflich zum
 Treuhänder bestellten Meier, Huber und Partner Rechtsanwälte GmbH,
 Wollzeile 20, 1010 Wien auf deren Treuhandkonto bei der X Bank AG,
 BLZ …, Konto-Nummer … lautend auf „Trauner Olbricht“, mit dem
 unwiderruflichen Auftrag zu erlegen,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="884857464"/>
+          <w:numId w:val="69390311"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Unterfertigung des Kaufvertrages</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> durch
 die Vertragsparteien;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="884857464"/>
+          <w:numId w:val="69390311"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen des von dem Verkäufer auf dessen Kosten
 beizubringenden rechtskräftigen Beschlusses über die erfolgte
 Anmerkung der </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rangordnung für die beabsichtigte
 Veräußerung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> im Original der kaufgegenständlichen
 Liegenschaftsanteile mit einer Mindestlaufzeit von 10 Monaten,
 welcher Rangordnung keine Lasten vorgehen dürfen, beim
 Treuhänder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="884857464"/>
+          <w:numId w:val="69390311"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen der vom Verkäufer bis längstens am Tag der
 Vertragsunterzeichnung beizubringenden grundbuchsfähigen
 Freilassungserklärung bzw Löschungserklärung bezüglich des unter
 C-LNR 14c einverleibten Pfandrechtes in Höhe von
 EUR 32.000.000,– zugunsten der Volksbank Wien registrierte
 Genossenschaft mit beschränkter Haftung hinsichtlich der
 kaufgegenständlichen Liegenschaftsanteile, beim Treuhänder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="884857464"/>
+          <w:numId w:val="69390311"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen der vom Käufer zu unterfertigenden und vom
 Verkäufer beizuschaffenden Übergabeerklärung im Original, mit
 welcher Erklärung die vertragsgemäße Übergabe des Kaufgegenstandes
 an den Käufer getätigt wird, beim Treuhänder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="884857464"/>
+          <w:numId w:val="69390311"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen des Beschlusses des BG Innere Stadt, mit welchem
 das lastenfreie Eigentumsrecht zugunsten des Käufers ob den
 kaufgegenständlichen Liegenschaftsanteilen eingetragen wird, beim
 Treuhänder aus dem Kaufpreis zunächst einen Teilbetrag für die
 Entrichtung der Immobilienertragsteuer, welcher EUR … beträgt,
 an die zuständige Einrichtung weiterzuleiten, sowie den Restbetrag
 samt den auf dem Treuhandkonto aufgelaufenen Zinsen ab
 Erlagszeitpunkt abzüglich Bank- und Kontospesen auf das Konto des
@@ -5089,51 +5089,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">DI Martin Olbricht, geboren am …</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zum Zeichen der Annahme des Trehandauftrages:</w:t>
+        <w:t xml:space="preserve">Zum Zeichen der Annahme des Treuhandauftrages:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5242,202 +5242,202 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Von der Angabepflicht von Energieindikatoren in Inseraten und
 der Vorlage- und Aushändigungspflicht sind ausgenommen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="380909354"/>
+          <w:numId w:val="326873603"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gebäude, die nur frostfrei gehalten werden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="380909354"/>
+          <w:numId w:val="326873603"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Objektiv abbruchreife Gebäude</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="380909354"/>
+          <w:numId w:val="326873603"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gebäude für religiöse Zwecke</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="380909354"/>
+          <w:numId w:val="326873603"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Provisorisch für höchstens 2 Jahre errichtete Gebäude</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="380909354"/>
+          <w:numId w:val="326873603"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Industrieanlagen, Werkstätten, deren Innenraumklima durch
 Abwärme aufgebracht wird, landwirtschaftliche Nutzungsgebäude</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="380909354"/>
+          <w:numId w:val="326873603"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferienhäuser (Energiebedarf unter einem Jahresviertel)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="380909354"/>
+          <w:numId w:val="326873603"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Freistehende Gebäude mit weniger als 50 m² Nutzfläche.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
@@ -5832,51 +5832,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="380909354">
+  <w:abstractNum w:abstractNumId="326873603">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5941,51 +5941,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="884857464">
+  <w:abstractNum w:abstractNumId="69390311">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6034,135 +6034,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92174010">
+  <w:abstractNum w:abstractNumId="12041380">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56746432">
+    <w:lvl w:ilvl="0" w:tplc="31968407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56746432" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31968407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="378384884">
+  <w:abstractNum w:abstractNumId="956661285">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -6227,51 +6227,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="341784957">
+  <w:abstractNum w:abstractNumId="323425956">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6320,137 +6320,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92174009">
+  <w:abstractNum w:abstractNumId="12041379">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97060334">
+    <w:lvl w:ilvl="0" w:tplc="67082125">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97060334" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67082125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92174008">
+  <w:abstractNum w:abstractNumId="12041378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17628073">
+    <w:lvl w:ilvl="0" w:tplc="55727334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7202,70 +7202,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92174008">
-    <w:abstractNumId w:val="92174008"/>
+  <w:num w:numId="12041378">
+    <w:abstractNumId w:val="12041378"/>
   </w:num>
-  <w:num w:numId="92174009">
-    <w:abstractNumId w:val="92174009"/>
+  <w:num w:numId="12041379">
+    <w:abstractNumId w:val="12041379"/>
   </w:num>
-  <w:num w:numId="341784957">
-    <w:abstractNumId w:val="341784957"/>
+  <w:num w:numId="323425956">
+    <w:abstractNumId w:val="323425956"/>
   </w:num>
-  <w:num w:numId="378384884">
-    <w:abstractNumId w:val="378384884"/>
+  <w:num w:numId="956661285">
+    <w:abstractNumId w:val="956661285"/>
   </w:num>
-  <w:num w:numId="92174010">
-    <w:abstractNumId w:val="92174010"/>
+  <w:num w:numId="12041380">
+    <w:abstractNumId w:val="12041380"/>
   </w:num>
-  <w:num w:numId="884857464">
-    <w:abstractNumId w:val="884857464"/>
+  <w:num w:numId="69390311">
+    <w:abstractNumId w:val="69390311"/>
   </w:num>
-  <w:num w:numId="380909354">
-    <w:abstractNumId w:val="380909354"/>
+  <w:num w:numId="326873603">
+    <w:abstractNumId w:val="326873603"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -8076,51 +8076,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId795793468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId569632374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId904710299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId425082317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>