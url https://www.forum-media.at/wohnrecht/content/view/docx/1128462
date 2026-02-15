--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="19532903" w:name="document"/>
-    <w:bookmarkEnd w:id="19532903"/>
+    <w:bookmarkStart w:id="58514055" w:name="document"/>
+    <w:bookmarkEnd w:id="58514055"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 627402 | Wolfgang Steinberger -
 Albert Scherzer | Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -3838,203 +3838,203 @@
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Käufer verpflichtet sich, bis längstens am Tag der
 Vertragsunterzeichnung, den Kaufpreisbetrag von EUR 300.000,–
 bei der hiermit von allen Vertragsparteien unwiderruflich zum
 Treuhänder bestellten Meier, Huber und Partner Rechtsanwälte GmbH,
 Wollzeile 20, 1010 Wien auf deren Treuhandkonto bei der X Bank AG,
 BLZ …, Konto-Nummer … lautend auf „Trauner Olbricht“, mit dem
 unwiderruflichen Auftrag zu erlegen,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69390311"/>
+          <w:numId w:val="442188244"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Unterfertigung des Kaufvertrages</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> durch
 die Vertragsparteien;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69390311"/>
+          <w:numId w:val="442188244"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen des von dem Verkäufer auf dessen Kosten
 beizubringenden rechtskräftigen Beschlusses über die erfolgte
 Anmerkung der </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rangordnung für die beabsichtigte
 Veräußerung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> im Original der kaufgegenständlichen
 Liegenschaftsanteile mit einer Mindestlaufzeit von 10 Monaten,
 welcher Rangordnung keine Lasten vorgehen dürfen, beim
 Treuhänder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69390311"/>
+          <w:numId w:val="442188244"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen der vom Verkäufer bis längstens am Tag der
 Vertragsunterzeichnung beizubringenden grundbuchsfähigen
 Freilassungserklärung bzw Löschungserklärung bezüglich des unter
 C-LNR 14c einverleibten Pfandrechtes in Höhe von
 EUR 32.000.000,– zugunsten der Volksbank Wien registrierte
 Genossenschaft mit beschränkter Haftung hinsichtlich der
 kaufgegenständlichen Liegenschaftsanteile, beim Treuhänder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69390311"/>
+          <w:numId w:val="442188244"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen der vom Käufer zu unterfertigenden und vom
 Verkäufer beizuschaffenden Übergabeerklärung im Original, mit
 welcher Erklärung die vertragsgemäße Übergabe des Kaufgegenstandes
 an den Käufer getätigt wird, beim Treuhänder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="69390311"/>
+          <w:numId w:val="442188244"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Einlangen des Beschlusses des BG Innere Stadt, mit welchem
 das lastenfreie Eigentumsrecht zugunsten des Käufers ob den
 kaufgegenständlichen Liegenschaftsanteilen eingetragen wird, beim
 Treuhänder aus dem Kaufpreis zunächst einen Teilbetrag für die
 Entrichtung der Immobilienertragsteuer, welcher EUR … beträgt,
 an die zuständige Einrichtung weiterzuleiten, sowie den Restbetrag
 samt den auf dem Treuhandkonto aufgelaufenen Zinsen ab
 Erlagszeitpunkt abzüglich Bank- und Kontospesen auf das Konto des
@@ -5242,202 +5242,202 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Von der Angabepflicht von Energieindikatoren in Inseraten und
 der Vorlage- und Aushändigungspflicht sind ausgenommen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="326873603"/>
+          <w:numId w:val="792718381"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gebäude, die nur frostfrei gehalten werden</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="326873603"/>
+          <w:numId w:val="792718381"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Objektiv abbruchreife Gebäude</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="326873603"/>
+          <w:numId w:val="792718381"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gebäude für religiöse Zwecke</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="326873603"/>
+          <w:numId w:val="792718381"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Provisorisch für höchstens 2 Jahre errichtete Gebäude</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="326873603"/>
+          <w:numId w:val="792718381"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Industrieanlagen, Werkstätten, deren Innenraumklima durch
 Abwärme aufgebracht wird, landwirtschaftliche Nutzungsgebäude</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="326873603"/>
+          <w:numId w:val="792718381"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferienhäuser (Energiebedarf unter einem Jahresviertel)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="326873603"/>
+          <w:numId w:val="792718381"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Freistehende Gebäude mit weniger als 50 m² Nutzfläche.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
@@ -5832,51 +5832,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="326873603">
+  <w:abstractNum w:abstractNumId="792718381">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -5941,51 +5941,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69390311">
+  <w:abstractNum w:abstractNumId="442188244">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6034,135 +6034,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12041380">
+  <w:abstractNum w:abstractNumId="36981549">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31968407">
+    <w:lvl w:ilvl="0" w:tplc="91943698">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31968407" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91943698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="956661285">
+  <w:abstractNum w:abstractNumId="683466147">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -6227,51 +6227,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="323425956">
+  <w:abstractNum w:abstractNumId="634785166">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -6320,137 +6320,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12041379">
+  <w:abstractNum w:abstractNumId="36981548">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67082125">
+    <w:lvl w:ilvl="0" w:tplc="56871899">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67082125" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56871899" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12041378">
+  <w:abstractNum w:abstractNumId="36981547">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55727334">
+    <w:lvl w:ilvl="0" w:tplc="12345245">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7202,70 +7202,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12041378">
-    <w:abstractNumId w:val="12041378"/>
+  <w:num w:numId="36981547">
+    <w:abstractNumId w:val="36981547"/>
   </w:num>
-  <w:num w:numId="12041379">
-    <w:abstractNumId w:val="12041379"/>
+  <w:num w:numId="36981548">
+    <w:abstractNumId w:val="36981548"/>
   </w:num>
-  <w:num w:numId="323425956">
-    <w:abstractNumId w:val="323425956"/>
+  <w:num w:numId="634785166">
+    <w:abstractNumId w:val="634785166"/>
   </w:num>
-  <w:num w:numId="956661285">
-    <w:abstractNumId w:val="956661285"/>
+  <w:num w:numId="683466147">
+    <w:abstractNumId w:val="683466147"/>
   </w:num>
-  <w:num w:numId="12041380">
-    <w:abstractNumId w:val="12041380"/>
+  <w:num w:numId="36981549">
+    <w:abstractNumId w:val="36981549"/>
   </w:num>
-  <w:num w:numId="69390311">
-    <w:abstractNumId w:val="69390311"/>
+  <w:num w:numId="442188244">
+    <w:abstractNumId w:val="442188244"/>
   </w:num>
-  <w:num w:numId="326873603">
-    <w:abstractNumId w:val="326873603"/>
+  <w:num w:numId="792718381">
+    <w:abstractNumId w:val="792718381"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -8076,51 +8076,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId904710299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId425082317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId586080668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId126739916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>