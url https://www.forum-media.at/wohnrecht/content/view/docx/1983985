--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -15,128 +15,122 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="50684963" w:name="document"/>
-    <w:bookmarkEnd w:id="50684963"/>
+    <w:bookmarkStart w:id="42634204" w:name="document"/>
+    <w:bookmarkEnd w:id="42634204"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 1183992 | Wolfgang Steinberger |
 Muster | Vertragsmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaufanbot (für eine Eigentumswohnung,
 Bauträgervertragsgesetz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbindliches Kaufangebot</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Angebotsteller</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">… Name, … Geburtsdatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">… Adresse, … Telefonnummer, … E-Mail-Adresse</w:t>
@@ -216,52 +210,50 @@
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">das folgende verbindliche Kaufangebot:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Angebot</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -642,114 +634,108 @@
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Angebotsteller stellt der Verkäuferin das verbindliche und
 unwiderrufliche Angebot, die nachstehenden Wohnungseigentumsobjekte
 (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">„eigentlicher Vertragsgegenstand“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> iSd BTVG) nach
 den Bestimmungen des dem Angebotsteller übergebenen Kaufvertrags
 unter Zugrundelegung auch der übrigen in Punkt 3.1 aufgezählten
 Vertragsgrundlagen zu erwerben:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Wohnung:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Haus … Top …</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Abstellplatz für Kfz in der Tiefgarage:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Haus …
 Nr …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -826,52 +812,50 @@
 beschriebenen Kaufgegenstände und der Gesamtanlage samt der vom
 Angebotsteller gewöhnlich nutzbaren Teile der Gesamtanlage sind in
 den in Punkt 3.1 genannten Vertragsgrundlagen (insbesondere in der
 Bau- und Ausstattungsbeschreibung, dem Wohnungsplan- sowie Unter-
 und Gartengeschoßplan und den Übersichtsplänen) ersichtlich. Die
 Verkäuferin wird die Kaufgegenstände und die Gesamtanlage
 entsprechend dem Kaufvertrag und den genannten Vertragsgrundlagen
 in Punkt 3.1 herstellen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Kaufpreis und Zahlung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11055"/>
         <w:gridCol w:w="2295"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1249,52 +1233,50 @@
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Gesamtkaufpreis für die Kaufgegenstände ist entsprechend den
 Bestimmungen des Kaufvertrags ein unverbindlicher Fixpreis. Der
 Verkäufer erklärt unwiderruflich, von der Option des § 6
 Abs 2 UStG nicht Gebrauch zu machen, sodass </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">der
 Verkauf nicht der Umsatzsteuer unterliegt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
@@ -1429,94 +1411,90 @@
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Angebotsteller nimmt zur Kenntnis, dass er auch die
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Nebenkosten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> gemäß den Regelungen des diesem
 Angebot zugrunde liegenden Kaufvertrags zu tragen hat (insbesondere
 sind dies die Grunderwerbsteuer in Höhe von 3,5 %, die
 Eintragungsgebühr in Höhe von 1,1 %, je des Gesamtkaufpreises
 zuzüglich der Vertragserrichtungskosten, und der Barauslagen der
 Vertragserrichtung und grundbücherlichen Durchführung).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Vertragsgrundlagen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1574,634 +1552,632 @@
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Dem gegenständlichen Vertragsangebot und dem bei Annahme dieses
 Angebots zustande kommenden Vertrag liegen die folgenden
 angeführten Vertragsdokumente und Informationen zugrunde (gemeinsam
 kurz die </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">„Vertragsgrundlagen“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">), die der
 Angebotsteller zustimmend zur Kenntnis nimmt und zum Inhalt dieses
 Kaufangebots macht. Der Angebotsteller bestätigt, eine Woche vor
 Abgabe dieses Vertragsangebots schriftlich die nachfolgend
 aufgezählten Vertragsgrundlagen zum Kaufgegenstand erhalten zu
 haben:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Entwurf Kaufvertrag</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Entwurf Treuhandvereinbarung samt Beilage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Muster Kaufpreis – Bankgarantie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Muster Haftrücklass – Garantie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Entwurf Nachtrag zum Kaufvertrag bei Sonderwünschen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Information gem § 12 Bauträgervertragsgesetz (BTVG)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Bescheide des Bundesamtes für Eich- und Vermessungswesen … vom
 … und … vom …</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Baubewilligung vom …</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Grundrissplan der kaufgegenständlichen Wohnung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Pläne der Gartengeschoße</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Pläne der 2. Untergeschoße</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Geschoßpläne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Bau- und Ausstattungsbeschreibung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Installationsplan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Lageplan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Bauphysikalische Berechnungen</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Versicherungsnachweis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Hausverwaltungsvertrag</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Datenschutzerklärung</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="921279518"/>
+                <w:numId w:val="853926692"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Grundbuchauszüge betreffend die EZ … KG, Gst Nr … und EZ …
 KG Gst Nr …</w:t>
             </w:r>
           </w:p>
@@ -2283,52 +2259,50 @@
 Vertragsabwicklung vom Treuhänder ausreichend beantwortet wurden.
 Dem Angebotsteller ist bekannt, dass sich die in Punkt 3.1
 angeführten Vertragsgrundlagen nach Maßgabe der diesbezüglichen
 Regelungen im Kaufvertrag verändern können und die Verkäuferin zu
 Änderungen berechtigt ist, sofern die Benutzung des eigentlichen
 Vertragsgegenstandes und der gewöhnlich nutzbaren Teile der
 Gesamtanlage durch den Angebotsteller nicht wesentlich
 beeinträchtigt wird.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Abschluss des grundbuchsfähigen
 Kaufvertrags</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -2560,52 +2534,50 @@
               <w:t xml:space="preserve">Verweigert der Angebotsteller, aus welchem Grund immer, die
 Unterfertigung des grundbuchsfähigen Vertrags oder gerät er mit dem
 Erlag des Gesamtkaufpreises, der Grunderwerbsteuer, der
 Eintragungsgebühr oder dem Honorar in Verzug, ist die Verkäuferin
 unter Setzung einer Nachfrist von 14 Tagen berechtigt (aber nicht
 verpflichtet), vom Vertrag zurückzutreten. Der Angebotsteller hat
 in diesem Fall die gesetzlichen und etwaigen vertraglichen
 Verzugsfolgen gemäß dem Kaufvertrag zu tragen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Belehrung über Rücktrittsrechte
 des Angebotstellers</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
@@ -2765,52 +2737,50 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Angebotsteller erklärt, dass er darüber in Kenntnis ist,
 dass dem gegenständlichen Vertragsangebot keine Wohnbauförderung
 zugrunde liegt und er daher aus dem Unterbleiben einer von ihm
 dennoch beantragten Wohnbauförderung keine Rechtsfolgen, die die
 Rechtswirksamkeit dieses Vertrags betreffen, insbesondere kein
 Rücktrittsrecht, ableiten kann.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Datenschutzerklärung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2880,52 +2850,50 @@
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Anbotsteller erklärt, die Datenschutzerklärung (Beilage 1)
 erhalten und gelesen zu haben und mit dieser ausdrücklich
 einverstanden zu sein.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Rechtswahl, Gerichtsstandort</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3437,51 +3405,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="921279518">
+  <w:abstractNum w:abstractNumId="853926692">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -3546,51 +3514,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="221295384">
+  <w:abstractNum w:abstractNumId="705991037">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -3655,137 +3623,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69398014">
+  <w:abstractNum w:abstractNumId="49203299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90144419">
+    <w:lvl w:ilvl="0" w:tplc="73522742">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90144419" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73522742" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69398013">
+  <w:abstractNum w:abstractNumId="49203298">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97910891">
+    <w:lvl w:ilvl="0" w:tplc="85607332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4537,61 +4505,61 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69398013">
-    <w:abstractNumId w:val="69398013"/>
+  <w:num w:numId="49203298">
+    <w:abstractNumId w:val="49203298"/>
   </w:num>
-  <w:num w:numId="69398014">
-    <w:abstractNumId w:val="69398014"/>
+  <w:num w:numId="49203299">
+    <w:abstractNumId w:val="49203299"/>
   </w:num>
-  <w:num w:numId="221295384">
-    <w:abstractNumId w:val="221295384"/>
+  <w:num w:numId="705991037">
+    <w:abstractNumId w:val="705991037"/>
   </w:num>
-  <w:num w:numId="921279518">
-    <w:abstractNumId w:val="921279518"/>
+  <w:num w:numId="853926692">
+    <w:abstractNumId w:val="853926692"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -5402,51 +5370,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId386288632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId384042436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId650903919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId890737526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>