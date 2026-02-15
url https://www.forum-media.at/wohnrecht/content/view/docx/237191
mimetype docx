--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -15,86 +15,84 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="35483673" w:name="document"/>
-    <w:bookmarkEnd w:id="35483673"/>
+    <w:bookmarkStart w:id="26439674" w:name="document"/>
+    <w:bookmarkEnd w:id="26439674"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 878151 | WEKA (red) - Karin
 Zahiragic | Muster | Schriftsatzmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerichtliche Aufkündigung wegen unleidlichen Verhaltens (§ 30
 Abs 2 Z 3 MRG)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">An das</w:t>
       </w:r>
@@ -105,58 +103,56 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bezirksgericht</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">… [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresse]</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59557825" w:name="link1"/>
-      <w:bookmarkEnd w:id="59557825"/>
+      <w:bookmarkStart w:id="14051176" w:name="link1"/>
+      <w:bookmarkEnd w:id="14051176"/>
       <w:hyperlink w:anchor="note1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="1"/>
@@ -447,178 +443,166 @@
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">… [Angabe des </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Streitwerts]</w:t>
             </w:r>
-            <w:bookmarkStart w:id="13567914" w:name="link2"/>
-            <w:bookmarkEnd w:id="13567914"/>
+            <w:bookmarkStart w:id="21036261" w:name="link2"/>
+            <w:bookmarkEnd w:id="21036261"/>
             <w:hyperlink w:anchor="note2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                  <w:b/>
-                  <w:bCs/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="4"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerichtliche </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufkündigung</w:t>
       </w:r>
-      <w:bookmarkStart w:id="28164943" w:name="link3"/>
-      <w:bookmarkEnd w:id="28164943"/>
+      <w:bookmarkStart w:id="25629468" w:name="link3"/>
+      <w:bookmarkEnd w:id="25629468"/>
       <w:hyperlink w:anchor="note3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sachverhalt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zwischen der kündigenden Partei und der gekündigten Partei
 besteht aufgrund des Vertrags … hinsichtlich des … [Bestandobjekt
 samt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beschreibung]</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65429092" w:name="link4"/>
-      <w:bookmarkEnd w:id="65429092"/>
+      <w:bookmarkStart w:id="70783718" w:name="link4"/>
+      <w:bookmarkEnd w:id="70783718"/>
       <w:hyperlink w:anchor="note4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ein
 Mietverhältnis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
@@ -627,169 +611,165 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Mietverhältnis, welches am … [Datum] begonnen hat, ist
 zwischen der gekündigten Partei und der kündigenden Partei
 befristet auf drei Jahre abgeschlossen worden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kündigungsgrund</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gekündigte Partei hat durch ihr rücksichtsloses, anstößiges
 oder sonst grob ungehöriges Verhalten den Mitbewohnern des
 Hauses das Zusammenwohnen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">verleidet.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="64541246" w:name="link5"/>
-      <w:bookmarkEnd w:id="64541246"/>
+      <w:bookmarkStart w:id="91475808" w:name="link5"/>
+      <w:bookmarkEnd w:id="91475808"/>
       <w:hyperlink w:anchor="note5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="772152505"/>
+          <w:numId w:val="340897673"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Insbesondere hat es sich die gekündigte Partei zur Gewohnheit
 gemacht, 3 bis 4 x pro Woche sämtliche Bewohner des Hauses durch
 Sturmläuten und Trommeln mit den Fäusten an den Wohnungstüren
 aufzuwecken, um sie dann mit der Frage zu überraschen, warum man
 „noch auf sei“.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="772152505"/>
+          <w:numId w:val="340897673"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gekündigte Partei hat in den Nachtstunden die Treppen des
 Hauses mit glitschiger Schmierseife bestrichen und, diesbezüglich
 zur Rede gestellt, erklärt, dann müsse man sich eben anhalten, wenn
 es glatt sei. Tatsächlich ist die gekündigte Partei mit beinahe
 sämtlichen Hausbewohnern verfeindet und wurde auch schon wegen
 diverser Angriffe strafgerichtlich verurteilt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="772152505"/>
+          <w:numId w:val="340897673"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gekündigte Partei geht in der aufgekündigten Wohnung der
 Prostitution nach und lässt ihre Freier auf dem Gang des
 Stiegenhauses warten, wobei diese Personen gegenüber den
 Hausbewohnern und deren Kindern keinen Zweifel am Zweck des
 Besuches bei der gekündigten Partei offenlassen.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -815,52 +795,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Beweis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
@@ -940,91 +918,87 @@
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die kündigende Partei kündigt der gekündigten Partei sohin das
 Mietverhältnis zum … [Datum] auf und macht als Kündigungsgrund
 § 30 Abs 2 Z 3 zweiter Fall </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MRG</w:t>
       </w:r>
-      <w:bookmarkStart w:id="36729590" w:name="link6"/>
-      <w:bookmarkEnd w:id="36729590"/>
+      <w:bookmarkStart w:id="93681163" w:name="link6"/>
+      <w:bookmarkEnd w:id="93681163"/>
       <w:hyperlink w:anchor="note6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> geltend.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Beschluss des Gerichtes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der gekündigten Partei wird aufgetragen, den Mietgegenstand samt
 mitgemieteten Haus- oder Grundflächen binnen 14 Tagen bei sonstiger
 Exekution bis zum … [Datum des Kündigungstermins] geräumt von
@@ -1127,110 +1101,106 @@
         <w:t xml:space="preserve">…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">[Die kündigende Partei]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="400" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="330"/>
         <w:gridCol w:w="4670"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="20171488" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2309080268819" w:name="note1"/>
+            <w:bookmarkStart w:id="36475863" w:name="note1"/>
+            <w:bookmarkEnd w:id="36475863"/>
+            <w:bookmarkStart w:id="1939265690421" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2309080268819"/>
+            <w:bookmarkEnd w:id="1939265690421"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1286,66 +1256,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="46811449" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5366034181885" w:name="note2"/>
+            <w:bookmarkStart w:id="12357417" w:name="note2"/>
+            <w:bookmarkEnd w:id="12357417"/>
+            <w:bookmarkStart w:id="4119891226605" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5366034181885"/>
+            <w:bookmarkEnd w:id="4119891226605"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1417,66 +1385,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="27154957" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7281041031271" w:name="note3"/>
+            <w:bookmarkStart w:id="18586926" w:name="note3"/>
+            <w:bookmarkEnd w:id="18586926"/>
+            <w:bookmarkStart w:id="2862109765826" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7281041031271"/>
+            <w:bookmarkEnd w:id="2862109765826"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1542,66 +1508,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="20779678" w:name="note4"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7766690403865" w:name="note4"/>
+            <w:bookmarkStart w:id="76935657" w:name="note4"/>
+            <w:bookmarkEnd w:id="76935657"/>
+            <w:bookmarkStart w:id="4157013252499" w:name="note4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7766690403865"/>
+            <w:bookmarkEnd w:id="4157013252499"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1655,66 +1619,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="24371003" w:name="note5"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7981699635071" w:name="note5"/>
+            <w:bookmarkStart w:id="73456047" w:name="note5"/>
+            <w:bookmarkEnd w:id="73456047"/>
+            <w:bookmarkStart w:id="8831451775778" w:name="note5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7981699635071"/>
+            <w:bookmarkEnd w:id="8831451775778"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1752,135 +1714,133 @@
 dieses Kündigungsgrundes kommt es auf das Gesamtverhalten des
 Mieters an. Selbst an sich geringfügige Störungen können im
 Zusammenhalt mit anderen derartigen oder ähnlichen Vorfällen zur
 Beurteilung des Gesamtverhaltens des Mieters als unleidliches
 Verhalten beitragen. Der Vermieter ist demnach zur Aufkündigung
 auch dann berechtigt, wenn zwar nicht jeder Vorfall für sich
 betrachtet für eine Kündigung ausreicht, jedoch durch die Häufung
 das dem Vermieter zumutbare Ausmaß überschritten wird. Der
 Kündigungsgrund wird vielmehr durch jedes Verhalten des Mieters,
 durch das das friedliche Zusammenleben beeinträchtigt wird,
 verwirklicht (MietSlg 37.406).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">Beispiele:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="917511738"/>
+                <w:numId w:val="280162053"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grundsätzlich ist daher auch eine psychische Beeinträchtigung
 kein Freibrief für ein unleidliches Verhalten. Das Verhalten einer
 geisteskranken Person ist zwar nicht unter allen Umständen ebenso
 unleidlich, also für die Mitbewohner unerträglich, wie ein
 gleichartiges Verhalten einer zurechnungsfähigen Person. Dies ist
 jedoch nicht dahin zu verstehen, dass die Mitbewohner jedes
 Verhalten einer geistig behinderten Person in Kauf zu nehmen
 hätten, auch wenn dadurch ihre Lebensqualität in gravierender Weise
 beeinträchtigt wird. In solchen Fällen ist eine Interessenabwägung
 geboten, bei der an das Verhalten der behinderten Person ein
 weniger strenger Maßstab anzulegen ist (RIS-Judikatur
 RS0067733).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="917511738"/>
+                <w:numId w:val="280162053"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nach gefestigter Rechtsprechung des Obersten Gerichtshofs (OGH)
 ist ein unleidliches Verhalten unter anderem in laufenden Versuchen
 des Mieters zu erblicken, sein Benützungsrecht auf nicht in Bestand
 genommene Räume oder Gegenstände auszudehnen (RIS-Judikatur
 RS0070417). Wiederholtes Aufstellen von Kunstobjekten vor dem Haus
 ohne die Zustimmung des Vermieters (OGH v. 27.11.2014, 2 Ob
 212/14m). Regelmäßige Benützung nicht mitgemieteter
 Parkplatzflächen (OGH 23.02.2016, 6 Ob 250/15f).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="917511738"/>
+                <w:numId w:val="280162053"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Gefährdung von Personen durch Abschalten des Lichts im
 Keller, die subtile Androhung körperlicher Gewalt und das
 ungehörige und bedrohliche Verhalten gegenüber der Mieterin und
 deren Tochter wurde als ein das Zusammenwohnen verleidendes zur
 Aufkündigung berechtigendes Verhalten angesehen (OGH. 03.04.2019, 1
 Ob 39/19w).</w:t>
             </w:r>
@@ -1925,66 +1885,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="84514173" w:name="note6"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="7626945837127" w:name="note6"/>
+            <w:bookmarkStart w:id="1907118" w:name="note6"/>
+            <w:bookmarkEnd w:id="1907118"/>
+            <w:bookmarkStart w:id="5017271495403" w:name="note6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7626945837127"/>
+            <w:bookmarkEnd w:id="5017271495403"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2346,51 +2304,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="917511738">
+  <w:abstractNum w:abstractNumId="280162053">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -2455,51 +2413,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="772152505">
+  <w:abstractNum w:abstractNumId="340897673">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2548,135 +2506,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59911092">
+  <w:abstractNum w:abstractNumId="79411425">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45486108">
+    <w:lvl w:ilvl="0" w:tplc="24629922">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45486108" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24629922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="749322447">
+  <w:abstractNum w:abstractNumId="592293518">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -2741,51 +2699,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="230865501">
+  <w:abstractNum w:abstractNumId="632581473">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2834,137 +2792,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59911091">
+  <w:abstractNum w:abstractNumId="79411424">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68128498">
+    <w:lvl w:ilvl="0" w:tplc="14107427">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68128498" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14107427" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59911090">
+  <w:abstractNum w:abstractNumId="79411423">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84171306">
+    <w:lvl w:ilvl="0" w:tplc="53437282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3716,70 +3674,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59911090">
-    <w:abstractNumId w:val="59911090"/>
+  <w:num w:numId="79411423">
+    <w:abstractNumId w:val="79411423"/>
   </w:num>
-  <w:num w:numId="59911091">
-    <w:abstractNumId w:val="59911091"/>
+  <w:num w:numId="79411424">
+    <w:abstractNumId w:val="79411424"/>
   </w:num>
-  <w:num w:numId="230865501">
-    <w:abstractNumId w:val="230865501"/>
+  <w:num w:numId="632581473">
+    <w:abstractNumId w:val="632581473"/>
   </w:num>
-  <w:num w:numId="749322447">
-    <w:abstractNumId w:val="749322447"/>
+  <w:num w:numId="592293518">
+    <w:abstractNumId w:val="592293518"/>
   </w:num>
-  <w:num w:numId="59911092">
-    <w:abstractNumId w:val="59911092"/>
+  <w:num w:numId="79411425">
+    <w:abstractNumId w:val="79411425"/>
   </w:num>
-  <w:num w:numId="772152505">
-    <w:abstractNumId w:val="772152505"/>
+  <w:num w:numId="340897673">
+    <w:abstractNumId w:val="340897673"/>
   </w:num>
-  <w:num w:numId="917511738">
-    <w:abstractNumId w:val="917511738"/>
+  <w:num w:numId="280162053">
+    <w:abstractNumId w:val="280162053"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -4590,51 +4548,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId993876988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId237152764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId840715321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId659566357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>