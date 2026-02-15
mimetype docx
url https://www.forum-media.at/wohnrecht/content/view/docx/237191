--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -15,52 +15,52 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="gif" ContentType="image/gif"> </Default>
   <Default Extension="jpg" ContentType="image/jpg"> </Default>
   <Default Extension="png" ContentType="image/png"> </Default>
   <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
   <Default Extension="bmp" ContentType="image/bmp"> </Default>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:bookmarkStart w:id="26439674" w:name="document"/>
-    <w:bookmarkEnd w:id="26439674"/>
+    <w:bookmarkStart w:id="36226586" w:name="document"/>
+    <w:bookmarkEnd w:id="36226586"/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokument-ID: 878151 | WEKA (red) - Karin
 Zahiragic | Muster | Schriftsatzmuster</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="340" w:after="220" w:line="268" w:lineRule="auto"/>
@@ -103,52 +103,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Bezirksgericht</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">… [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresse]</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14051176" w:name="link1"/>
-      <w:bookmarkEnd w:id="14051176"/>
+      <w:bookmarkStart w:id="28717173" w:name="link1"/>
+      <w:bookmarkEnd w:id="28717173"/>
       <w:hyperlink w:anchor="note1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTablePHPDOCX"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="nil" w:color="363A40" w:sz="0"/>
           <w:left w:val="nil" w:color="363A40" w:sz="0"/>
           <w:bottom w:val="nil" w:color="363A40" w:sz="0"/>
           <w:right w:val="nil" w:color="363A40" w:sz="0"/>
         </w:tblBorders>
@@ -443,99 +443,99 @@
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">… [Angabe des </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Streitwerts]</w:t>
             </w:r>
-            <w:bookmarkStart w:id="21036261" w:name="link2"/>
-            <w:bookmarkEnd w:id="21036261"/>
+            <w:bookmarkStart w:id="10555736" w:name="link2"/>
+            <w:bookmarkEnd w:id="10555736"/>
             <w:hyperlink w:anchor="note2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="006BB6"/>
                   <w:position w:val="4"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="240" w:after="60" w:line="346" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerichtliche </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="363A40"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufkündigung</w:t>
       </w:r>
-      <w:bookmarkStart w:id="25629468" w:name="link3"/>
-      <w:bookmarkEnd w:id="25629468"/>
+      <w:bookmarkStart w:id="6298878" w:name="link3"/>
+      <w:bookmarkEnd w:id="6298878"/>
       <w:hyperlink w:anchor="note3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="006BB6"/>
             <w:position w:val="6"/>
             <w:sz w:val="31"/>
             <w:szCs w:val="31"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="200" w:after="200" w:line="300" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -553,52 +553,52 @@
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zwischen der kündigenden Partei und der gekündigten Partei
 besteht aufgrund des Vertrags … hinsichtlich des … [Bestandobjekt
 samt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beschreibung]</w:t>
       </w:r>
-      <w:bookmarkStart w:id="70783718" w:name="link4"/>
-      <w:bookmarkEnd w:id="70783718"/>
+      <w:bookmarkStart w:id="68408825" w:name="link4"/>
+      <w:bookmarkEnd w:id="68408825"/>
       <w:hyperlink w:anchor="note4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ein
 Mietverhältnis.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -646,130 +646,130 @@
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gekündigte Partei hat durch ihr rücksichtsloses, anstößiges
 oder sonst grob ungehöriges Verhalten den Mitbewohnern des
 Hauses das Zusammenwohnen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">verleidet.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="91475808" w:name="link5"/>
-      <w:bookmarkEnd w:id="91475808"/>
+      <w:bookmarkStart w:id="20486410" w:name="link5"/>
+      <w:bookmarkEnd w:id="20486410"/>
       <w:hyperlink w:anchor="note5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="340897673"/>
+          <w:numId w:val="496785547"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Insbesondere hat es sich die gekündigte Partei zur Gewohnheit
 gemacht, 3 bis 4 x pro Woche sämtliche Bewohner des Hauses durch
 Sturmläuten und Trommeln mit den Fäusten an den Wohnungstüren
 aufzuwecken, um sie dann mit der Frage zu überraschen, warum man
 „noch auf sei“.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="340897673"/>
+          <w:numId w:val="496785547"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gekündigte Partei hat in den Nachtstunden die Treppen des
 Hauses mit glitschiger Schmierseife bestrichen und, diesbezüglich
 zur Rede gestellt, erklärt, dann müsse man sich eben anhalten, wenn
 es glatt sei. Tatsächlich ist die gekündigte Partei mit beinahe
 sämtlichen Hausbewohnern verfeindet und wurde auch schon wegen
 diverser Angriffe strafgerichtlich verurteilt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="340897673"/>
+          <w:numId w:val="496785547"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gekündigte Partei geht in der aufgekündigten Wohnung der
 Prostitution nach und lässt ihre Freier auf dem Gang des
 Stiegenhauses warten, wobei diese Personen gegenüber den
 Hausbewohnern und deren Kindern keinen Zweifel am Zweck des
 Besuches bei der gekündigten Partei offenlassen.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -918,52 +918,52 @@
         <w:pBdr/>
         <w:spacing w:before="140" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die kündigende Partei kündigt der gekündigten Partei sohin das
 Mietverhältnis zum … [Datum] auf und macht als Kündigungsgrund
 § 30 Abs 2 Z 3 zweiter Fall </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MRG</w:t>
       </w:r>
-      <w:bookmarkStart w:id="93681163" w:name="link6"/>
-      <w:bookmarkEnd w:id="93681163"/>
+      <w:bookmarkStart w:id="6055610" w:name="link6"/>
+      <w:bookmarkEnd w:id="6055610"/>
       <w:hyperlink w:anchor="note6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="006BB6"/>
             <w:position w:val="4"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t xml:space="preserve">6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> geltend.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1143,64 +1143,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="36475863" w:name="note1"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="1939265690421" w:name="note1"/>
+            <w:bookmarkStart w:id="20132799" w:name="note1"/>
+            <w:bookmarkEnd w:id="20132799"/>
+            <w:bookmarkStart w:id="3457538263089" w:name="note1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[1]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1939265690421"/>
+            <w:bookmarkEnd w:id="3457538263089"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1256,64 +1256,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="12357417" w:name="note2"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="4119891226605" w:name="note2"/>
+            <w:bookmarkStart w:id="57766481" w:name="note2"/>
+            <w:bookmarkEnd w:id="57766481"/>
+            <w:bookmarkStart w:id="8783454300925" w:name="note2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[2]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4119891226605"/>
+            <w:bookmarkEnd w:id="8783454300925"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1385,64 +1385,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="18586926" w:name="note3"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2862109765826" w:name="note3"/>
+            <w:bookmarkStart w:id="19179581" w:name="note3"/>
+            <w:bookmarkEnd w:id="19179581"/>
+            <w:bookmarkStart w:id="6572763374980" w:name="note3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[3]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2862109765826"/>
+            <w:bookmarkEnd w:id="6572763374980"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1508,64 +1508,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="76935657" w:name="note4"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="4157013252499" w:name="note4"/>
+            <w:bookmarkStart w:id="80962167" w:name="note4"/>
+            <w:bookmarkEnd w:id="80962167"/>
+            <w:bookmarkStart w:id="637775988537" w:name="note4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[4]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4157013252499"/>
+            <w:bookmarkEnd w:id="637775988537"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1619,64 +1619,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="73456047" w:name="note5"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8831451775778" w:name="note5"/>
+            <w:bookmarkStart w:id="68975972" w:name="note5"/>
+            <w:bookmarkEnd w:id="68975972"/>
+            <w:bookmarkStart w:id="127132035600" w:name="note5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[5]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8831451775778"/>
+            <w:bookmarkEnd w:id="127132035600"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -1726,121 +1726,121 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve">Beispiele:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="280162053"/>
+                <w:numId w:val="461887476"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Grundsätzlich ist daher auch eine psychische Beeinträchtigung
 kein Freibrief für ein unleidliches Verhalten. Das Verhalten einer
 geisteskranken Person ist zwar nicht unter allen Umständen ebenso
 unleidlich, also für die Mitbewohner unerträglich, wie ein
 gleichartiges Verhalten einer zurechnungsfähigen Person. Dies ist
 jedoch nicht dahin zu verstehen, dass die Mitbewohner jedes
 Verhalten einer geistig behinderten Person in Kauf zu nehmen
 hätten, auch wenn dadurch ihre Lebensqualität in gravierender Weise
 beeinträchtigt wird. In solchen Fällen ist eine Interessenabwägung
 geboten, bei der an das Verhalten der behinderten Person ein
 weniger strenger Maßstab anzulegen ist (RIS-Judikatur
 RS0067733).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="280162053"/>
+                <w:numId w:val="461887476"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nach gefestigter Rechtsprechung des Obersten Gerichtshofs (OGH)
 ist ein unleidliches Verhalten unter anderem in laufenden Versuchen
 des Mieters zu erblicken, sein Benützungsrecht auf nicht in Bestand
 genommene Räume oder Gegenstände auszudehnen (RIS-Judikatur
 RS0070417). Wiederholtes Aufstellen von Kunstobjekten vor dem Haus
 ohne die Zustimmung des Vermieters (OGH v. 27.11.2014, 2 Ob
 212/14m). Regelmäßige Benützung nicht mitgemieteter
 Parkplatzflächen (OGH 23.02.2016, 6 Ob 250/15f).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="280162053"/>
+                <w:numId w:val="461887476"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="277DB9"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Gefährdung von Personen durch Abschalten des Lichts im
 Keller, die subtile Androhung körperlicher Gewalt und das
 ungehörige und bedrohliche Verhalten gegenüber der Mieterin und
 deren Tochter wurde als ein das Zusammenwohnen verleidendes zur
 Aufkündigung berechtigendes Verhalten angesehen (OGH. 03.04.2019, 1
 Ob 39/19w).</w:t>
             </w:r>
@@ -1885,64 +1885,64 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="0" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
-            <w:bookmarkStart w:id="1907118" w:name="note6"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5017271495403" w:name="note6"/>
+            <w:bookmarkStart w:id="19739195" w:name="note6"/>
+            <w:bookmarkEnd w:id="19739195"/>
+            <w:bookmarkStart w:id="6825537595413" w:name="note6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[6]</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5017271495403"/>
+            <w:bookmarkEnd w:id="6825537595413"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="156" w:type="dxa"/>
               <w:left w:w="0" w:type="auto"/>
               <w:bottom w:w="78" w:type="dxa"/>
               <w:right w:w="0" w:type="auto"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="on"/>
               <w:pBdr/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="top"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
@@ -2304,51 +2304,51 @@
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00E73211" w:rsidRDefault="00E73211">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="280162053">
+  <w:abstractNum w:abstractNumId="461887476">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -2413,51 +2413,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="340897673">
+  <w:abstractNum w:abstractNumId="496785547">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2506,135 +2506,135 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79411425">
+  <w:abstractNum w:abstractNumId="95980935">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24629922">
+    <w:lvl w:ilvl="0" w:tplc="99926364">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24629922" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99926364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="592293518">
+  <w:abstractNum w:abstractNumId="946689737">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
@@ -2699,51 +2699,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="632581473">
+  <w:abstractNum w:abstractNumId="885192715">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -2792,137 +2792,137 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val=""/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79411424">
+  <w:abstractNum w:abstractNumId="95980934">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14107427">
+    <w:lvl w:ilvl="0" w:tplc="79864257">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14107427" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79864257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79411423">
+  <w:abstractNum w:abstractNumId="95980933">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53437282">
+    <w:lvl w:ilvl="0" w:tplc="19683454">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3674,70 +3674,70 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79411423">
-    <w:abstractNumId w:val="79411423"/>
+  <w:num w:numId="95980933">
+    <w:abstractNumId w:val="95980933"/>
   </w:num>
-  <w:num w:numId="79411424">
-    <w:abstractNumId w:val="79411424"/>
+  <w:num w:numId="95980934">
+    <w:abstractNumId w:val="95980934"/>
   </w:num>
-  <w:num w:numId="632581473">
-    <w:abstractNumId w:val="632581473"/>
+  <w:num w:numId="885192715">
+    <w:abstractNumId w:val="885192715"/>
   </w:num>
-  <w:num w:numId="592293518">
-    <w:abstractNumId w:val="592293518"/>
+  <w:num w:numId="946689737">
+    <w:abstractNumId w:val="946689737"/>
   </w:num>
-  <w:num w:numId="79411425">
-    <w:abstractNumId w:val="79411425"/>
+  <w:num w:numId="95980935">
+    <w:abstractNumId w:val="95980935"/>
   </w:num>
-  <w:num w:numId="340897673">
-    <w:abstractNumId w:val="340897673"/>
+  <w:num w:numId="496785547">
+    <w:abstractNumId w:val="496785547"/>
   </w:num>
-  <w:num w:numId="280162053">
-    <w:abstractNumId w:val="280162053"/>
+  <w:num w:numId="461887476">
+    <w:abstractNumId w:val="461887476"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions w:val="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -4548,51 +4548,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A2D5D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId840715321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId659566357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId161077498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId440083055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>